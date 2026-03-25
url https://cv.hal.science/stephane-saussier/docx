--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:98.4375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane Saussier </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professor of Economics and Public Management at the Sorbonne Business School - University Paris 1 Panthéon-Sorbonne</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0166-3941</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">080280889</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane SAUSSIER est professeur à l’IAE Paris-Sorbonne où il dirige la Chaire Économie des Partenariats Public-Privé (EPPP) et le Global Executive MBA (GEMBA). Il co-dirige par ailleurs l'Institut d'Economie de l'Eau localisé à l'institut Louis Bachelier. Spécialiste de renommée internationale en économie des partenariats public-privé, il a notamment écrit, avec Jean Tirole (le prix Nobel d’Économie 2014), un rapport pour le Conseil d’Analyse Économique présentant des prescriptions afin d’améliorer l’efficacité de la commande publique en avril 2015. Il a publié plusieurs ouvrages ainsi qu’une cinquantaine d’articles dans des ouvrages et dans des revues à comité de lecture. Il est régulièrement sollicité pour des rapports d’expertise (OCDE, Parlement européen, ONU...).Stéphane Saussier a été par ailleurs affilié à d'autres institutions au cours de sa carrière, notamment à l'Institut Universitaire Européen de Florence - FSR et à l'Université d'Oxford - Blavatnik School of Government.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private enforcement of procurement rules: The heterogeneous effect of the EU remedies directive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Klien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Law and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 85, pp.106308. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.irle.2025.106308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interplay of Discretion and Complexity in Public Contracting and Renegotiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Deodato Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Heinrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Shiva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Public Administration Research and Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jopart/muaf004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contested waters: analysing third-party challenges in French water contract governance (2005–2023)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Local Government Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-26. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03003930.2025.2530066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating contract renegotiations with sustainability at the helm: Societal benefits and transaction costs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Deodato Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn J Heinrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Shiva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Strategic Contracting and Negotiation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/20555636231222171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract Modifications: Good in Practice, Bad in Theory? Exploring New Data Concerning Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economia Italiana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rigidity in public contracts: Implications for renewal dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Moszoro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Review of Economics and Finance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 98, pp.101924. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.qref.2024.101924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remunicipalization of water services in France and inter-municipal cooperation: who’s at the helm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Local Government Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03003930.2023.2250266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renegotiations and Renewals of Public Contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (3), pp.461-482. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11151-021-09819-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract renewals, prices and deprivatizations : The case of water in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (21), pp.2447-2456. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2020.1861208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSR communication and firms’ ability to win public procurement contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Kaddouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Management and Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, ahead-of-print (ahead-of-print), </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/EJMBE-06-2021-0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSR communication and firms’ ability to win public procurement contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Kaddouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Management and Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (3), pp.390-407. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/EJMBE-06-2021-0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening the Efficiency of Public Procurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Tirole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economia Industrial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1 (415), pp.111-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Political Contestability and Contract Rigidity: An Analysis of Procurement Contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Moszoro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economics and Management Strategy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (2), pp.316-335. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jems.12268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02057712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUBLIC PRIVATE PARTNERSHIPS IN EUROPE FOR BUILDING AND MANAGING PUBLIC INFRASTRUCTURES: AN ECONOMIC PERSPECTIVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Iossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 89 (1), pp.25-48. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/apce.12192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Phénix renaîtra-t-il de ses cendres ? Réflexions sur le recours des collectivités territoriales aux marchés de partenariats public-privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Le financement des territoires, 132 (2018-4), pp.129-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02084274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are public private partnerships that rigid? And why? Evidence from price provisions in French toll road concession contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Athias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 111, pp.174-186. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tra.2018.02.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02057691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the special issue: Public Procurement—new theoretical and empirical developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Valbonesi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial and Business Economics = Economia e politica industriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45 (1), pp.1-4. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40812-018-0091-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The law of small numbers: investigating the benefits of restricted auctions for public procurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chever</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 49 (42), pp.4241 - 4260. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2017.1279270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01656456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water Under the Bridge: Determinants of Franchise Renewal in Water Provision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Silverman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Law, Economics, and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (suppl 1), pp.i3-i39. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jleo/ewv010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public-private partnerships and investments in innovation: the influence of the contractual arrangement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athena Roumboutsos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction Management and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 32 (4), pp.349-361. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01446193.2014.895849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does Competition for the Field Improve Cost Efficiency? Evidence from the London Bus Tendering Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Transport Economics and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 41 (1), pp.17-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02159375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting all one's eggs in one basket: Relational contracts and the management of local public services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Desrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 89, pp.167 - 186. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jebo.2012.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01892310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizing Prisons through Public-Private Partnerships: a cross-country investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandro Cabral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BAR. Brazilian Administration Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (1), pp.100 - 120. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1807-76922012005000010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01888536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public–private partnerships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 89, pp.143 - 144. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jebo.2012.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01897404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renégocier pour durer, une analyse empirique des contrats de concessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie De Brux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 141, pp.117-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01070808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’efficacité des contrats de partenariat en France : une première évaluation quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Tra Tran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 140, pp.81 - 110. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.5480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01887741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfirm cooperation in strategic relationships: the role of formal contract</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and Corporate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21 (4), pp.811-836. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/icc/dtr059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partenariats public privé et performances des services publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 140 (4), pp.11-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02159368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring policy and organizational forms in franchised chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Economics of Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (3), pp.399-417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00656123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring policy and organizational form in franchised chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Economics of Buisness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (3), pp.399-417. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13571516.2011.618613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving The « Selective Intervention » Puzzle Some Thoughts About The Theory of The Firm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 132, pp.123-126. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.4426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auction Procedures and Competition in Public Services: The Case of Urban Public Transport in France and London</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utilities Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (2), pp.166-175. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jup.2008.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00310911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public Private Agreements, Institutions and Competition : when Economic Theory meets Facts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Staropoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 35 (1-2), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11151-009-9226-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00429712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dimension spatiale dans le choix des collectivités de déléguer leurs services publics : le cas de la distribution d'eau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Plunket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Huet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 123 (4), pp.45-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00479466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un partenariat public-privé rigide ou flexible ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Athias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Economique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 58 (3), pp.565. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reco.583.0565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auctions, ex-post competition and prices : the efficiency of public-private partnerships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chong Eshien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 77 (4), pp.521-554</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00479482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutions and contracts: Franchising</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Law and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21 (1), pp.53-78. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10657-006-5671-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Glachant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29 (1-2), pp.1-2. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11151-006-9113-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutions and contracts : franchising</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Doriat-Duban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Law and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21, pp.53-78. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10657-006-5671-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00279183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public-Private Partnerships and Prices: Evidence from Water Distribution in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faye Steiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29 (1-2), pp.149-169. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11151-006-9106-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for a theory of the firm: future challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 58 (2), pp.178-199. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jebo.2004.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00274280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for a theory of the firm: future challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 58 (2), pp.178-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01300351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théories des contrats et réseaux de franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 13 (4), pp.151-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00068982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie des contrats et réseaux de franchise: analyse et enseignements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Penard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 18 (4), pp.151-191. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rfeco.2004.1538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual distribution and royalty rates in franchised chains : an empirical analysis using French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marketing Channels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 10, (3-4), pp.5-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractual Arrangements and the Provision of Public Interest Services: A Transaction Cost Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Business Organization Law Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 4 (3), pp.403-427. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1566752903004038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual distribution and royalty rates in franchised chains : an empirical exploration using French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marketing Channels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 10 (3/4), pp.5-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00069582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coûts de transaction et contrats incomplets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hand Fares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 16 (3), pp.193-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02669639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coûts de transaction et contrats incomplets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hand Fares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 16 (3), pp.193-230. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rfeco.2002.1518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transaction costs and contractual incompleteness: the case of Électricité de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior &amp; Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 42 (2), pp.189-206. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0167-2681(00)00085-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractual Choice and Performance the Case of Water Supply in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 92 (1), pp.385-404. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rei.2000.1058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrics of Contracts : an Assessment of Developments in the Empirical Literature on Contracting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Masten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 92 (1), pp.215-236. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rei.2000.1048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coûts de transaction et choix contractuels : un test économétrique sur une entreprise publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Prévision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contested Waters: Analyzing Third-Party Challenges in French Water Contract Governance (2005-2023)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private Participation in Infrastructure: What Role for PPPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Auriol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEPR LTI workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rigidity in public contracts: Implications for renewal dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Moszoro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the “Economics of Public-Procurement”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract Renegotiations in EU Public Procurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Deodato Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn J Heinrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Shiva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAPP conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels nouveaux modèles économiques des services d’eau en France ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Fondation Jean Jaures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marchés publics : quelle place pour le développement durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence RENEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procurement and Social Value</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Golab, Blavatnik School of Government</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interplay of Discretion and Complexity in Public Contracting and Renegotiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Deodato Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn J Heinrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Shiva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the “Economics of Public-Procurement”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Mannheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public Procurement and Renegotiations: en Economist’s Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPCO Public Procurement Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let’s be friends: outcomes contracts & relational contracting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Golab, Blavatnik School of Government</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public versus private management in water public services: Taking stock, looking ahead</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on the Regulation of Infrastructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02281664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All for One and One for All! How Do Corruption Investigations Affect Municipalities Public Procurement Choices?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the Society for Institutions and Organizational Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02149284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Still waters run deep: remunicipalizations, privatizations or when local governments disrupt the status quo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Chabrost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VSLP conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hanoi, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02149275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Payment Schemes in Technololgy Licensing Agrgeements : A transaction Cost Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Brousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADIS EconomiX Workshop on Theories of the firm and Contacting Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00685897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual distribution and royalty rates in franchised chains : an empirical analysis using French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Colloque annuel de l'ISNIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Challenges of Public Procurement Reforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Castelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Piga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tünde Tátrai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 1, 2020, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003023470⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Challenges of Public Procurement Reforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Castelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Piga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tünde Tátrai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 1, 2020, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003023470⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facing the Challenges of Water Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Economics of Public-Private Partnerships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie de Brux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2018, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68050-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie des Partenariats Public-Privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02064732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie des coûts de transaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La découverte, pp.122, 2007, Repères</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00273395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contracting with Public Authorities: Recent Developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of new institutional economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life-Cycle Costing in Public Procurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Castelli A., Piga G., Saussier S. and Tatrai T. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Challenges of Public Procurement Reforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Facing the Challenges of Water Governance: Moving from the Public Versus Private Debate to Other (At Least) Equally Important Governance Issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Facing the Challenges of Water Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-28, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lavit D’ Hautefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Facing the Challenges of Water Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-28, 2019, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-98515-2_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Economic Analysis of Public-Private Partnerships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie de Brux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier; Julie de Brux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Economics of Public-Private Partnerships. Theoretical and Empirical Developments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.17-38, 2018, 978-3-319-68050-7. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68050-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Performances of Delivery Options: Empirical Lessons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Economics of Public-Private Partnerships</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.163-201, 2018, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68050-7_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité des partenariats public-privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Farde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie des partenariats public-privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.23-46, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02064290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse économique des Partenariats Public-Privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie des Partenariats Public-Privé. Développements théoriques et empiriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck Superieur, pp.47-67, 2015, Méthodes &amp; Recherches, 978-2-8041-9014-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01300645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances comparées des modes de gestion : quels enseignements empiriques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie des partenariats public-privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.143-164, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02064246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise : un acteur essentiel du système économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier, Aude Le Lannier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master Management des entreprises : L’essentiel de la gestion par les meilleurs professeurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eyrolles, pp.15-34, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02051480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation des partenariats public-privé et GRH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Le Lannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Allouche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie des Ressources Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.1029-1036, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02044484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Theories of the Firm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Brousseau, Jean-Michel Glachant. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Institutional Economics, a guidebook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.23-36, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00274505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Organization Choices Matter? Assessing the Importance of Governance through Performance Comparisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Harvey S. James Jr. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Ideas in Contracting and Organizational Economics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kluwer Academic Publishers, pp.71-87, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00273415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer l'Efficacité de la Commande Publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Tirole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Conseil d'Analyse Economique. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId210"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:98.4375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane Saussier </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professor of Economics and Public Management at the Sorbonne Business School - University Paris 1 Panthéon-Sorbonne</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0166-3941</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">080280889</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane SAUSSIER est professeur à l’IAE Paris-Sorbonne où il dirige la Chaire Économie des Partenariats Public-Privé (EPPP) et le Global Executive MBA (GEMBA). Il co-dirige par ailleurs l'Institut d'Economie de l'Eau localisé à l'institut Louis Bachelier. Spécialiste de renommée internationale en économie des partenariats public-privé, il a notamment écrit, avec Jean Tirole (le prix Nobel d’Économie 2014), un rapport pour le Conseil d’Analyse Économique présentant des prescriptions afin d’améliorer l’efficacité de la commande publique en avril 2015. Il a publié plusieurs ouvrages ainsi qu’une cinquantaine d’articles dans des ouvrages et dans des revues à comité de lecture. Il est régulièrement sollicité pour des rapports d’expertise (OCDE, Parlement européen, ONU...).Stéphane Saussier a été par ailleurs affilié à d'autres institutions au cours de sa carrière, notamment à l'Institut Universitaire Européen de Florence - FSR et à l'Université d'Oxford - Blavatnik School of Government.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private enforcement of procurement rules: The heterogeneous effect of the EU remedies directive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Klien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Law and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 85, pp.106308. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.irle.2025.106308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interplay of Discretion and Complexity in Public Contracting and Renegotiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Deodato Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Heinrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Shiva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Public Administration Research and Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jopart/muaf004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contested waters: analysing third-party challenges in French water contract governance (2005–2023)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Local Government Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-26. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03003930.2025.2530066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating contract renegotiations with sustainability at the helm: Societal benefits and transaction costs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Deodato Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn J Heinrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Shiva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Strategic Contracting and Negotiation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/20555636231222171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract Modifications: Good in Practice, Bad in Theory? Exploring New Data Concerning Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economia Italiana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rigidity in public contracts: Implications for renewal dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Moszoro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Review of Economics and Finance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 98, pp.101924. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.qref.2024.101924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remunicipalization of water services in France and inter-municipal cooperation: who’s at the helm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Local Government Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03003930.2023.2250266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renegotiations and Renewals of Public Contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (3), pp.461-482. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11151-021-09819-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSR communication and firms’ ability to win public procurement contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Kaddouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Management and Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, ahead-of-print (ahead-of-print), </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/EJMBE-06-2021-0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract renewals, prices and deprivatizations : The case of water in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (21), pp.2447-2456. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2020.1861208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSR communication and firms’ ability to win public procurement contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Kaddouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Management and Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (3), pp.390-407. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/EJMBE-06-2021-0173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening the Efficiency of Public Procurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Tirole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economia Industrial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1 (415), pp.111-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Political Contestability and Contract Rigidity: An Analysis of Procurement Contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Moszoro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economics and Management Strategy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (2), pp.316-335. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jems.12268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02057712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUBLIC PRIVATE PARTNERSHIPS IN EUROPE FOR BUILDING AND MANAGING PUBLIC INFRASTRUCTURES: AN ECONOMIC PERSPECTIVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Iossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 89 (1), pp.25-48. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/apce.12192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Phénix renaîtra-t-il de ses cendres ? Réflexions sur le recours des collectivités territoriales aux marchés de partenariats public-privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Le financement des territoires, 132 (2018-4), pp.129-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02084274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are public private partnerships that rigid? And why? Evidence from price provisions in French toll road concession contracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Athias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 111, pp.174-186. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tra.2018.02.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02057691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the special issue: Public Procurement—new theoretical and empirical developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Valbonesi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial and Business Economics = Economia e politica industriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45 (1), pp.1-4. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40812-018-0091-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The law of small numbers: investigating the benefits of restricted auctions for public procurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Chever</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 49 (42), pp.4241 - 4260. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2017.1279270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01656456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water Under the Bridge: Determinants of Franchise Renewal in Water Provision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Silverman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Law, Economics, and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (suppl 1), pp.i3-i39. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jleo/ewv010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public-private partnerships and investments in innovation: the influence of the contractual arrangement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athena Roumboutsos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction Management and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 32 (4), pp.349-361. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01446193.2014.895849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does Competition for the Field Improve Cost Efficiency? Evidence from the London Bus Tendering Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Transport Economics and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 41 (1), pp.17-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02159375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting all one's eggs in one basket: Relational contracts and the management of local public services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Desrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 89, pp.167 - 186. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jebo.2012.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01892310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizing Prisons through Public-Private Partnerships: a cross-country investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandro Cabral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BAR. Brazilian Administration Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (1), pp.100 - 120. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1807-76922012005000010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01888536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public–private partnerships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 89, pp.143 - 144. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jebo.2012.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01897404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renégocier pour durer, une analyse empirique des contrats de concessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie De Brux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 141, pp.117-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01070808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’efficacité des contrats de partenariat en France : une première évaluation quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Tra Tran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 140, pp.81 - 110. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.5480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01887741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfirm cooperation in strategic relationships: the role of formal contract</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and Corporate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 21 (4), pp.811-836. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/icc/dtr059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partenariats public privé et performances des services publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 140 (4), pp.11-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02159368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring policy and organizational forms in franchised chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Economics of Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (3), pp.399-417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00656123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring policy and organizational form in franchised chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Economics of Buisness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (3), pp.399-417. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13571516.2011.618613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving The « Selective Intervention » Puzzle Some Thoughts About The Theory of The Firm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 132, pp.123-126. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.4426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auction Procedures and Competition in Public Services: The Case of Urban Public Transport in France and London</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utilities Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (2), pp.166-175. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jup.2008.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00310911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public Private Agreements, Institutions and Competition : when Economic Theory meets Facts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Staropoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 35 (1-2), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11151-009-9226-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00429712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dimension spatiale dans le choix des collectivités de déléguer leurs services publics : le cas de la distribution d'eau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Plunket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Huet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 123 (4), pp.45-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00479466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un partenariat public-privé rigide ou flexible ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Athias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Economique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 58 (3), pp.565. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reco.583.0565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutions and contracts: Franchising</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Law and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21 (1), pp.53-78. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10657-006-5671-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auctions, ex-post competition and prices : the efficiency of public-private partnerships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chong Eshien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 77 (4), pp.521-554</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00479482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Glachant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29 (1-2), pp.1-2. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11151-006-9113-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutions and contracts : franchising</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Doriat-Duban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Law and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21, pp.53-78. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10657-006-5671-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00279183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public-Private Partnerships and Prices: Evidence from Water Distribution in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faye Steiner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29 (1-2), pp.149-169. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11151-006-9106-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for a theory of the firm: future challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 58 (2), pp.178-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01300351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for a theory of the firm: future challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 58 (2), pp.178-199. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jebo.2004.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00274280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théories des contrats et réseaux de franchise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 13 (4), pp.151-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00068982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie des contrats et réseaux de franchise: analyse et enseignements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Penard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 18 (4), pp.151-191. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rfeco.2004.1538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractual Arrangements and the Provision of Public Interest Services: A Transaction Cost Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Business Organization Law Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 4 (3), pp.403-427. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1566752903004038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual distribution and royalty rates in franchised chains : an empirical analysis using French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marketing Channels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 10, (3-4), pp.5-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual distribution and royalty rates in franchised chains : an empirical exploration using French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marketing Channels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 10 (3/4), pp.5-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00069582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coûts de transaction et contrats incomplets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hand Fares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 16 (3), pp.193-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02669639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coûts de transaction et contrats incomplets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M'Hand Fares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 16 (3), pp.193-230. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rfeco.2002.1518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transaction costs and contractual incompleteness: the case of Électricité de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economic Behavior &amp; Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 42 (2), pp.189-206. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0167-2681(00)00085-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractual Choice and Performance the Case of Water Supply in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Ménard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 92 (1), pp.385-404. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rei.2000.1058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrics of Contracts : an Assessment of Developments in the Empirical Literature on Contracting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Masten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 92 (1), pp.215-236. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rei.2000.1048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coûts de transaction et choix contractuels : un test économétrique sur une entreprise publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Prévision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contested Waters: Analyzing Third-Party Challenges in French Water Contract Governance (2005-2023)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private Participation in Infrastructure: What Role for PPPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Auriol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEPR LTI workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rigidity in public contracts: Implications for renewal dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marian Moszoro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the “Economics of Public-Procurement”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contract Renegotiations in EU Public Procurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Deodato Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn J Heinrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Shiva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAPP conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels nouveaux modèles économiques des services d’eau en France ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Fondation Jean Jaures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marchés publics : quelle place pour le développement durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence RENEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procurement and Social Value</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Golab, Blavatnik School of Government</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interplay of Discretion and Complexity in Public Contracting and Renegotiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Deodato Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn J Heinrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Shiva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the “Economics of Public-Procurement”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Mannheim, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public Procurement and Renegotiations: en Economist’s Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPCO Public Procurement Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let’s be friends: outcomes contracts & relational contracting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Golab, Blavatnik School of Government</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public versus private management in water public services: Taking stock, looking ahead</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference on the Regulation of Infrastructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02281664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All for One and One for All! How Do Corruption Investigations Affect Municipalities Public Procurement Choices?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the Society for Institutions and Organizational Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02149284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Still waters run deep: remunicipalizations, privatizations or when local governments disrupt the status quo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Chabrost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VSLP conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hanoi, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02149275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Payment Schemes in Technololgy Licensing Agrgeements : A transaction Cost Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Brousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADIS EconomiX Workshop on Theories of the firm and Contacting Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00685897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual distribution and royalty rates in franchised chains : an empirical analysis using French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Pénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Colloque annuel de l'ISNIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Challenges of Public Procurement Reforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Castelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Piga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tünde Tátrai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 1, 2020, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003023470⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Challenges of Public Procurement Reforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Castelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Piga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tünde Tátrai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 1, 2020, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003023470⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facing the Challenges of Water Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Economics of Public-Private Partnerships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie de Brux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2018, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68050-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie des Partenariats Public-Privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02064732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie des coûts de transaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La découverte, pp.122, 2007, Repères</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00273395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contracting with Public Authorities: Recent Developments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of new institutional economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life-Cycle Costing in Public Procurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Castelli A., Piga G., Saussier S. and Tatrai T. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Challenges of Public Procurement Reforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction - Facing the Challenges of Water Governance: Moving from the Public Versus Private Debate to Other (At Least) Equally Important Governance Issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane S. Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Facing the Challenges of Water Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-28, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lavit D’ Hautefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Porcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Facing the Challenges of Water Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-28, 2019, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-98515-2_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Economic Analysis of Public-Private Partnerships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie de Brux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier; Julie de Brux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Economics of Public-Private Partnerships. Theoretical and Empirical Developments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.17-38, 2018, 978-3-319-68050-7. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68050-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Performances of Delivery Options: Empirical Lessons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Economics of Public-Private Partnerships</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.163-201, 2018, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68050-7_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité des partenariats public-privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Farde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie des partenariats public-privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.23-46, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02064290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse économique des Partenariats Public-Privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Beuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie des Partenariats Public-Privé. Développements théoriques et empiriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck Superieur, pp.47-67, 2015, Méthodes &amp; Recherches, 978-2-8041-9014-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01300645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances comparées des modes de gestion : quels enseignements empiriques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Amaral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eshien Chong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie des partenariats public-privé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.143-164, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02064246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise : un acteur essentiel du système économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Henriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Saussier, Aude Le Lannier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master Management des entreprises : L’essentiel de la gestion par les meilleurs professeurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eyrolles, pp.15-34, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02051480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation des partenariats public-privé et GRH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Le Lannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Allouche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie des Ressources Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.1029-1036, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02044484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Theories of the Firm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrouste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eric Brousseau, Jean-Michel Glachant. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Institutional Economics, a guidebook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.23-36, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00274505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Organization Choices Matter? Assessing the Importance of Governance through Performance Comparisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Yvrande-Billon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Harvey S. James Jr. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Ideas in Contracting and Organizational Economics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kluwer Academic Publishers, pp.71-87, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00273415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer l'Efficacité de la Commande Publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Saussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Tirole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Conseil d'Analyse Economique. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId210"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="225184F0"/>
+    <w:nsid w:val="052C723F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-saussier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0166-3941" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/080280889" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379106v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eshien Chong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Klien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Saussier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irle.2025.106308" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979090v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Deodato Domingos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Heinrich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Saussier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Shiva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jopart/muaf004" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224394v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Le Floch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03003930.2025.2530066" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426168v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn J Heinrich" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20555636231222171" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086328v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979096v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Moszoro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Beuve" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2024.101924" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264234v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mayol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03003930.2023.2250266" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576157v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11151-021-09819-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03210928v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2020.1861208" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429966v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiam Kaddouri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Saussier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EJMBE-06-2021-0173" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219467v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893475v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tirole" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057712v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jems.12268" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285959v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Iossa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apce.12192" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02084274v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marty" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057691v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Athias" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2018.02.011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494104v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Valbonesi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40812-018-0091-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01656456v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chever" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Yvrande-Billon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2017.1279270" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500440v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Silverman" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jleo/ewv010" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500441v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Roumboutsos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01446193.2014.895849" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02159375v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Amaral" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01892310v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Desrieux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2012.03.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-614029D4-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01888536v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Cabral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1807-76922012005000010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01897404v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2012.05.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K4GSGSKS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070808v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie De Brux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01887741v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Tra Tran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.5480" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820706v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icc/dtr059" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02159368v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656123v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;nard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Raynaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000593v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13571516.2011.618613" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494051v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.4426" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00310911v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jup.2008.07.006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429712v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Staropoli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11151-009-9226-z" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GXRSNWZT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00479466v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Plunket" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Huet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494050v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.583.0565" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00479482v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong Eshien" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494112v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10657-006-5671-4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AAAA8C7FFDB2338E42A1DC20E365C9D5AD6ADFC6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494119v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Glachant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11151-006-9113-9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VLSPX4FL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00279183v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Pfister" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Deffains" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Doriat-Duban" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494092v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faye Steiner" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11151-006-9106-8" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QC5T0XFZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274280v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garrouste" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2004.09.008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VN8W1F4J-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01300351v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068982v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Raynaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saussier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680532v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2004.1538" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678003v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. P&#233;nard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494115v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1566752903004038" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069582v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669639v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hand Fares" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494058v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hand Fares" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2002.1518" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494056v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2681(00)00085-8" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZCZDHQ8-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496802v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude M&#233;nard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rei.2000.1058" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496798v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Masten" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rei.2000.1048" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496789v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291446v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887867v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Auriol" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887903v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887886v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887853v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887909v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887932v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887960v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887936v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887968v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02281664v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Porcher" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149284v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149275v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chabrost" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00685897v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brousseau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bessy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825505v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429967v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Castelli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Piga" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#252;nde T&#225;trai" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003023470" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576182v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145790v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494046v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie de Brux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68050-7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02064732v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273395v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086322v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285964v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145884v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494134v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lavit D&#8217; Hautefort" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98515-2_1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139523v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783319680491#" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68050-7_2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494109v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68050-7_7" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02064290v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Farde" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300645v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02064246v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02051480v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Henriot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02044484v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Le Lannier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274505v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273415v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494141v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-saussier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0166-3941" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/080280889" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379106v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eshien Chong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Klien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Saussier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irle.2025.106308" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979090v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Deodato Domingos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Heinrich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Saussier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Shiva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jopart/muaf004" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224394v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Le Floch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03003930.2025.2530066" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426168v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn J Heinrich" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20555636231222171" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086328v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979096v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Moszoro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Beuve" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2024.101924" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264234v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mayol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03003930.2023.2250266" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576157v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11151-021-09819-w" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429966v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiam Kaddouri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Saussier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EJMBE-06-2021-0173" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03210928v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2020.1861208" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219467v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893475v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tirole" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057712v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jems.12268" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285959v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Iossa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apce.12192" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02084274v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marty" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057691v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Athias" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2018.02.011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494104v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Valbonesi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40812-018-0091-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01656456v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Chever" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Yvrande-Billon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2017.1279270" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500440v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Silverman" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jleo/ewv010" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500441v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Roumboutsos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01446193.2014.895849" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02159375v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Amaral" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01892310v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Desrieux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2012.03.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-614029D4-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01888536v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Cabral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1807-76922012005000010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01897404v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2012.05.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K4GSGSKS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070808v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie De Brux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01887741v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Tra Tran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.5480" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820706v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icc/dtr059" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02159368v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656123v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;nard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Raynaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000593v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13571516.2011.618613" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494051v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.4426" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00310911v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jup.2008.07.006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429712v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Staropoli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11151-009-9226-z" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GXRSNWZT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00479466v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Plunket" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Huet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494050v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.583.0565" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494112v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10657-006-5671-4" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AAAA8C7FFDB2338E42A1DC20E365C9D5AD6ADFC6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00479482v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chong Eshien" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494119v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Glachant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11151-006-9113-9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VLSPX4FL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00279183v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Pfister" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Deffains" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Doriat-Duban" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494092v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faye Steiner" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11151-006-9106-8" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QC5T0XFZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01300351v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garrouste" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274280v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2004.09.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VN8W1F4J-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00068982v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Raynaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saussier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680532v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2004.1538" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494115v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1566752903004038" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678003v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. P&#233;nard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00069582v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669639v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hand Fares" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494058v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hand Fares" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2002.1518" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494056v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2681(00)00085-8" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZCZDHQ8-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496802v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude M&#233;nard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rei.2000.1058" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496798v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Masten" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rei.2000.1048" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496789v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291446v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887867v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Auriol" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887903v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887886v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887853v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887909v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887932v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887960v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887936v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887968v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02281664v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Porcher" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149284v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149275v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chabrost" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00685897v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brousseau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bessy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825505v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429967v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Castelli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Piga" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#252;nde T&#225;trai" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003023470" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576182v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145790v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494046v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie de Brux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68050-7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02064732v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273395v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086322v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285964v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145884v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494134v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lavit D&#8217; Hautefort" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98515-2_1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139523v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783319680491#" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68050-7_2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494109v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68050-7_7" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02064290v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Farde" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300645v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02064246v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02051480v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Henriot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02044484v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Le Lannier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274505v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00273415v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494141v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>