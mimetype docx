--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane SAUVAGE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5589-9151</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (65)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into air pollution at an urban site in the Greater Cairo Megacity : Minor PM2.5 sources with significant health risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan R Dhaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantina Oikonomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 373, pp.121905. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2026.121905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum to 'Unveiling the organic chemical composition and sources of organic carbon in PM2.5 at an urban site in Greater Cairo (Egypt): A comprehensive analysis of primary and secondary compounds' [Environ. Res. 263-P3 (2024) 120118]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gihane Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salwa K. Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 265, pp.120495. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envres.2024.120495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05099844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toolbox for accurate estimation and validation of Positive Matrix Factorization solutions in Particulate Matter source apportionment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vy Ngoc Thuy Dinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Uzu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhabira Elazzouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (22), pp.6817-6833. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-18-6817-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement report: In-depth characterization of ship emissions during operations in a Mediterranean port</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Temime-Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grazia Maria Lanzafame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara D’anna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (12), pp.6575-6605. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-25-6575-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05136501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volatile organic compound sources and impacts in an urban Mediterranean area (Marseille, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marvin Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Gille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Armengaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (11), pp.5977-5999. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-25-5977-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A worldwide aerosol phenomenology: Elemental and organic carbon in PM2.5 and PM10</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Putaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizia Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Espen Yttri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Chow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Watson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 359, pp.121338. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2025.121338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprehensive Health Risk Assessment of PM2.5 Chemical Composition in an Urban Megacity : A Case Study from Greater Cairo Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan R Dhaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minas Iakovides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (10), pp.1214. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/atmos16101214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of ambient air ammonia in urban Europe (Finland, France, Italy, Spain, and the UK)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiansheng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marvin Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lijie Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xun Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 185, pp.108519. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2024.108519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the organic chemical composition and sources of organic carbon in PM2.5 at an urban site in Greater Cairo (Egypt): A comprehensive analysis of primary and secondary compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gihane Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salwa K Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 263 (Part 2), pp.120118. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envres.2024.120118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04740326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Submicron aerosol pollution in Greater Cairo (Egypt): A new type of urban haze?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliki Christodoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spyros Bezantakos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efstratios Bourtsoukidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iasonas Stavroulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pikridas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.108610. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2024.108610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambient carbonaceous aerosol levels in Cyprus and the role of pollution transport from the Middle East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliki Christodoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iasonas Stavroulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihalis Vrekoussis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximillien Desservettaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pikridas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (11), pp.6431-6456. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-23-6431-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ubiquity of anthropogenic terpenoids in cities worldwide: Emission ratios, emission quantification and implications for urban atmospheric chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 128 (7), pp.e2022JD037566. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022jd037566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04030509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability and sources of NMHCs at a coastal urban location in the Piraeus Port, Greece</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Liakakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Grivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodora Kritikou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Panagopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (5), pp.101386. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apr.2022.101386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variation and origins of volatile organic compounds observed during 2 years at a western Mediterranean remote background site (Ersa, Cape Corsica)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (3), pp.1449-1484. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-21-1449-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03142603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Criegee intermediates in the formation of sulfuric acid at a Mediterranean (Cape Corsica) site under influence of biogenic emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kukui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinhe Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (17), pp.13333 - 13351. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-21-13333-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03341710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability and sources of non-methane hydrocarbons at a Mediterranean urban atmosphere: The role of biomass burning and traffic emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Liakakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.149389. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.149389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of gaseous and particulate oxygenated compounds at a remote site in Cape Corsica in the western Mediterranean Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Hallemans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Chiappini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Leoz-Garziandia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (10), pp.8067 - 8088. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-21-8067-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric reactivity of biogenic volatile organic compounds in a maritime pine forest during the LANDEX episode 1 field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Perraudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Léonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 756, pp.144129. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.144129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-range and local air pollution: what can we learn from chemical speciation of particulate matter at paired sites?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Pandolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Mooibroek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Hopke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik van Pinxteren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Querol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (1), pp.409-429. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-20-409-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02567678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of hydroxyl radical (OH) reactivity in the Landes maritime pine forest: results from the LANDEX campaign 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Bsaibes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Al Ajami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Truong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Batut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (3), pp.1277-1300. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-20-1277-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of receptor and chemical transport models for PM10 source apportionment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.A. Belis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Pernigotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pirovano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Jaffrezo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric environment: X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.100053. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeaoa.2019.100053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02479476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yearlong measurements of monoterpenes and isoprene in a Mediterranean city (Athens): Natural vs anthropogenic origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Liakakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 243, pp.117803. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2020.117803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cézeaux-Aulnat-Opme-Puy De Dôme: a multi-site for the long-term survey of the tropospheric composition and climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Baray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deguillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sellegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyn Freney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (6), pp.3413-3445. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-13-3413-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of gaseous and particulate emission factors from road transport in a Middle Eastern capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part D: Transport and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 83, pp.102361. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trd.2020.102361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validity and limitations of simple reaction kinetics to calculate concentrations of organic compounds from ion counts in PTR-MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rupert Holzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Joe F. Acton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Bloss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Breitenlechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leigh Crilley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (11), pp.6193-6208. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-12-6193-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and variability of gaseous organic pollution in the port megacity of Istanbul: source attribution, emission ratios, and inventory evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baye T. P. Thera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Öztürk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (23), pp.15131-15156. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-19-15131-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the regional contribution to PM10 pollution over northern France using two complementary approaches: Chemistry transport and trajectory-based receptor models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Péré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 223, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosres.2019.03.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and temporal variability of BTEX in Paris megacity: Two-wheelers as a major driver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gauduin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric environment: X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1, pp.100003. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeaoa.2018.100003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropogenic VOCs in Abidjan, southern West Africa: from source quantification to atmospheric impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sekou Keita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bahino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Liousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (18), pp.11721-11741. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-19-11721-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a gas chromatographic unit for measuring biogenic volatile organic compounds in ambient air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (11), pp.6153-6171. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-12-6153-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrepancy between simulated and observed ethane and propane levels explained by underestimated fossil emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stig Dalsøren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunnar Myhre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Øivind Hodnebrog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathrine Lund Myhre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Stohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (3), pp.178-184. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41561-018-0073-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field measurements of methylglyoxal using proton transfer reaction time-of-flight mass spectrometry and comparison to the DNPH–HPLC–UV method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Léonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kukui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (10), pp.5729-5740. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-11-5729-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the geographical origins of PM10 based on long, medium and short-range air mass back-trajectories impacting Northern France during the period 2009–2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 193, pp.143-152. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2018.08.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving parameters of biogenic volatile organic compounds and consequences on new particle formation observed at an eastern Mediterranean background site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sellegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (19), pp.14297-14325. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-18-14297-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-methane hydrocarbon variability in Athens during wintertime: the role of traffic and heating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Liakakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (21), pp.16139-16154. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-18-16139-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réduction des émissions polluantes se répercute-t-elle pleinement dans les retombées atmosphériques de soufre et d'azote en France ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Croisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, RENECOFOR : 25 ans de suivi des écosystèmes forestiers, bilan et perspectives, 58-59-60, pp.72-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02364388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of fine organic aerosols in the western Mediterranean area during the ChArMEx 2013 summer campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arineh Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Colette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Coll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Siour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (10), pp.7287-7312. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-18-7287-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01799911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic carbon at a remote site of the western Mediterranean Basin: sources and chemistry during the ChArMEx SOP2 field experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Léonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (14), pp.8837 - 8865. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-17-8837-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of local production and vertical transport on the organic aerosol budget over Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Janssen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tsimpidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Karydis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pozzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lelieveld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (15), pp.8276-8296. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JD026402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02179077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition of gaseous organic carbon during ECOCEM in Beirut, Lebanon: new observational constraints for VOC anthropogenic emission evaluation in the Middle East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (1), pp.193-209. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-17-193-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin and variability in volatile organic compounds observed at an Eastern Mediterranean background site (Cyprus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pikridas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (18), pp.11355-11388. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-17-11355-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial analysis of trace elements in a moss bio-monitoring data over France by accounting for source, protocol and environmental parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Lequy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas P. A. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilia Ilyin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 590-591, pp.602-610. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.02.240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04284837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing temporal trends of trace metal concentrations in mosses over France between 1996 and 2011: A flexible and robust method to account for heterogeneous sampling strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Lequy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Witté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 220, pp.828-836. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2016.10.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04284816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative cancer risk assessment and local mortality burden for ambient air pollution in an eastern Mediterranean City</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Dhaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (16), pp.14151-14162. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-017-9000-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambient air pollution in beirut: Attributable cancer risk and mortality burden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Dhaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toxicology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 280, pp.S95. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.toxlet.2017.07.261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summertime OH reactivity from a receptor coastal site in the Mediterranean Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Zannoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Sarda-Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerise Kalogridis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (20), pp.12645-12658. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-17-12645-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition chimique des dépôts atmosphériques à l’horizon 2020-2040</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pagé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Roustant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Météorologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, n° 92, pp.56-65. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/58223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01280712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-year levels and trends of non-methane hydrocarbon concentrations observed in ambient air in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gauduin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pallares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 141, pp.263-275. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2016.06.059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03710553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the uncertainty of trace metal and nitrogen concentrations in mosses due to sampling, sample preparation and chemical analysis based on the French contribution to ICP-Vegetation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Lequy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Laffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gombert-Courvoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 71, pp.20-31. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2016.06.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01564042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variability and source apportionment of volatile organic compounds (VOCs) in the Paris megacity (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Baudic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (18), pp.11961 - 11989. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-16-11961-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of mineral dust deposition in the western Mediterranean basin and south-east of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Losno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bon Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Roullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (14), pp.8749-8766. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-16-8749-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source apportionment vs. emission inventories of non-methane hydrocarbons (NMHC) in an urban area of the Middle East: local and global perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (5), pp.3595-3607. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-16-3595-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of emissions, air quality and atmospheric deposition in the rural spaces (forests)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mathias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 229-230, pp.43-63. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/pollution-atmospherique.5748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volatile and intermediate volatility organic compounds in suburban Paris: variability, origin and importance for SOA formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Warda Ait-Helal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joost De A. Gouw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14, pp.10439- 10464. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-14-10439-2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source and behavior of isoprenoid compounds at a southern France remote site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Detournay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Wróblewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 77, pp.272-282. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2013.03.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02567612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling air pollution in Lebanon: evaluation at a suburban site in Beirut in summer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Seigneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Couvidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngseob Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sartelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13, pp.5873-5886. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-13-5873-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00945405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radical budget analysis in a suburban European site during the MEGAPOLI summer field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kukui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Camredon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (24), pp.11951-11974. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-12-11951-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00712273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Total OH reactivity measurements in Paris during the 2010 MEGAPOLI winter campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dolgorouky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sarda-Esteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (20), pp.9593-9612. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-12-9593-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a methodology examining the behaviours of VOCs source apportionment with micro-meteorology analysis in an urban and industrial area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Xiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Léonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fourmentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 162, pp.15-28. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2011.10.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volatile organic compounds sources in Paris in spring 2007. Part II: source apportionment using positive matrix factorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Gaimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (1), pp.91. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN10067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volatile organic compounds sources in Paris in spring 2007. Part I: qualitative analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Gaimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Custer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (1), pp.74. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN10068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation des contributions des différentes sources aux teneurs en Composés Organiques Volatils en atmosphère urbaine par lʼutilisation de deux modèles sources-récepteur (PMF et CMB)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et contribution des sources de HCNM en zone rurale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long term measurement and source apportionment of non-methane hydrocarbons in three French rural areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Plaisance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Wroblewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 43 (15), pp.2430-2441. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2009.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in Chemical Composition of Wet-only Precipitation at Rural French Monitoring Stations Over the 1990–2003 Period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Galloo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water, Air, and Soil Pollution: Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7 (1-3), pp.49-58. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11267-006-9093-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New approach to real-time analysis of multi-site Volatile Organic Compound (VOC) observation data from an industrial zone in the South of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Benmouhoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Gille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cancedda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-17471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced sensor environment graph based deep learning approach for air quality anomaly detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Itier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32 ND European Signal Processing Conference (EUSIPCO) 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Lyon (Centre des Congrès), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEW APPROACH TO REAL-TIME ANALYSIS OF MULTI-SITE VOLATILE ORGANIC COMPOUND (VOC) OBSERVATION DATA FROM AN INDUSTRIAL ZONE IN THE SOUTH OF FRANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Benmouhoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Gille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cancedda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladislav Navel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone: Combustion et Pollution Atmosphérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Mohammed VI Polytechnique, Ben Guerir, Maroc &amp; ICARE-CNRS, Orléans, France, Oct 2024, Ben Guerir, Morocco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of the PM2.5 carbonaceous fraction in an urban site in Greater Cairo Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliki Christodoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sypros Bezantakos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third annual online scientific workshop – Climate and atmosphere research and innovation in the Eastern Mediterranean and Middle East</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Cyprus Institute, Nov 2023, Online, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerosol composition at EMEP remote sites in France : mass balance and de-weathered trends of PM2.5 and its main components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Font</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gouillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bonnaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2023 - The 25th European Geosciences Union General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du teaser pour un MOOC sur les infrastructures de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Zogka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ACTRIS-FR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratory characterization of SOA tracers from biogenic precursors using a Proton Transfer Reaction Mass Spectrometry coupled to a CHARON inlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Ramirez-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation in Atmospheric Measurement Techniques Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact environnemental des mesures ACTRIS-FR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ACTRIS-FR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary Organic Aerosol formation in the Amazon rain forest under pristine conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Ramirez-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Amazon Tall Tower Observatory Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Manaus, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Secondary Organic Aerosol formation under forested pristine conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Ramirez-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Anthropogenic Terpenoids mAtter in Atmospheric Chemistry?: highlights from the DATAbASE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deguillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Delbarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union (AGU) General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, San Francisco (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Ageing on Asphalt VOC and NOx Emissions at In-Use Temperature: A Game Changer for Urban Atmospheric Chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Lasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lostier Anais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salameh Therese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manolis N Romanias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gaudion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARC - The 59th Petersen Asphalt Research Conference, 2022 (en ligne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Laramie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéciation chimique des PM2,5 : variations en lien avec la météorologie observées sur 5 stations rurales de fond françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français des Aérosols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving emission knowledge using high quality monitoring datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Emissions InitiAtive (GEIA) Web conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, ., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollution de l’air en milieu méditerranéen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Mediterranean: scientific expertise for decision-makers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MISTRALS programme; MedECC; Plan Bleu, Nov 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions of the measurement program & QA/QC of the French EMEP monitoring network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th Task Force on Measurements and Modelling Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéciation chimique des PM2,5 : variations en lien avec la météorologie observées sur 5 stations rurales de fond françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Congrès Français sur les Aérosols 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, ., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de Ressources en ligne pour l’IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Laj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Doussin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop des acteurs et utilisateurs d’ACTRIS-FR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Saint-Pierre d’Oléron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Reactivity of Biogenic Volatile Organic Compounds under the Canopy of a Maritime Pine Forest during the LANDEX Field Campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. . Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eleventh International Conference on Chemical Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of winter campaign in northern France (Revin)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST COLOSSAL meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS Topical Centre for Reactive Trace Gases in Situ Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jokinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Steinbrecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Wegener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th annual meeting EUROCHAMPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Kuopio, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cap Corsica trace gas measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTRIS WP3 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Bologna, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interlaboratory comparison using a novel Oxygenated VOC reference standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. R. Baldan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Reimann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th WMO/GAW VOC Expert Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Urbino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS-EU topical centre for reactive trace gases in situ measurements: activities and future development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. . Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Actris Cigas Team</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Assembly of IAAM (International Association of Advanced Materials) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal PM2.5 concentrations and sources at urban, rural and remote sites in the North of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Espina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conseil Scientifique du Labex Cappa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Villeneuve d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a gas chromatographic unit for measuring BVOCs in ambient air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. . Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th WMO/GAW VOC Expert Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Urbino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveillance des composés azotés inorganiques au sein des observatoires nationaux de la qualité de l'air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INRA "Agriculture et qualité de l'air"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-03237713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS VOC side-by-side intercomparison at the Meteorological Observatory Hohenpeissenberg 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Reimann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Steinbrecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Foerster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th WMO/GAW VOC Expert Group Meeting, Italy, November 4-7, 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Urbino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric deposition measurements in France from EMEP and ICP Forest programs : Assessment of trends and ecosystem impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rizzetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Task Force on Measurements and Modelling Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Geneva, Switzerland, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential sources of PM10 impacting the Hauts-de-France region over a 5-year period (2009-2013) identified by receptor modeling: Influence of precipitation, air mass altitude, length of backward trajectories and the use of a weighting function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Air Quality Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of organic and inorganic gases during New Particle Formation (NPF) events at the Mediterranean remote site of ERSA in Cape-Corsica during the summer of 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sellegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Berland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th EGU General Assembly, EGU2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03520081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des déterminants des concentrations en PM10 dans le nord de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Miguel Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Interdisciplinaires de la Qualité de l’Air</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villeneuve d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03146088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principaux résultats : étude de tendances (ozone et précurseur; dépôts et impacts sur les écosystèmes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire technique LCSQA sur les observatoires nationaux CARA et MERA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modeling perspective of the ChArMEx intensive campaign : origin of photo-oxidant and organic aerosol formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arineh Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Siour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Coll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Colette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienne, Austria. pp.EGU2016-6357-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01854135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France: a comprehensive source apportionment study with PMF5 at five sampling sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Miguel Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RICTA 2016 - 4th Iberian Meeting on Aerosol Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modeling perspective of the ChArMEx intensive campaign : organic aerosol formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arineh Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Siour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Coll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Colette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01854275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source apportionment of VOCs and aerosols at Cap Corsica during the ChArMEx field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification des principales sources de PM10 impactant le nord de la France : Résultats préliminaires pour un site urbain à Nogent-Sur-Oise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30. Congrès Français sur les Aérosols (CFA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01852909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chemistry-Aerosol Mediterranean Experiment, ChArMEx: the interplay between anthropogenic and natural emissions in a complex system with high policy impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. M. Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th General Assmbly International Union of Geodesy and Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Prague, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation, origin, fate and health impact of atmospheric pollutants: A few perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crunaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop “Environmentally friendly technologies for reducing and controlling the GHG emissions from human activities (EfTechGHG)”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Djakarta, Indonesia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01855107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of sources and processes of organic aerosols sampled at Revin (France), during the EMEP 2012 campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Setyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Crenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jl. Jaffrezo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Air Quality-Science and Application</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Garmisch-Partenkirchen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01767400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modelling perspective of the summer 2013 CHARMEX chemistry intensive campaign : origin of photo-oxidant and aerosol formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arineh Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Siour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienne, Austria. pp.EGU2014-10753</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01855492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VOC measurements in France: results and outlook from long term monitoring and intensive campaigns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Task Force on Measurement and Modelling Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMEP, May 2013, Zagreb, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle de régression pour données censurées de retombées atmosphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Roustant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Sciences et Techniques de l'Information et de la Communication Pour l'Environnement STIC &amp; Environnement 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Saint Etienne, France. p. 71-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-00699630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting VOC and PM1 Emission Factors from ships in Dunkirk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Volent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Gunti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara D’anna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Temime-Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interne: Journée de lancement du Cross Disciplinary Project Area</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Villeneuve d'Asq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05059027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de l'infrastructure de recherche ACTRIS-FR et de ses services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Philippin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Dubost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misha Faber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10 ans AERIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shipping-related emissions of volatile organic compounds (VOCs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Volent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOLAS Open Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Goa, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric ammonia in-situ long-term monitoring: review worldwide strategies and recommendations for implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Espina-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Font</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crunaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marsailidh M Twigg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne, France. 2023, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-2847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Volatile Organic Compounds from shipping emissions on air quality in the Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Volent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 iCACGP-IGAC ECR online conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Online, France. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es071686z.[2]⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary Organic Aerosol formation under pristine rain forest conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highlighting the industrial origin of terpenoids in a coastal city in northern France : a source-apportionment approach of Volatile Organic Compounds (VOCs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Delbarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, New Orleans (LA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric composition and source apportionment during the COBIACC field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evdokia Stratigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PM2.5 Chemical Speciation: Long-term Trends and Climatology Observed at 5 French Background Monitoring Stations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Y. Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Gothenburg ( Virtual Congress ), Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing PM2.5 levels in periurban, rural and remote sites in North of France: from local to transported sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Espina-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journée Scientifique du Labex CaPPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a Gas Chromatographic Method for Ambient Measurements of BVOCs Deployment during LANDEX 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field measurements of methylglyoxal using Proton Transfer Reaction-Time of flight-Mass Spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet de création de ressources en ligne pour les observations au sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop des acteurs et utilisateurs d’ACTRIS-FR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Autrans, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04278149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenic Volatile Organic Compounds (BVOCs) and their oxidation products at two Mediterranean background sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pikridas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne (Autriche), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-site Concentration Field method applied to the outputs of a comprehensive source apportionment study (PMF) in the north of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01854282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France : a comprehensive source apportionment study with PMF5 at five sampling sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01854286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Criegee Intermediates in Formation of Sulfuric Acid at BVOCs-rich Cape Corsica Site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kukui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bourrianne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, San Francisco (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground measurements of low-weight carboxylic acids during the ChArMEx field campaign using PTR-ToFMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Workshop ChArMEx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Trieste, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification statistique des déterminants des concentrations en PM10 dans le nord de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées Interdisciplinaires de la Qualité de l'Air (JIQA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Villeneuve d'Ascq, France. Actes de la 8ème édition des Journées interdisciplinaires de la qualité de l'air (JIQA), 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01862259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-04306162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground measurements of low-weight carboxylic acids during the ChArMEx field campaign using PTR-ToFMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Workshop ChArMEx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Trieste, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical speciation and source apportionment of gaseous precursors observed at a remote site in the Mediterranean basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Biogenic Volatile Organic Compounds on Total OH reactivity at a remote site in the Mediterranean basin during summer 2013, 2014 Biogenic Hydrocarbons and the Atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Zannoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Sarda Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinayak Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Girona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the North of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Miguel Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants PC2A-EMD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground measurements of low-weight carboxylic acids during the ChArMEx field campaign using PTR-ToFMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of primary and secondary biogenic volatile organic compounds (BVOCs) in Corsica during the ChArMEx experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerise Kalogridis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie des sources de PM10 impliquées dans les dépassements de la valeur limite journalière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées Interdisciplinaires de la Qualité de l’Air</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical characterization of particles sampled in revin, France during the EMEP 2012 Summer campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Setyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Crenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Jaffrezo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd annual conference, American Association for Aerosol Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Portland, United States. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring atmospheric concentrations of formic, acetic, and butyric acids by PTR-ToFMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shouwen Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International PTR-MS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Obergurgl, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the French contribution to the EMEP 2012-2013 summer and winter campaigns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Jaffrezo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sellegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of wintertime fine and ultrafine particles sampled at an urban background site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Crenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Petitprez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Grenada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et quantification des sources de particules submicroniques non réfractaires (NR-PM1) échantillonnées par HR-ToF-AMS à Douai et Dunkerque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Crenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Petitprez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du CPER IRENI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Dunkerque, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry in the Mediterranean Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 1, 2023, 978-3-031-12740-3. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-12741-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry in the Mediterranean Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Dulac; Stéphane Sauvage; Éric Hamonou. Springer, 2, pp.601, 2022, 978-3-030-82384-9. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-82385-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summary of Recent Progress and Recommendations for Future Research Regarding the Mediterranean Context and Atmospheric Pollutants Distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uri Dayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Mihalopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry in the Mediterranean Region</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.537-550, 2023, 978-3-031-12740-3. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-12741-0_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the Volume 2 of Atmospheric Chemistry in the Mediterranean Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry in the Mediterranean Region</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-9, 2022, </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-82385-6_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Air Pollutant Concentrations and Fluxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cazaunau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Fortems-Cheiney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Ciuraru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carole Bedos, Sophie Génermont, Jean-François Castell, Pierre Cellier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture and Air Quality: Investigating, Assessing and Managing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Netherlands, pp.119-157, 2020, 978-94-024-2057-9 ; 978-94-024-2058-6 ; 978-94-024-2060-9. </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-024-2058-6_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03121589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures des concentrations et des flux de polluants atmosphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Baisnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cazaunau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Fortems-Cheiney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Ciuraru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bedos, C.; Génermont, S.; Castell, J.F.; Cellier, P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture et qualité de l'air : comprendre, évaluer, agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.127-156, 2019, 978-2-7592-3009-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 4. Air quality and climate in the Mediterranean region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezak Alkama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Ancona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Mediterranean Region Under Climate Change - A Scientific Update</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-2-7099-2219-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution sur le long terme des concentrations massiques en PM2,5 et PM10</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution sur le long terme de la composition chimique des PM2,5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidance documents on measurements and modelling of novel air quality pollutants: Source apportionment of eBC, UFP, OP and VOCs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marvin Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marten In’t Veld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Jessy Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IMT Nord Europe, Institut Mines Télécom, Univ. de Lille, Center for Energy and Environment, Lille, F-59000, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des particules fines en champ proche du trafic maritime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marvin Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Oppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Ferreira de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ADEME. 2024, pp.144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective océan-atmosphère 2023-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Doussin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault de Garidel-Thoron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Brès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Lherminier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut National des Sciences de l'Univers. 2023, 135p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04334125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme MERA : Qualité de l’air dans les sites ruraux en lien avec les directives européennes et la convention de Genève - Rapport de synthèse d’activité 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gouillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online ACTRIS MOOC on observing technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Laj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACTRIS IMP D5.3 report, Aerosols, Clouds, and Trace gases Research InfraStructure (ACTRIS). 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme MERA : Qualité de l’air dans les sites ruraux en lien avec les directives européennes et la convention de Genève - Rapport de synthèse d’activité 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS PPP D3.1: ACTRIS Cost Book</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmela Cornacchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Gargano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Maria Petracca Altieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Cede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNR Institute of Methodologies for Environmental Analysis (IMAA). 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme MERA : Qualité de l’air dans les sites ruraux en lien avec les directives européennes et la convention de Genève - Rapport d'évaluation du site potentiel de mesure de Kergoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IMT Nord Europe, Institut Mines Télécom, Univ. de Lille, Center for Energy and Environment, Lille, F-59000, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04466527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme MERA : Qualité de l'air dans les sites ruraux en lien avec les directives européennes et la convention de Genève - Rapport de synthèse d’activité 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux du LCSQA dans le domaine de la normalisation française et européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crunaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS PPP D4.1: Concept document on ACTRIS Central Facilities structure and services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldo Amodeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnoud Apituley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livio Belgante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blumenstock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Boone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">University of Helsinki. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de tendances nationales en matière de qualité de l'air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Malherbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04466378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">20 ans de mesureS des retombEeS AtMosphériquEs en France (SESAME)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Wroblewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IMT Nord Europe; Institut Mines Télécom; Université de Lille, Center for Energy and Environment. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04466571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse orientée récepteur de la composition chimique des polluants atmosphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Océan, Atmosphère. Université de Lille 1 - Sciences et Technologies, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04249363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId555"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphane SAUVAGE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephane-sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5589-9151</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (65)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into air pollution at an urban site in the Greater Cairo Megacity : Minor PM2.5 sources with significant health risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan R Dhaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantina Oikonomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 373, pp.121905. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2026.121905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum to 'Unveiling the organic chemical composition and sources of organic carbon in PM2.5 at an urban site in Greater Cairo (Egypt): A comprehensive analysis of primary and secondary compounds' [Environ. Res. 263-P3 (2024) 120118]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gihane Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salwa K. Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 265, pp.120495. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envres.2024.120495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05099844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toolbox for accurate estimation and validation of Positive Matrix Factorization solutions in Particulate Matter source apportionment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vy Ngoc Thuy Dinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Uzu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhabira Elazzouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (22), pp.6817-6833. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-18-6817-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement report: In-depth characterization of ship emissions during operations in a Mediterranean port</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Temime-Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grazia Maria Lanzafame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara D’anna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (12), pp.6575-6605. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-25-6575-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05136501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volatile organic compound sources and impacts in an urban Mediterranean area (Marseille, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marvin Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Gille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Armengaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (11), pp.5977-5999. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-25-5977-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprehensive Health Risk Assessment of PM2.5 Chemical Composition in an Urban Megacity : A Case Study from Greater Cairo Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan R Dhaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minas Iakovides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (10), pp.1214. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/atmos16101214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A worldwide aerosol phenomenology: Elemental and organic carbon in PM2.5 and PM10</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Putaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizia Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Espen Yttri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Chow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Watson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 359, pp.121338. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2025.121338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of ambient air ammonia in urban Europe (Finland, France, Italy, Spain, and the UK)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiansheng Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marvin Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lijie Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xun Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 185, pp.108519. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2024.108519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the organic chemical composition and sources of organic carbon in PM2.5 at an urban site in Greater Cairo (Egypt): A comprehensive analysis of primary and secondary compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gihane Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salwa K Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 263 (Part 2), pp.120118. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envres.2024.120118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04740326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Submicron aerosol pollution in Greater Cairo (Egypt): A new type of urban haze?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliki Christodoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spyros Bezantakos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efstratios Bourtsoukidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iasonas Stavroulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pikridas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.108610. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2024.108610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambient carbonaceous aerosol levels in Cyprus and the role of pollution transport from the Middle East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliki Christodoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iasonas Stavroulas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihalis Vrekoussis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximillien Desservettaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pikridas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (11), pp.6431-6456. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-23-6431-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ubiquity of anthropogenic terpenoids in cities worldwide: Emission ratios, emission quantification and implications for urban atmospheric chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 128 (7), pp.e2022JD037566. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022jd037566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04030509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability and sources of NMHCs at a coastal urban location in the Piraeus Port, Greece</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Liakakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Grivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theodora Kritikou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Panagopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (5), pp.101386. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apr.2022.101386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Criegee intermediates in the formation of sulfuric acid at a Mediterranean (Cape Corsica) site under influence of biogenic emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kukui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinhe Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (17), pp.13333 - 13351. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-21-13333-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03341710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability and sources of non-methane hydrocarbons at a Mediterranean urban atmosphere: The role of biomass burning and traffic emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Liakakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.149389. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.149389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular characterization of gaseous and particulate oxygenated compounds at a remote site in Cape Corsica in the western Mediterranean Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Hallemans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Chiappini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Leoz-Garziandia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (10), pp.8067 - 8088. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-21-8067-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric reactivity of biogenic volatile organic compounds in a maritime pine forest during the LANDEX episode 1 field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Perraudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Léonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 756, pp.144129. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.144129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variation and origins of volatile organic compounds observed during 2 years at a western Mediterranean remote background site (Ersa, Cape Corsica)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (3), pp.1449-1484. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-21-1449-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03142603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of hydroxyl radical (OH) reactivity in the Landes maritime pine forest: results from the LANDEX campaign 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Bsaibes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Al Ajami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Truong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Batut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (3), pp.1277-1300. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-20-1277-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of receptor and chemical transport models for PM10 source apportionment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.A. Belis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Pernigotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pirovano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Jaffrezo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric environment: X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.100053. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeaoa.2019.100053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02479476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yearlong measurements of monoterpenes and isoprene in a Mediterranean city (Athens): Natural vs anthropogenic origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Liakakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 243, pp.117803. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2020.117803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cézeaux-Aulnat-Opme-Puy De Dôme: a multi-site for the long-term survey of the tropospheric composition and climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Baray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deguillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sellegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyn Freney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (6), pp.3413-3445. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-13-3413-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of gaseous and particulate emission factors from road transport in a Middle Eastern capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part D: Transport and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 83, pp.102361. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trd.2020.102361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-range and local air pollution: what can we learn from chemical speciation of particulate matter at paired sites?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Pandolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Mooibroek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip Hopke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik van Pinxteren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Querol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (1), pp.409-429. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-20-409-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02567678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and temporal variability of BTEX in Paris megacity: Two-wheelers as a major driver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gauduin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric environment: X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1, pp.100003. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeaoa.2018.100003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropogenic VOCs in Abidjan, southern West Africa: from source quantification to atmospheric impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sekou Keita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bahino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Liousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (18), pp.11721-11741. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-19-11721-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a gas chromatographic unit for measuring biogenic volatile organic compounds in ambient air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (11), pp.6153-6171. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-12-6153-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition and variability of gaseous organic pollution in the port megacity of Istanbul: source attribution, emission ratios, and inventory evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baye T. P. Thera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Öztürk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (23), pp.15131-15156. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-19-15131-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02913580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validity and limitations of simple reaction kinetics to calculate concentrations of organic compounds from ion counts in PTR-MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rupert Holzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Joe F. Acton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Bloss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Breitenlechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leigh Crilley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (11), pp.6193-6208. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-12-6193-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the regional contribution to PM10 pollution over northern France using two complementary approaches: Chemistry transport and trajectory-based receptor models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Péré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 223, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosres.2019.03.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field measurements of methylglyoxal using proton transfer reaction time-of-flight mass spectrometry and comparison to the DNPH–HPLC–UV method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Léonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kukui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (10), pp.5729-5740. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/amt-11-5729-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02411825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the geographical origins of PM10 based on long, medium and short-range air mass back-trajectories impacting Northern France during the period 2009–2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 193, pp.143-152. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2018.08.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving parameters of biogenic volatile organic compounds and consequences on new particle formation observed at an eastern Mediterranean background site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sellegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (19), pp.14297-14325. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-18-14297-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-methane hydrocarbon variability in Athens during wintertime: the role of traffic and heating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Panopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Liakakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (21), pp.16139-16154. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-18-16139-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réduction des émissions polluantes se répercute-t-elle pleinement dans les retombées atmosphériques de soufre et d'azote en France ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Croisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, RENECOFOR : 25 ans de suivi des écosystèmes forestiers, bilan et perspectives, 58-59-60, pp.72-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02364388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of fine organic aerosols in the western Mediterranean area during the ChArMEx 2013 summer campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arineh Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Colette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Coll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Siour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (10), pp.7287-7312. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-18-7287-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01799911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrepancy between simulated and observed ethane and propane levels explained by underestimated fossil emissions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stig Dalsøren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunnar Myhre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Øivind Hodnebrog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathrine Lund Myhre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Stohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Geoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (3), pp.178-184. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41561-018-0073-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition of gaseous organic carbon during ECOCEM in Beirut, Lebanon: new observational constraints for VOC anthropogenic emission evaluation in the Middle East</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (1), pp.193-209. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-17-193-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing temporal trends of trace metal concentrations in mosses over France between 1996 and 2011: A flexible and robust method to account for heterogeneous sampling strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Lequy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dubos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Witté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 220, pp.828-836. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2016.10.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04284816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial analysis of trace elements in a moss bio-monitoring data over France by accounting for source, protocol and environmental parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Lequy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas P. A. Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilia Ilyin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 590-591, pp.602-610. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.02.240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04284837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin and variability in volatile organic compounds observed at an Eastern Mediterranean background site (Cyprus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pikridas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (18), pp.11355-11388. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-17-11355-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative cancer risk assessment and local mortality burden for ambient air pollution in an eastern Mediterranean City</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Dhaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (16), pp.14151-14162. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-017-9000-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambient air pollution in beirut: Attributable cancer risk and mortality burden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Dhaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toxicology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 280, pp.S95. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.toxlet.2017.07.261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summertime OH reactivity from a receptor coastal site in the Mediterranean Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Zannoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Sarda-Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerise Kalogridis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (20), pp.12645-12658. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-17-12645-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic carbon at a remote site of the western Mediterranean Basin: sources and chemistry during the ChArMEx SOP2 field experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Léonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17 (14), pp.8837 - 8865. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-17-8837-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01584197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of local production and vertical transport on the organic aerosol budget over Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Janssen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tsimpidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Karydis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pozzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lelieveld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (15), pp.8276-8296. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JD026402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02179077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-year levels and trends of non-methane hydrocarbon concentrations observed in ambient air in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gauduin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pallares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 141, pp.263-275. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2016.06.059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03710553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition chimique des dépôts atmosphériques à l’horizon 2020-2040</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pagé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Roustant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Météorologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, n° 92, pp.56-65. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/58223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01280712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the uncertainty of trace metal and nitrogen concentrations in mosses due to sampling, sample preparation and chemical analysis based on the French contribution to ICP-Vegetation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Lequy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Laffray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Gombert-Courvoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 71, pp.20-31. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2016.06.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01564042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variability and source apportionment of volatile organic compounds (VOCs) in the Paris megacity (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Baudic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (18), pp.11961 - 11989. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-16-11961-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01583966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of mineral dust deposition in the western Mediterranean basin and south-east of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Losno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bon Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Roullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (14), pp.8749-8766. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-16-8749-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source apportionment vs. emission inventories of non-methane hydrocarbons (NMHC) in an urban area of the Middle East: local and global perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (5), pp.3595-3607. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-16-3595-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of emissions, air quality and atmospheric deposition in the rural spaces (forests)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mathias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 229-230, pp.43-63. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/pollution-atmospherique.5748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volatile and intermediate volatility organic compounds in suburban Paris: variability, origin and importance for SOA formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Warda Ait-Helal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joost De A. Gouw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14, pp.10439- 10464. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-14-10439-2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source and behavior of isoprenoid compounds at a southern France remote site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Detournay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Wróblewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 77, pp.272-282. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2013.03.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02567612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling air pollution in Lebanon: evaluation at a suburban site in Beirut in summer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Seigneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Couvidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youngseob Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sartelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13, pp.5873-5886. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-13-5873-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00945405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Total OH reactivity measurements in Paris during the 2010 MEGAPOLI winter campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dolgorouky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sarda-Esteve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (20), pp.9593-9612. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-12-9593-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01662673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a methodology examining the behaviours of VOCs source apportionment with micro-meteorology analysis in an urban and industrial area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Xiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Léonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fourmentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 162, pp.15-28. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2011.10.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radical budget analysis in a suburban European site during the MEGAPOLI summer field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kukui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Camredon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Colomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (24), pp.11951-11974. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/acp-12-11951-2012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00712273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volatile organic compounds sources in Paris in spring 2007. Part II: source apportionment using positive matrix factorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Gaimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (1), pp.91. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN10067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volatile organic compounds sources in Paris in spring 2007. Part I: qualitative analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Gaimoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Custer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (1), pp.74. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN10068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation des contributions des différentes sources aux teneurs en Composés Organiques Volatils en atmosphère urbaine par lʼutilisation de deux modèles sources-récepteur (PMF et CMB)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et contribution des sources de HCNM en zone rurale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long term measurement and source apportionment of non-methane hydrocarbons in three French rural areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Plaisance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Wroblewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 43 (15), pp.2430-2441. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.atmosenv.2009.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in Chemical Composition of Wet-only Precipitation at Rural French Monitoring Stations Over the 1990–2003 Period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Galloo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water, Air, and Soil Pollution: Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7 (1-3), pp.49-58. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11267-006-9093-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New approach to real-time analysis of multi-site Volatile Organic Compound (VOC) observation data from an industrial zone in the South of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Benmouhoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Gille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cancedda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-17471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced sensor environment graph based deep learning approach for air quality anomaly detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Masmoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Savard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Itier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32 ND European Signal Processing Conference (EUSIPCO) 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Lyon (Centre des Congrès), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04751177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEW APPROACH TO REAL-TIME ANALYSIS OF MULTI-SITE VOLATILE ORGANIC COMPOUND (VOC) OBSERVATION DATA FROM AN INDUSTRIAL ZONE IN THE SOUTH OF FRANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Benmouhoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Gille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cancedda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladislav Navel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone: Combustion et Pollution Atmosphérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Mohammed VI Polytechnique, Ben Guerir, Maroc &amp; ICARE-CNRS, Orléans, France, Oct 2024, Ben Guerir, Morocco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04721393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratory characterization of SOA tracers from biogenic precursors using a Proton Transfer Reaction Mass Spectrometry coupled to a CHARON inlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Ramirez-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation in Atmospheric Measurement Techniques Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact environnemental des mesures ACTRIS-FR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ACTRIS-FR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary Organic Aerosol formation in the Amazon rain forest under pristine conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Ramirez-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Amazon Tall Tower Observatory Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Manaus, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Anthropogenic Terpenoids mAtter in Atmospheric Chemistry?: highlights from the DATAbASE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deguillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Delbarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union (AGU) General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, San Francisco (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Secondary Organic Aerosol formation under forested pristine conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Ramirez-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du teaser pour un MOOC sur les infrastructures de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Zogka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ACTRIS-FR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of the PM2.5 carbonaceous fraction in an urban site in Greater Cairo Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Farah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nansi Fakhry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliki Christodoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sypros Bezantakos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third annual online scientific workshop – Climate and atmosphere research and innovation in the Eastern Mediterranean and Middle East</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Cyprus Institute, Nov 2023, Online, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aerosol composition at EMEP remote sites in France : mass balance and de-weathered trends of PM2.5 and its main components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Font</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gouillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bonnaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2023 - The 25th European Geosciences Union General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Ageing on Asphalt VOC and NOx Emissions at In-Use Temperature: A Game Changer for Urban Atmospheric Chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Lasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lostier Anais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salameh Therese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manolis N Romanias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gaudion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARC - The 59th Petersen Asphalt Research Conference, 2022 (en ligne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Laramie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéciation chimique des PM2,5 : variations en lien avec la météorologie observées sur 5 stations rurales de fond françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français des Aérosols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving emission knowledge using high quality monitoring datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Emissions InitiAtive (GEIA) Web conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, ., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollution de l’air en milieu méditerranéen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Mediterranean: scientific expertise for decision-makers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MISTRALS programme; MedECC; Plan Bleu, Nov 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions of the measurement program & QA/QC of the French EMEP monitoring network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th Task Force on Measurements and Modelling Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéciation chimique des PM2,5 : variations en lien avec la météorologie observées sur 5 stations rurales de fond françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Congrès Français sur les Aérosols 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, ., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS-EU topical centre for reactive trace gases in situ measurements: activities and future development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. . Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Actris Cigas Team</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Assembly of IAAM (International Association of Advanced Materials) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal PM2.5 concentrations and sources at urban, rural and remote sites in the North of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Espina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conseil Scientifique du Labex Cappa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Villeneuve d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a gas chromatographic unit for measuring BVOCs in ambient air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. . Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th WMO/GAW VOC Expert Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Urbino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveillance des composés azotés inorganiques au sein des observatoires nationaux de la qualité de l'air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INRA "Agriculture et qualité de l'air"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-03237713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS VOC side-by-side intercomparison at the Meteorological Observatory Hohenpeissenberg 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Reimann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Steinbrecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Foerster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th WMO/GAW VOC Expert Group Meeting, Italy, November 4-7, 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Urbino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de Ressources en ligne pour l’IR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Laj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Doussin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop des acteurs et utilisateurs d’ACTRIS-FR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Saint-Pierre d’Oléron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Reactivity of Biogenic Volatile Organic Compounds under the Canopy of a Maritime Pine Forest during the LANDEX Field Campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. . Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eleventh International Conference on Chemical Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS Topical Centre for Reactive Trace Gases in Situ Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Jokinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Steinbrecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Wegener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th annual meeting EUROCHAMPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Kuopio, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interlaboratory comparison using a novel Oxygenated VOC reference standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. R. Baldan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Reimann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th WMO/GAW VOC Expert Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Urbino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of winter campaign in northern France (Revin)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST COLOSSAL meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cap Corsica trace gas measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTRIS WP3 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Bologna, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric deposition measurements in France from EMEP and ICP Forest programs : Assessment of trends and ecosystem impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rizzetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Task Force on Measurements and Modelling Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Geneva, Switzerland, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential sources of PM10 impacting the Hauts-de-France region over a 5-year period (2009-2013) identified by receptor modeling: Influence of precipitation, air mass altitude, length of backward trajectories and the use of a weighting function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Air Quality Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of organic and inorganic gases during New Particle Formation (NPF) events at the Mediterranean remote site of ERSA in Cape-Corsica during the summer of 2013.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sellegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Berland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th EGU General Assembly, EGU2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03520081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des déterminants des concentrations en PM10 dans le nord de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Miguel Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Interdisciplinaires de la Qualité de l’Air</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Villeneuve d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03146088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les principaux résultats : étude de tendances (ozone et précurseur; dépôts et impacts sur les écosystèmes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire technique LCSQA sur les observatoires nationaux CARA et MERA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France: a comprehensive source apportionment study with PMF5 at five sampling sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Miguel Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RICTA 2016 - 4th Iberian Meeting on Aerosol Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modeling perspective of the ChArMEx intensive campaign : organic aerosol formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arineh Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Siour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Coll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Colette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01854275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modeling perspective of the ChArMEx intensive campaign : origin of photo-oxidant and organic aerosol formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arineh Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Siour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Coll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Colette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Vienne, Austria. pp.EGU2016-6357-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01854135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source apportionment of VOCs and aerosols at Cap Corsica during the ChArMEx field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification des principales sources de PM10 impactant le nord de la France : Résultats préliminaires pour un site urbain à Nogent-Sur-Oise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30. Congrès Français sur les Aérosols (CFA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01852909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chemistry-Aerosol Mediterranean Experiment, ChArMEx: the interplay between anthropogenic and natural emissions in a complex system with high policy impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. M. Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th General Assmbly International Union of Geodesy and Geophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Prague, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation, origin, fate and health impact of atmospheric pollutants: A few perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crunaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop “Environmentally friendly technologies for reducing and controlling the GHG emissions from human activities (EfTechGHG)”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Djakarta, Indonesia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference (EAC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01855107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of sources and processes of organic aerosols sampled at Revin (France), during the EMEP 2012 campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Setyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Crenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jl. Jaffrezo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Air Quality-Science and Application</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Garmisch-Partenkirchen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01767400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modelling perspective of the summer 2013 CHARMEX chemistry intensive campaign : origin of photo-oxidant and aerosol formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Beekmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arineh Cholakian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Siour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienne, Austria. pp.EGU2014-10753</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01855492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VOC measurements in France: results and outlook from long term monitoring and intensive campaigns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Task Force on Measurement and Modelling Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMEP, May 2013, Zagreb, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle de régression pour données censurées de retombées atmosphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Roustant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Sciences et Techniques de l'Information et de la Communication Pour l'Environnement STIC &amp; Environnement 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Saint Etienne, France. p. 71-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-00699630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de l'infrastructure de recherche ACTRIS-FR et de ses services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Philippin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Dubost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misha Faber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10 ans AERIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting VOC and PM1 Emission Factors from ships in Dunkirk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Volent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Gunti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara D’anna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Temime-Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interne: Journée de lancement du Cross Disciplinary Project Area</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Villeneuve d'Asq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05059027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shipping-related emissions of volatile organic compounds (VOCs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Volent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOLAS Open Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Goa, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Volatile Organic Compounds from shipping emissions on air quality in the Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Volent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 iCACGP-IGAC ECR online conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Online, France. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es071686z.[2]⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric ammonia in-situ long-term monitoring: review worldwide strategies and recommendations for implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Espina-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Font</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crunaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marsailidh M Twigg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne, France. 2023, </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-2847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary Organic Aerosol formation under pristine rain forest conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Jamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highlighting the industrial origin of terpenoids in a coastal city in northern France : a source-apportionment approach of Volatile Organic Compounds (VOCs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Dominutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Delbarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall meeting 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, New Orleans (LA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric composition and source apportionment during the COBIACC field campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evdokia Stratigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel F. de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PM2.5 Chemical Speciation: Long-term Trends and Climatology Observed at 5 French Background Monitoring Stations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Y. Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Gothenburg ( Virtual Congress ), Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing PM2.5 levels in periurban, rural and remote sites in North of France: from local to transported sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Espina-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journée Scientifique du Labex CaPPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a Gas Chromatographic Method for Ambient Measurements of BVOCs Deployment during LANDEX 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field measurements of methylglyoxal using Proton Transfer Reaction-Time of flight-Mass Spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet de création de ressources en ligne pour les observations au sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop des acteurs et utilisateurs d’ACTRIS-FR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Autrans, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04278149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenic Volatile Organic Compounds (BVOCs) and their oxidation products at two Mediterranean background sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pikridas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne (Autriche), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-site Concentration Field method applied to the outputs of a comprehensive source apportionment study (PMF) in the north of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01854282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France : a comprehensive source apportionment study with PMF5 at five sampling sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01854286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Criegee Intermediates in Formation of Sulfuric Acid at BVOCs-rich Cape Corsica Site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kukui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bourrianne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, San Francisco (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the north of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-04306162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Biogenic Volatile Organic Compounds on Total OH reactivity at a remote site in the Mediterranean basin during summer 2013, 2014 Biogenic Hydrocarbons and the Atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Zannoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Sarda Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinayak Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Girona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical speciation and source apportionment of gaseous precursors observed at a remote site in the Mediterranean basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground measurements of low-weight carboxylic acids during the ChArMEx field campaign using PTR-ToFMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Workshop ChArMEx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Trieste, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the main sources of PM10 impacting the North of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Miguel Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants PC2A-EMD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground measurements of low-weight carboxylic acids during the ChArMEx field campaign using PTR-ToFMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of primary and secondary biogenic volatile organic compounds (BVOCs) in Corsica during the ChArMEx experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerise Kalogridis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonsang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04632785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie des sources de PM10 impliquées dans les dépassements de la valeur limite journalière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Delaunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées Interdisciplinaires de la Qualité de l’Air</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification statistique des déterminants des concentrations en PM10 dans le nord de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esperanza Perdrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes Journées Interdisciplinaires de la Qualité de l'Air (JIQA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Villeneuve d'Ascq, France. Actes de la 8ème édition des Journées interdisciplinaires de la qualité de l'air (JIQA), 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01862259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ground measurements of low-weight carboxylic acids during the ChArMEx field campaign using PTR-ToFMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Dusanter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Michoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Workshop ChArMEx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Trieste, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical characterization of particles sampled in revin, France during the EMEP 2012 Summer campaign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Setyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Crenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Jaffrezo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Waked</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd annual conference, American Association for Aerosol Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Portland, United States. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the French contribution to the EMEP 2012-2013 summer and winter campaigns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Jaffrezo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sciare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Sellegri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring atmospheric concentrations of formic, acetic, and butyric acids by PTR-ToFMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shouwen Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Borbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International PTR-MS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Obergurgl, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of wintertime fine and ultrafine particles sampled at an urban background site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Crenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Petitprez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Aerosol Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Grenada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et quantification des sources de particules submicroniques non réfractaires (NR-PM1) échantillonnées par HR-ToF-AMS à Douai et Dunkerque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Crenn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Petitprez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du CPER IRENI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Dunkerque, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry in the Mediterranean Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 1, 2023, 978-3-031-12740-3. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-12741-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry in the Mediterranean Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Dulac; Stéphane Sauvage; Éric Hamonou. Springer, 2, pp.601, 2022, 978-3-030-82384-9. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-82385-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04483027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summary of Recent Progress and Recommendations for Future Research Regarding the Mediterranean Context and Atmospheric Pollutants Distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uri Dayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Mihalopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry in the Mediterranean Region</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.537-550, 2023, 978-3-031-12740-3. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-12741-0_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the Volume 2 of Atmospheric Chemistry in the Mediterranean Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atmospheric Chemistry in the Mediterranean Region</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-9, 2022, </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-82385-6_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Air Pollutant Concentrations and Fluxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Baisnée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cazaunau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Fortems-Cheiney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Ciuraru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carole Bedos, Sophie Génermont, Jean-François Castell, Pierre Cellier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture and Air Quality: Investigating, Assessing and Managing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Netherlands, pp.119-157, 2020, 978-94-024-2057-9 ; 978-94-024-2058-6 ; 978-94-024-2060-9. </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-024-2058-6_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03121589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures des concentrations et des flux de polluants atmosphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Baisnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Cazaunau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Fortems-Cheiney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Ciuraru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bedos, C.; Génermont, S.; Castell, J.F.; Cellier, P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture et qualité de l'air : comprendre, évaluer, agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.127-156, 2019, 978-2-7592-3009-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 4. Air quality and climate in the Mediterranean region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hamonou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charbel Afif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezak Alkama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Ancona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Mediterranean Region Under Climate Change - A Scientific Update</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-2-7099-2219-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution sur le long terme des concentrations massiques en PM2,5 et PM10</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution sur le long terme de la composition chimique des PM2,5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidance documents on measurements and modelling of novel air quality pollutants: Source apportionment of eBC, UFP, OP and VOCs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marvin Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marten In’t Veld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Jessy Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IMT Nord Europe, Institut Mines Télécom, Univ. de Lille, Center for Energy and Environment, Lille, F-59000, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des particules fines en champ proche du trafic maritime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marvin Dufresne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Oppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liselotte Tinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Ferreira de Brito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ADEME. 2024, pp.144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective océan-atmosphère 2023-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Doussin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault de Garidel-Thoron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Brès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Lherminier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut National des Sciences de l'Univers. 2023, 135p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04334125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme MERA : Qualité de l’air dans les sites ruraux en lien avec les directives européennes et la convention de Genève - Rapport de synthèse d’activité 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gouillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online ACTRIS MOOC on observing technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riffault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Laj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACTRIS IMP D5.3 report, Aerosols, Clouds, and Trace gases Research InfraStructure (ACTRIS). 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme MERA : Qualité de l’air dans les sites ruraux en lien avec les directives européennes et la convention de Genève - Rapport de synthèse d’activité 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS PPP D3.1: ACTRIS Cost Book</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmela Cornacchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Gargano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Maria Petracca Altieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Cede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNR Institute of Methodologies for Environmental Analysis (IMAA). 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme MERA : Qualité de l’air dans les sites ruraux en lien avec les directives européennes et la convention de Genève - Rapport d'évaluation du site potentiel de mesure de Kergoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Debevec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IMT Nord Europe, Institut Mines Télécom, Univ. de Lille, Center for Energy and Environment, Lille, F-59000, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04466527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme MERA : Qualité de l'air dans les sites ruraux en lien avec les directives européennes et la convention de Genève - Rapport de synthèse d’activité 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Fronval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux du LCSQA dans le domaine de la normalisation française et européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Locoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Crunaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACTRIS PPP D4.1: Concept document on ACTRIS Central Facilities structure and services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldo Amodeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnoud Apituley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livio Belgante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blumenstock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathy Boone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">University of Helsinki. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de tendances nationales en matière de qualité de l'air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Malherbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bourin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LCSQA. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04466378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">20 ans de mesureS des retombEeS AtMosphériquEs en France (SESAME)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Pascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Wroblewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coddeville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Probst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IMT Nord Europe; Institut Mines Télécom; Université de Lille, Center for Energy and Environment. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04466571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse orientée récepteur de la composition chimique des polluants atmosphériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Océan, Atmosphère. Université de Lille 1 - Sciences et Technologies, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04249363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId555"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C4684D5D"/>
+    <w:nsid w:val="74470989"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-sauvage" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5589-9151" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535036v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Farah" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fadel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nansi Fakhri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan R Dhaini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Oikonomou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2026.121905" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05099844v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gihane Mansour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa K. Hassan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.120495" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377308v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vy Ngoc Thuy Dinh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Uzu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Dominutti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sauvage" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhabira Elazzouzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-6817-2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136501v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Le Berre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Temime-Roussel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia Maria Lanzafame" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara D&#8217;anna" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marchand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-6575-2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113828v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Dufresne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Salameh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leonardis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gille" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Armengaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-5977-2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137680v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Putaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizia Cavalli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Espen Yttri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Chow" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Watson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2025.121338" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535013v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minas Iakovides" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos16101214" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489570v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiansheng Liu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Lara" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijie Wu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xun Zhang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.108519" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740326v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa K Hassan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.120118" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525176v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliki Christodoulou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyros Bezantakos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstratios Bourtsoukidis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iasonas Stavroulas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pikridas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.108610" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125793v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihalis Vrekoussis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximillien Desservettaz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-6431-2023" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030509v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Borbon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Panopoulou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022jd037566" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970568v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Liakakou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Grivas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodora Kritikou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Panagopoulos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apr.2022.101386" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142603v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debevec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sciare" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-1449-2021" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341710v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kukui" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chartier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinhe Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Chen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dusanter" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-13333-2021" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317922v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gros" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.149389" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238301v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michoud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Hallemans" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chiappini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Leoz-Garziandia" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Colomb" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-8067-2021" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055034v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Mermet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perraudin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry L&#233;onardis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.144129" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567678v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pandolfi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Mooibroek" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hopke" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik van Pinxteren" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Querol" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-409-2020" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913598v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bsaibes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Al Ajami" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Truong" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Batut" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-1277-2020" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02479476v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Belis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pernigotti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pirovano" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Favez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Jaffrezo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeaoa.2019.100053" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970819v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.117803" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883526v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baray" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deguillaume" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sellegri" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Freney" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-3413-2020" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913603v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Abdallah" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Afif" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvage" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Salameh" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2020.102361" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400841v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Holzinger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Joe F. Acton" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bloss" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Breitenlechner" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Crilley" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-12-6193-2019" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913580v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baye T. P. Thera" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma &#214;zt&#252;rk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-15131-2019" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552748v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Potier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Waked" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Minvielle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2019.03.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02311573v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Locoge" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gauduin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Perrussel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeaoa.2018.100003" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02311545v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sekou Keita" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bahino" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Liousse" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-11721-2019" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913584v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-12-6153-2019" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249481v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stig Dals&#248;ren" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Myhre" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;ivind Hodnebrog" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Lund Myhre" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Stohl" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0073-0" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411825v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fronval" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-11-5729-2018" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552756v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bourin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esperanza Perdrix" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.08.015" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446162v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-14297-2018" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400827v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-16139-2018" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364388v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Nicolas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Crois&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799911v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arineh Cholakian" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Beekmann" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Colette" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Coll" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Siour" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-7287-2018" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584197v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-8837-2017" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02179077v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Janssen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tsimpidi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karydis" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pozzer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lelieveld" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JD026402" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02183400v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Afif" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-193-2017" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117594v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-11355-2017" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04284837v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lequy" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P. A. Saby" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia Ilyin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.02.240" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04284816v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubos" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Pascaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.10.065" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GWJQBJK-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328697v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Dhaini" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9000-y" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199504v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2017.07.261" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VFM6ZC23-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117583v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Zannoni" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Sarda-Est&#232;ve" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Kalogridis" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-12645-2017" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280712v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pag&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roustant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Probst" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/58223" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03710553v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gauduin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pallares" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.06.059" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01564042v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laffray" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gombert-Courvoisier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2016.06.046" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QF7SNM3X-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583966v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Baudic" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sanchez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-11961-2016" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323171v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vincent" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Laurent" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Losno" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bon Nguyen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roullet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8749-2016" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02314896v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-3595-2016" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143147v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mathias" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/pollution-atmospherique.5748" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01119963v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warda Ait-Helal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost De A. Gouw" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-10439-2014" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567612v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Detournay" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riffault" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wr&#243;blewski" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2013.03.041" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00945405v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Seigneur" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Couvidat" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngseob Kim" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sartelet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-13-5873-2013" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712273v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Camredon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-11951-2012" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662673v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dolgorouky" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gros" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sarda-Esteve" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sinha" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Williams" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-9593-2012" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249509v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Xiang" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fourmentin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.10.012" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTZX2457-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117252v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaimoz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Herrmann" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Williams" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN10067" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117249v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Custer" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN10068" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249540v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249550v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249523v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Plaisance" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wroblewski" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddeville" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2009.02.001" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q51C8PQ4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249556v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sicard" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Galloo" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11267-006-9093-7" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430454v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Benmouhoub" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liselotte Tinel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cancedda" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-17471" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04751177v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Masmoudi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garnier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Itier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721393v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Navel" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04388467v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nansi Fakhry" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sypros Bezantakos" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199594v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Font" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gouillou" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonnaire" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-940" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251695v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Zogka" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222261v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ramirez-Romero" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel F. de Brito" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Jamar" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tomas" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251703v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222267v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222215v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494186v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Farhat" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Delbarre" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749194v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lasne" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lostier Anais" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salameh Therese" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N Romanias" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudion" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221649v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debevec" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perdrix" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alleman" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144214v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Leonardis" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144029v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borbon" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Waked" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249439v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tison" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144218v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291526v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Laj" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Doussin" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144399v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. . Mermet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusanter" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144267v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Brito" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Riffault" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tison" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145218v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jokinen" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Steinbrecher" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wegener" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144358v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144253v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Baldan" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Claude" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reimann" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145198v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Actris Cigas Team" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251005v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Espina" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145188v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03237713v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favez" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144316v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foerster" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251069v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rizzetto" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123870v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03520081v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Berland" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146088v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Miguel Oliveira" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251494v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854135v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119144v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854275v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631011v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852909v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Oliveira" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381383v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Beekmann" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cholakian" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pey" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638823v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crunaire" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855107v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01767400v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Setyan" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crenn" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Jaffrezo" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855492v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Laurent" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305957v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00699630v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059027v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Volent" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gunti" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093931v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Philippin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Haeffelin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dubost" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Faber" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913471v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04199511v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Espina-Martin" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marsailidh M Twigg" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-2847" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492881v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es071686z.[2]" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631392v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ramirez" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151476v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151428v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evdokia Stratigou" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222213v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Debevec" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Y. Alleman" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250929v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631404v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631704v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278149v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631678v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gros" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pikridas" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854282v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854286v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632747v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bourrianne" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597320v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Touati" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862259v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04306162v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638723v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632787v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634528v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Sarda Est&#232;ve" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonsang" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinayak Sinha" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638166v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118980v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632785v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145513v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Delaunay" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801053v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Jaffrezo" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863132v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shouwen Zhang" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801063v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sciare" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862751v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Crenn" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Petitprez" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255070v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249290v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dulac" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hamonou" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12741-0" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04483027v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82385-6" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184912v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uri Dayan" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Mihalopoulos" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12741-0_16" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184919v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82385-6_1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03121589v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baisn&#233;e" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cazaunau" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fortems-Cheiney" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Ciuraru" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-2058-6_6" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619504v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baisnee" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1578/9782759230105/agriculture-et-qualite-de-l-air" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221770v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezak Alkama" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Ancona" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249577v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249574v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033144v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marten In&#8217;t Veld" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Jessy M&#252;ller" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811342v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Oppo" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Ferreira de Brito" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334125v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Doussin" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault de Garidel-Thoron" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Br&#232;s" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arnaud" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Lherminier" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04251848v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245017v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04251430v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Herbin" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618071v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmela Cornacchia" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Gargano" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Petracca Altieri" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Bazin" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Cede" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466527v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04251072v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04251447v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mathe" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Albinet" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618082v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Amodeo" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnoud Apituley" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Belgante" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blumenstock" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Boone" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466378v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malherbe" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Beauchamp" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466571v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Wroblewski" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/tel-04249363v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-sauvage" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5589-9151" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535036v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Farah" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fadel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nansi Fakhri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan R Dhaini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Oikonomou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2026.121905" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05099844v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gihane Mansour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa K. Hassan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.120495" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377308v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vy Ngoc Thuy Dinh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Uzu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Dominutti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sauvage" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhabira Elazzouzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-18-6817-2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136501v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Le Berre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Temime-Roussel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia Maria Lanzafame" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara D&#8217;anna" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marchand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-6575-2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113828v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Dufresne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Salameh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leonardis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gille" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Armengaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-5977-2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535013v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minas Iakovides" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos16101214" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137680v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Putaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizia Cavalli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Espen Yttri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Chow" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Watson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2025.121338" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489570v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiansheng Liu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Lara" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijie Wu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xun Zhang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.108519" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740326v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa K Hassan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.120118" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525176v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliki Christodoulou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyros Bezantakos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efstratios Bourtsoukidis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iasonas Stavroulas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pikridas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.108610" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125793v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihalis Vrekoussis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximillien Desservettaz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-6431-2023" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030509v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Borbon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Panopoulou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gros" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022jd037566" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970568v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Liakakou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Grivas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodora Kritikou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Panagopoulos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apr.2022.101386" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341710v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kukui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chartier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinhe Wang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Chen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dusanter" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-13333-2021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317922v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.149389" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238301v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michoud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Hallemans" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chiappini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Leoz-Garziandia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Colomb" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-8067-2021" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055034v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Mermet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perraudin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry L&#233;onardis" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.144129" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142603v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debevec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sciare" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-1449-2021" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913598v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bsaibes" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Al Ajami" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Truong" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Batut" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-1277-2020" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02479476v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Belis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pernigotti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pirovano" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Favez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Jaffrezo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeaoa.2019.100053" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970819v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.117803" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883526v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baray" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deguillaume" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sellegri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Freney" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-3413-2020" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913603v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Abdallah" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Afif" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvage" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Salameh" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2020.102361" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567678v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pandolfi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Mooibroek" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hopke" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik van Pinxteren" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Querol" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-409-2020" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02311573v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Locoge" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gauduin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Perrussel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeaoa.2018.100003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02311545v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sekou Keita" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bahino" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Liousse" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-11721-2019" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913584v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-12-6153-2019" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913580v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baye T. P. Thera" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma &#214;zt&#252;rk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-15131-2019" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400841v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Holzinger" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Joe F. Acton" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bloss" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Breitenlechner" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Crilley" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-12-6193-2019" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552748v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Potier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Waked" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Minvielle" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2019.03.002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411825v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fronval" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-11-5729-2018" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552756v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bourin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esperanza Perdrix" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.08.015" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446162v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-14297-2018" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400827v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-16139-2018" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364388v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Nicolas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Crois&#233;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799911v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arineh Cholakian" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Beekmann" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Colette" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Coll" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Siour" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-7287-2018" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249481v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stig Dals&#248;ren" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Myhre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;ivind Hodnebrog" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Lund Myhre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Stohl" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0073-0" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02183400v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Afif" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-193-2017" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04284816v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lequy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dubos" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Pascaud" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.10.065" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GWJQBJK-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04284837v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P. A. Saby" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia Ilyin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.02.240" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117594v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-11355-2017" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328697v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Dhaini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-9000-y" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199504v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2017.07.261" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VFM6ZC23-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117583v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Zannoni" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Sarda-Est&#232;ve" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Kalogridis" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-12645-2017" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584197v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-8837-2017" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02179077v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Janssen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tsimpidi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karydis" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pozzer" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lelieveld" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JD026402" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03710553v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gauduin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pallares" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.06.059" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280712v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pag&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roustant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Probst" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/58223" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01564042v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laffray" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gombert-Courvoisier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2016.06.046" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QF7SNM3X-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583966v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Baudic" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sanchez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-11961-2016" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323171v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vincent" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Laurent" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Losno" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bon Nguyen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roullet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8749-2016" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02314896v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-3595-2016" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143147v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mathias" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/pollution-atmospherique.5748" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01119963v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warda Ait-Helal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost De A. Gouw" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-10439-2014" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567612v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Detournay" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riffault" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wr&#243;blewski" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2013.03.041" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00945405v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Seigneur" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Couvidat" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngseob Kim" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sartelet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-13-5873-2013" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662673v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dolgorouky" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gros" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sarda-Esteve" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sinha" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Williams" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-9593-2012" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249509v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Xiang" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fourmentin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2011.10.012" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTZX2457-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712273v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Camredon" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-11951-2012" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117252v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaimoz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Herrmann" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Williams" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN10067" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117249v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Custer" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN10068" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249540v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249550v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249523v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Plaisance" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wroblewski" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coddeville" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2009.02.001" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q51C8PQ4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249556v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sicard" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Galloo" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11267-006-9093-7" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430454v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Benmouhoub" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liselotte Tinel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cancedda" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-17471" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04751177v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Masmoudi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garnier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Itier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721393v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Navel" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222261v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ramirez-Romero" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel F. de Brito" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Jamar" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tomas" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251703v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222267v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494186v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Farhat" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Delbarre" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222215v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251695v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Zogka" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04388467v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nansi Fakhry" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sypros Bezantakos" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199594v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Font" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gouillou" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonnaire" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-940" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749194v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lasne" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lostier Anais" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salameh Therese" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N Romanias" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudion" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221649v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debevec" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perdrix" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alleman" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144214v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Leonardis" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144029v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borbon" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Waked" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249439v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tison" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144218v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145198v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. . Mermet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Actris Cigas Team" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251005v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Espina" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145188v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusanter" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03237713v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favez" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144316v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Claude" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reimann" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Steinbrecher" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foerster" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291526v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Laj" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Doussin" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144399v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145218v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jokinen" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wegener" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144253v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Baldan" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144267v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Brito" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Riffault" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tison" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144358v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251069v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rizzetto" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123870v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03520081v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Berland" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146088v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Miguel Oliveira" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251494v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119144v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854275v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854135v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631011v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852909v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Oliveira" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381383v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Beekmann" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cholakian" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pey" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638823v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crunaire" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855107v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01767400v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Setyan" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crenn" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Jaffrezo" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855492v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Laurent" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305957v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00699630v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093931v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Philippin" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Haeffelin" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dubost" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Faber" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059027v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Volent" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gunti" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913471v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492881v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es071686z.[2]" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04199511v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Espina-Martin" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marsailidh M Twigg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-2847" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631392v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ramirez" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151476v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151428v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evdokia Stratigou" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222213v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Debevec" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Y. Alleman" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250929v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631404v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631704v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278149v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631678v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gros" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pikridas" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854282v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854286v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632747v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bourrianne" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-04306162v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634528v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Sarda Est&#232;ve" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonsang" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinayak Sinha" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632787v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638723v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Touati" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638166v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118980v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632785v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145513v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Delaunay" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862259v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597320v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801053v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Jaffrezo" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801063v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sciare" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863132v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shouwen Zhang" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862751v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Crenn" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Petitprez" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255070v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04249290v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dulac" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hamonou" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12741-0" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04483027v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82385-6" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184912v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uri Dayan" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Mihalopoulos" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12741-0_16" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184919v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82385-6_1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03121589v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baisn&#233;e" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cazaunau" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fortems-Cheiney" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Ciuraru" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-2058-6_6" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619504v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baisnee" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1578/9782759230105/agriculture-et-qualite-de-l-air" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04221770v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezak Alkama" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Ancona" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249577v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249574v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033144v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marten In&#8217;t Veld" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Jessy M&#252;ller" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811342v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Oppo" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Ferreira de Brito" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334125v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Doussin" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault de Garidel-Thoron" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Br&#232;s" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arnaud" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Lherminier" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04251848v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245017v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04251430v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Herbin" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618071v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmela Cornacchia" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Gargano" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Petracca Altieri" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Bazin" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Cede" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466527v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04251072v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04251447v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mathe" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Albinet" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618082v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Amodeo" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnoud Apituley" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Belgante" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blumenstock" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Boone" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466378v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malherbe" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Beauchamp" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466571v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Wroblewski" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/tel-04249363v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>