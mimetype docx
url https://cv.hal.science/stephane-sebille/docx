--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -147,51 +147,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1902,295 +1902,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05485155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine Tuning of Calcium Constitutive Entry by Optogenetically-Controlled Membrane Polarization: Impact on Cell Migration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vitro differentiation of W8B2 + human cardiac stem cells: gene expression of ionic channels and spontaneous calcium activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oualid Ayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Al Sayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Magaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Albert Chapotte-Baldacci</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aubin Penna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells9071684⟩</w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25 (1), pp.50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s11658-020-00242-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03033073v1</w:t>
+                <w:t xml:space="preserve">hal-03012564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro differentiation of W8B2 + human cardiac stem cells: gene expression of ionic channels and spontaneous calcium activity</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fine Tuning of Calcium Constitutive Entry by Optogenetically-Controlled Membrane Polarization: Impact on Cell Migration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Albert Chapotte-Baldacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guénaëlle Lizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Jajkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuella Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aubin Penna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (7), pp.1684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells9071684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s11658-020-00242-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03012564v1</w:t>
+                <w:t xml:space="preserve">hal-05485061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine Tuning of Calcium Constitutive Entry by Optogenetically-Controlled Membrane Polarization: Impact on Cell Migration</w:t>
               </w:r>
@@ -2280,612 +2280,612 @@
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cells9071684⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05485061v1</w:t>
+                <w:t xml:space="preserve">hal-03033073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro differentiation of W8B2+ human cardiac stem cells: gene expression of ionic channels and spontaneous calcium activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Charles-Albert Chapotte-Baldacci</w:t>
+                <w:t xml:space="preserve">High-intensity intermittent training is as effective as moderate continuous training, and not deleterious, in cardiomyocyte remodeling of hypertensive rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Krzesiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cognard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s11658-020-00242-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126 (4), pp.903-915. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00131.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05485167v1</w:t>
+                <w:t xml:space="preserve">hal-02135819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-intensity intermittent training is as effective as moderate continuous training, and not deleterious, in cardiomyocyte remodeling of hypertensive rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Bosquet</w:t>
+                <w:t xml:space="preserve">Optogenetic approach for targeted activation of global calcium transients in differentiated C2C12 myotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oualid Ayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Albert Chapotte-Baldacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cognard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.11108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-11551-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/japplphysiol.00131.2018⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02135819v1</w:t>
+                <w:t xml:space="preserve">hal-01721035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optogenetic approach for targeted activation of global calcium transients in differentiated C2C12 myotubes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stretch-activated TRPV2 channels: Role in mediating cardiopathies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Aguettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cognard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 130, pp.273-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2017.05.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-11551-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01721035v1</w:t>
+                <w:t xml:space="preserve">hal-05485090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stretch-activated TRPV2 channels: Role in mediating cardiopathies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christian Cognard</w:t>
+                <w:t xml:space="preserve">Functional BKCa channel in human resident cardiac stem cells expressing W8B2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oualid Ayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Mimbimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2017.05.007⟩</w:t>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 285 (3), pp.518-530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.14352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-05485090v1</w:t>
+                <w:t xml:space="preserve">hal-05485074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional BKCa channel in human resident cardiac stem cells expressing W8B2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oualid Ayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2893,1970 +2893,1836 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Mimbimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 285 (3), pp.518-530. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.14352⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/febs.14352⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05485074v1</w:t>
+                <w:t xml:space="preserve">hal-02136052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional BKCa channel in human resident cardiac stem cells expressing W8B2</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Magaud</w:t>
+                <w:t xml:space="preserve">Stretch-activated TRPV2 channels: Role in mediating cardiopathies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Aguettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/febs.14352⟩</w:t>
+              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 130, pp.273-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2017.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02136052v1</w:t>
+                <w:t xml:space="preserve">hal-02136062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stretch-activated TRPV2 channels: Role in mediating cardiopathies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elizabeth Aguettaz</w:t>
+                <w:t xml:space="preserve">Optogenetic approach for targeted activation of global calcium transients in differentiated C2C12 myotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oualid Ayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Albert Chapotte-Baldacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2017.05.007⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Handbook of Experimental Pharmacology, 7 (1), pp.11108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-11551-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02136062v1</w:t>
+                <w:t xml:space="preserve">hal-05485086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optogenetic approach for targeted activation of global calcium transients in differentiated C2C12 myotubes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bois</w:t>
+                <w:t xml:space="preserve">Non-acidic activation of pain-related Acid-Sensing Ion Channel 3 by lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Marra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ferru-Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Breuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Christin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-11551-z⟩</w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 35 (4), pp.414-428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/embj.201592335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05485086v1</w:t>
+                <w:t xml:space="preserve">hal-02135836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-acidic activation of pain-related Acid-Sensing Ion Channel 3 by lipids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Christin</w:t>
+                <w:t xml:space="preserve">Data on calcium increases depending on stretch in dystrophic cardiomyocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Aguettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Krzesiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8, pp.1443-1447. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2016.08.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15252/embj.201592335⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02135836v1</w:t>
+                <w:t xml:space="preserve">hal-02136070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data on calcium increases depending on stretch in dystrophic cardiomyocytes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Aguettaz</w:t>
+                <w:t xml:space="preserve">Axial stretch-dependent cation entry in dystrophic cardiomyopathy: Involvement of several TRPs channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Aguettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan José Lopez Barba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Krzesiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cell Calcium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 59 (4), pp.145-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceca.2016.01.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2016.08.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02136070v1</w:t>
+                <w:t xml:space="preserve">hal-01705186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axial stretch-dependent cation entry in dystrophic cardiomyopathy: Involvement of several TRPs channels</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Constantin</w:t>
+                <w:t xml:space="preserve">Ultrastructural and functional alterations of EC coupling elements in mdx cardiomyocytes: an analysis from membrane surface to depth.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gueffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Calcium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cell Biochemistry and Biophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 66 (3), pp.723-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12013-013-9517-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ceca.2016.01.001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01705186v1</w:t>
+                <w:t xml:space="preserve">hal-00992875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrastructural and functional alterations of EC coupling elements in mdx cardiomyocytes: an analysis from membrane surface to depth.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Faivre</w:t>
+                <w:t xml:space="preserve">Negative modulation of inositol 1,4,5-trisphosphate type 1 receptor expression prevents dystrophin-deficient muscle cells death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Mondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haouaria Balghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Biochemistry and Biophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12013-013-9517-8⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 297 (5), pp.C1133-C1145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpcell.00048.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00992875v1</w:t>
+                <w:t xml:space="preserve">hal-02452582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative modulation of inositol 1,4,5-trisphosphate type 1 receptor expression prevents dystrophin-deficient muscle cells death</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Cognard</w:t>
+                <w:t xml:space="preserve">Regulation of capacitative calcium entries by alpha1-syntrophin: association of TRPC1 with dystrophin complex and the PDZ domain of alpha1-syntrophin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Vandebrouck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Sabourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haouria Balghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 21 (2), pp.608-617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.06-6683com⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpcell.00048.2009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02452582v1</w:t>
+                <w:t xml:space="preserve">hal-00418399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of capacitative calcium entries by alpha1-syntrophin: association of TRPC1 with dystrophin complex and the PDZ domain of alpha1-syntrophin.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Regulation of store-operated calcium entries and mitochondrial uptake by minidystrophin expression in cultured myotubes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Vandebrouck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Haouria Balghi</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ducret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FASEB Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 21 (2), pp.608-617. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 20 (1), pp.136-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.04-3633fje⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1096/fj.06-6683com⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00418399v1</w:t>
+                <w:t xml:space="preserve">hal-02880269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mini-dystrophin Expression Down-regulates IP3-mediated Calcium Release Events in Resting Dystrophin-deficient Muscle Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haouaria Balghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Mondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cantereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of General Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 128 (2), pp.219-230. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1085/jgp.200609559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03119840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of store-operated calcium entries and mitochondrial uptake by minidystrophin expression in cultured myotubes.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Basset</w:t>
+                <w:t xml:space="preserve">New insights in the regulation of calcium transfers by muscle dystrophin-based cytoskeleton: implications in DMD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cognard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Muscle Research and Cell Motility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 27 (5-7), pp.375-386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10974-006-9085-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1096/fj.04-3633fje⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02880269v1</w:t>
+                <w:t xml:space="preserve">hal-02880158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights in the regulation of calcium transfers by muscle dystrophin-based cytoskeleton: implications in DMD</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Mini-dystrophin expression down-regulates overactivation of G protein-mediated IP3 signaling pathway in dystrophin-deficient muscle cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haouaria Balghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Patri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Muscle Research and Cell Motility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10974-006-9085-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of General Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 127 (2), pp.171-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1085/jgp.200509456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02880158v1</w:t>
+                <w:t xml:space="preserve">hal-02880264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mini-dystrophin expression down-regulates overactivation of G protein-mediated IP3 signaling pathway in dystrophin-deficient muscle cells.</w:t>
-[...124 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Calcium sparks in muscle cells: interactive procedures for automatic detection and measurements on line-scan confocal images series.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">S. Sebille</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Cantereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cantereau</w:t>
+                <w:t xml:space="preserve">C. Vandebrouck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Vandebrouck</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">H Balghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 77 (1), pp.57-70. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2004.06.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2004.06.004⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02880276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4866,51 +4732,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des propriétés hétérogènes de la cellule par un couplage numérique et expérimental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gangneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4969,51 +4835,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès français de mécanique (CFM 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'étude des microstructures et de mécanique des matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5023,51 +4889,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of mechanical fields inside invasive cancer cells: Description of a new method using Digital Volume Correlation and Confocal Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gangneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5119,51 +4985,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Prasanth Bokam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05469718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5173,259 +5039,259 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural, Contractile and Electrophysiological Adaptations of Cardiomyocytes to Chronic Exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Krzesiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Krzesiak</w:t>
+                <w:t xml:space="preserve">C. Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chatelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adv Exp Med Biol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.75-90, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02136058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle diseases caused by sub-membrane cytoskeletoninduced misregulation of ion channels: The hidden agenda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cognard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ion Channel Biophysics and Deseases / Published by Research Signpost, Kerala, India</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Transworld Research Network, pp.37/661, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00398938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId158"/>
+      <w:footerReference w:type="default" r:id="rId157"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5493,51 +5359,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="406832ED"/>
+    <w:nsid w:val="AEF24F7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5724,51 +5590,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-sebille" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6966-9437" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/101690185" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447376v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gangneux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymerick Gaboriau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Caill&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mesnil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasanth Bokam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2025.107210" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501326v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Dor&#233;mus" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dugast" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delafen&#234;tre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Delouche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Aupy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2025.110387" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737979v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Pascreau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Branchu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14501" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645754v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Krzesiak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Enea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faivre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bescond" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vanderbrouck" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00518.2023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679510v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Albert Chapotte-Baldacci" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Massourid&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bernard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2024.102943" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696990v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berg&#232;s" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu R&#233;gnacq" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2024.150670" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053575v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Magaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Harnois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sebille" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Chatelier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Faivre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2022.12.027" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485022v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645104v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lavoie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cognard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bosquet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.15524" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051737v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bois" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chatelier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2022.102546" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485036v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715789v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linette Kadri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bacle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vandebrouck" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10040937" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485155v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Lizot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Jajkiewicz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Penna" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9071684" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033073v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012564v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Ayad" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Al Sayed" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11658-020-00242-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485061v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485167v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135819v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Krzesiak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cognard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sebille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carr&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bosquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00131.2018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721035v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11551-z" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485090v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Aguettaz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2017.05.007" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NZJRXD3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485074v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mimbimi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.14352" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136052v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136062v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485086v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135836v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marra" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferru-Clement" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Breuil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delaunay" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Christin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201592335" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136070v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aguettaz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. L&#243;pez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Constantin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.08.011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705186v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Lopez Barba" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2016.01.001" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992875v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lorin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gueffier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12013-013-9517-8" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MJ7FNXHZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452582v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Mondin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haouaria Balghi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00048.2009" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418399v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vandebrouck" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sabourin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rivet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haouria Balghi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.06-6683com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119840v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cantereau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1085/jgp.200609559" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880269v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ducret" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basset" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Raymond" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.04-3633fje" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880158v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10974-006-9085-2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QHFXMFTJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880264v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Patri" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thoreau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1085/jgp.200509456" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880276v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cantereau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vandebrouck" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Balghi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2004.06.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6M2QLCL5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312902v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469718v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136058v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delpech" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatelier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398938v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-sebille" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6966-9437" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/101690185" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447376v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gangneux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymerick Gaboriau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Caill&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mesnil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasanth Bokam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2025.107210" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501326v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Dor&#233;mus" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dugast" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delafen&#234;tre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Delouche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Aupy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2025.110387" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737979v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Pascreau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Branchu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14501" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645754v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Krzesiak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Enea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faivre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bescond" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vanderbrouck" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00518.2023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679510v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Albert Chapotte-Baldacci" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Massourid&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bernard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2024.102943" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696990v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berg&#232;s" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu R&#233;gnacq" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2024.150670" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053575v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Magaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Harnois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sebille" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Chatelier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Faivre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2022.12.027" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485022v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645104v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lavoie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cognard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bosquet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.15524" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051737v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bois" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chatelier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2022.102546" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485036v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715789v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linette Kadri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bacle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vandebrouck" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10040937" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485155v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Lizot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Jajkiewicz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Penna" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9071684" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012564v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Ayad" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Al Sayed" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11658-020-00242-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485061v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033073v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135819v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Krzesiak" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cognard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sebille" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carr&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bosquet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00131.2018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721035v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11551-z" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485090v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Aguettaz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2017.05.007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NZJRXD3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485074v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mimbimi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.14352" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136052v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136062v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485086v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135836v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferru-Clement" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Breuil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delaunay" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Christin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201592335" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136070v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aguettaz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. L&#243;pez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Constantin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.08.011" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705186v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Lopez Barba" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2016.01.001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992875v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lorin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gueffier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12013-013-9517-8" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MJ7FNXHZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452582v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Mondin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haouaria Balghi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00048.2009" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418399v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vandebrouck" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sabourin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rivet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haouria Balghi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.06-6683com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880269v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ducret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basset" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Raymond" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.04-3633fje" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119840v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cantereau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1085/jgp.200609559" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880158v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10974-006-9085-2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QHFXMFTJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880264v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Patri" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thoreau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1085/jgp.200509456" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880276v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cantereau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vandebrouck" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Balghi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2004.06.004" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6M2QLCL5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312902v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469718v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136058v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delpech" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatelier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398938v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>