--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -616,815 +616,815 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trace elements fractionation in anaerobic digestates: Recommendation for using diffusive gradients in thin films passive samplers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joyabrata Mal</w:t>
+                <w:t xml:space="preserve">Eric Caroca Sepúlveda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Buzier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yarlagadda Nancharaiah</w:t>
+                <w:t xml:space="preserve">Fernando Fermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bourven</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric van Hullebusch</w:t>
+                <w:t xml:space="preserve">Soraya Zahedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 360 (4), pp.121223. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.121223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some remarks on “Efficient removal of total arsenic (As3+/5+) from contaminated water by novel strategies mediated iron and plant extract activated waste flowers of marigold”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Nguyen Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bollinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 364, pp.143063. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.143063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04850957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous sequestration of cadmium and lead in brackish aquaculture water by biochars: A mechanistic insight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sohail Rafiq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sohail Rafiq</w:t>
+                <w:t xml:space="preserve">Suchanya Wongrod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soydoa Vinitnantharat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hazardous Materials Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16, pp.100501. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.hazadv.2024.100501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04850962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of a new large diffusive gradients in thin films (L-DGT) for organic compounds monitoring: On-field comparison with conventional passive samplers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Martins de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Rougerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Martins de Barros</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Rougerie</w:t>
+                <w:t xml:space="preserve">Robin Guibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lissalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Buzier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 323, pp.121257. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04632356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity improvement of o-DGT for organic micropollutants monitoring in waters: Application to neutral pesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Martins de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Rougerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ballion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Buzier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Guibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 6, pp.100123. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.talo.2022.100123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04632375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pesticide and agro-ecological transition: assessing the environmental and human impacts of pesticides and limiting their use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Guibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Voltz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Guibaud</w:t>
+                <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Dagès</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Douzals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Guibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 29 (1), pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11356-021-17416-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03503335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of low ionic strength on DGT sampling with standard APA gels: Effect of pH and analyte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Buzier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1442,92 +1442,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 222, pp.121413 -. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03491401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aluminum sampling by Chelex, titanium dioxide and zirconium oxide DGT: Influence of pH on accumulation behaviors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Rougerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1559,504 +1559,504 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Technology and Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 24, pp.101931. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eti.2021.101931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03859655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cadmium Selenide Formation Influences the Production and Characteristics of Extracellular Polymeric Substances of Anaerobic Granular Sludge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joyabrata Mal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yarlagadda Nancharaiah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Biochemistry and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 193 (4), pp.965-980. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12010-020-03464-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation and application of diphenylamine method for DNA detection into soils and clay minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Lajmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Joussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyne Soubrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20 (2), pp.943-950. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11368-019-02427-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04850942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing arsenic redox state evolution in solution and solid phase during As(III) sorption onto chemically-treated sewage sludge digestate biochars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suchanya Wongrod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piet N L Lens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 275, pp.232-238. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2018.12.056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02053007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a mercapto-functionalized silica binding phase for the selective sampling of SeIV by Diffusive Gradients in Thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2074,1530 +2074,1530 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 199, pp.590-595. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.02.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02940102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lead sorption by biochar produced from digestates: Consequences of chemical modification and washing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suchanya Wongrod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piet N.L. Lens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 219, pp.277-284. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.04.108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02141756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes of sewage sludge digestate-derived biochar properties after chemical treatments and influence on As(III and V) and Cd(II) sorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suchanya Wongrod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piet Lens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Biodeterioration and Biodegradation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 135, pp.96-102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ibiod.2018.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02137799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodological approaches for fractionation and speciation to estimate trace element bioavailability in engineered anaerobic digestion ecosystems: An overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenz Markus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shakeri Yekta Sepehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Reviews in Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, pp.1324-1366</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01394597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term influence of aeration on arsenic trapping in a ZVI/sand bed reactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Vasiliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Courtin-Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sleiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02006860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Testing of PCR Assay in Blood Samples for the Diagnosis of Toxoplasmic Encephalitis in AIDS Patients from the French Departments of America and Genetic Diversity of Toxoplasma gondii: A Prospective and Multicentric Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lamaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Pierre Demar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Vautrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Cabié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 10 (6), pp.e0004790. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pntd.0004790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01503761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous measurement of Cr(III) and Cr(VI) in freshwaters with a single Diffusive Gradients in Thin Films device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Buzier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Charriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 154, pp.533-538. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2016.04.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01307033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmetallation of Gd-DTPA by Fe3+, Cu2+ and Zn2+ in water: Batch experiments and coagulation-ﬂocculation simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Rabiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Letouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sepideh Hassanzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 95, pp.639-642. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2013.09.102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00925724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of various size exclusion chromatography (SEC) columns on the fingerprints of extracellular polymeric substances (EPS) extracted from biological sludge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divya Bhatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Taiwan Institute of Chemical Engineers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp.23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jtice.2014.11.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01099590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution of As trapping along a ZVI/sand bed reactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junfeng Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressigout Jérémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 246, pp.322-327. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2014.02.073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01249974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geographic separation of domestic and wild strains of Toxoplasma gondii in French Guiana correlates with a monomorphic version of chromosome1a.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asis Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Pierre Demar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8 (9), pp.e3182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01205272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluorescence detection to determine proteins and humic-like substances fingerprints of exopolymeric substances (EPS) from biological sludges performed by size exclusion chromatography (SEC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bhatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bordas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, n°131 p. 159-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00925209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of extraction method on size exclusion chromatography fingerprints of EPS from wastewater sludges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3612,2146 +3612,2146 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, N°34 (3) p. 321-332</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00925217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adsorption of AsIII, AsV and dimethylarsinic acid onto synthesized lepidocrocite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junfeng Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Dictor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dagot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Science and Health, Part A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 48 (10), pp.1272-1279. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10934529.2013.776916⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00925215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acute lung, heart, liver, and pancreatic involvements with hyponatremia and retinochoroiditis in a 33-year-old French Guianan patient.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Groh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Faussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Villena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Carme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 6 (10), pp.e1802. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pntd.0001802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00921369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological AsIII oxidation and arsenic sequestration onto ZVI-coated sand in an up-flow fixed-bed reactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junfeng Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Dictor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (1), pp.82-89. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2166/ws.2011.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00925234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HPLC method for the analysis of α-tocopherol from Myriophyllum alterniflorum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Botineau</w:t>
+                <w:t xml:space="preserve">Human impact on genetic diversity of Toxoplasma gondii: example of the anthropized environment from French Guiana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Pierre Demar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. de Thoisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Natural Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10600-011-0033-z⟩</w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (6), pp.1378-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2011.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00654529v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00654105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human impact on genetic diversity of Toxoplasma gondii: example of the anthropized environment from French Guiana.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. de Thoisy</w:t>
+                <w:t xml:space="preserve">HPLC method for the analysis of α-tocopherol from Myriophyllum alterniflorum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Delmail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Buzier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Botineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2011.05.003⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Natural Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 47 (4), pp.679-680. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10600-011-0033-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00654105v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00654529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface properties and intracellular speciation revealed an original adaptive mechanism to arsenic in the acid mine drainage bio-indicator Euglena mutabilis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Casiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermann J. Heipieper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Plewniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.first online. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00253-011-3493-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00654727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of a new mobile phase, with no multivalent cation binding properties, to differentiate extracellular polymeric substances (EPS), by size exclusion chromatography (SEC), from biomass used for wastewater treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Process Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 45 (8), pp.1415-1421. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procbio.2010.05.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00654215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AsIII oxidation by Thiomonas arsenivorans in up-flow fixed-bed reactors coupled to As sequestration onto zero-valent iron-coated sand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junfeng Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Joulian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Dictor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44 (17), pp.5098-5108. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2010.08.044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00558718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outbreaks of toxoplasmosis in a captive breeding colony of squirrel monkeys.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Carme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Pierre Demar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 163 (1-2), pp.132-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.vetpar.2009.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00408048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of size exclusion chromatography (SEC) for the characterization of extracellular polymeric substances (EPS) in anaerobic granular sludges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérangère Païro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul d'Abzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric D. van Hullebusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 100 (24), pp.6258-6268. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2009.07.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00653884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advantages of hydride generation interface for selenium speciation in waters by high performance liquid chromatography-inductively coupled plasma mass spectrometry coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Darrouzes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Bueno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane H. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Potin-Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 75 (2), pp.362-368. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.talanta.2007.11.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00291941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an on-line UV decomposition system for direct coupling of liquid chromatography to atomic-fluorescence spectrometry for selenium speciation analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Barats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Potin-Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 383 (4), pp.562-569. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-005-0056-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00941688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speciation analysis of organoarsenical compounds in biological matrices by coupling ion chromatography to atomic fluorescence spectrometry with on-line photooxidation and hydride generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lobos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. de Gregori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Pinochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 521 (1), pp.99-108. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.aca.2004.05.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00941685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous determination of twelve inorganic and organic arsenic compounds by liquid chromatography-ultraviolet irradiation-hydride generation atomic fluorescence spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huan Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Potin-Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 1024, pp.105-113. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chroma.2003.09.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00941678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction procedure for organotin analysis in plant matrices: Optimisation and application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Bueno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetane Lespes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mench</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Potin-Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 57 (1), pp.31-43. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0039-9140(01)00669-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00291396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5761,745 +5761,745 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concentration of Ions in Water Samples for Human Consumption measured by Femtosecond Laser Induced Breakdown Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Nafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Guibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECONOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Meudon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05129683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of aeration onto As trapping in ZVI/sand reactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Vasiliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th European Meeting on Environmental Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Budva, Montenegro</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00948169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacité de biofilms de bactéries As-oxydantes pour l'étape de traitement biologique d'eaux potabilisables arséniées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Dictor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gwenaelle Guezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Battaglia-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interfaces Against Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00697590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficiency of arsenic oxidizing bacterial biofilms for arsenic contaminated drinking water treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Dictor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gwenaelle Guezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Lereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interfaces Against Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00690316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological As(III) oxidation of drinking water supply using Thiomonas arsenivorans in fixed -bed bioreactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gwenaelle Guezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Dictor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Water Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00948195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">As(III) oxidation by Thiomonas arsenivorans in fixed-bed reactors coupled to As sequestration onto Fe0-coated sand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junfeng Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Deluchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Water Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00948188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6509,177 +6509,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA Detection After Interaction with Clay Minerals and Soils: An Analytical Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Lajmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Joussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Soubrand-Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Research on Geomorphology, Sedimentology, Marine Geosciences and Geochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.309-312, 2022, Advances in Science, Technology &amp; Innovation, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-72547-1_66⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId215"/>
+      <w:footerReference w:type="default" r:id="rId218"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6747,51 +6747,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2C317023"/>
+    <w:nsid w:val="1F737BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6978,51 +6978,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-simon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9504-2259" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077157559" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/199906714" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184087v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Simon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rougerie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fondan&#232;che" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rebillard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guibaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/nb52122995493" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969903v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul H.M. Pires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Buzier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marisa R. Almeida" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mucha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.136995" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850973v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Tomasino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.117461" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650846v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyabrata Mal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yarlagadda Nancharaiah" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourven" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Hullebusch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.121223" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850957v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Nguyen Tran" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bollinger" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.143063" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850962v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohail Rafiq" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchanya Wongrod" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soydoa Vinitnantharat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2024.100501" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04632356v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Martins de Barros" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Guibal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lissalde" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121257" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04632375v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ballion" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talo.2022.100123" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03503335v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Douzals" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17416-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491401v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Pommier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121413" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859655v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2021.101931" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969919v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-020-03464-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850942v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Lajmi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Joussein" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Soubrand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-019-02427-y" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053007v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric D. van Hullebusch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet N L Lens" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2018.12.056" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940102v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.02.086" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141756v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet N.L. Lens" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.04.108" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137799v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Lens" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2018.10.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394597v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenz Markus" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakeri Yekta Sepehr" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02006860v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Vasiliu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Courtin-Nomade" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sleiman" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deluchat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01503761v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ajzenberg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamaury" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Pierre Demar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Vautrin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Cabi&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0004790" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01307033v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Devillers" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Charriau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2016.04.009" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42WQ6V0B-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925724v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rabiet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Letouzet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepideh Hassanzadeh" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.09.102" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SCZWKC1N-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099590v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Bhatia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtice.2014.11.025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDCNQWGH-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249974v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfeng Wan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pressigout J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2014.02.073" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01205272v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asis Khan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mercier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925209v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bhatia" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925217v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925215v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Dictor" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dagot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10934529.2013.776916" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00921369v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Groh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Faussart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0001802" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925234v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Zhu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/ws.2011.073" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00654529v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delmail" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hourdin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Botineau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10600-011-0033-z" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T1QQRVZX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00654105v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devillard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Thoisy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2011.05.003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8TR36BZ7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00654727v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Halter" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Casiot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann J. Heipieper" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plewniak" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marchal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-011-3493-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SP5T6CX3-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00654215v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Villain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2010.05.018" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LN63N9HW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00558718v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Klein" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Joulian" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2010.08.044" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KXJ0TGKG-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408048v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Dard&#233;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2009.04.004" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJ4R8H0K-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00653884v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Pa&#239;ro" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul d'Abzac" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2009.07.013" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQR2KQ0Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291941v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Darrouzes" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Bueno" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H. Simon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pannier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Potin-Gautier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2007.11.020" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQPDRJ37-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941688v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Barats" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Potin-Gautier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-005-0056-z" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3M8XV19F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941685v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lobos" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Gregori" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pinochet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2004.05.032" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SH6FVKR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941678v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huan Tran" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2003.09.068" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GBSFR4N-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291396v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetane Lespes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mench" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-9140(01)00669-5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DCTLWFPV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129683v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Nafa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lefort" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couderc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00948169v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00697590v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gwenaelle Guezennec" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Battaglia-Brunet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00690316v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lereau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00948195v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00948188v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969897v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Soubrand-Colin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72547-1_66" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephane-simon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9504-2259" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077157559" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/199906714" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184087v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Simon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rougerie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fondan&#232;che" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rebillard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guibaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/nb52122995493" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969903v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul H.M. Pires" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Buzier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marisa R. Almeida" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mucha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.136995" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850973v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Tomasino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.117461" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650846v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Caroca Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Fermoso" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Zahedi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.121223" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850957v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Nguyen Tran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bollinger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.143063" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850962v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohail Rafiq" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchanya Wongrod" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soydoa Vinitnantharat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2024.100501" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04632356v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Martins de Barros" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Guibal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lissalde" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121257" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04632375v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ballion" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talo.2022.100123" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03503335v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Douzals" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-17416-3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491401v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Pommier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121413" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859655v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2021.101931" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969919v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyabrata Mal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yarlagadda Nancharaiah" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourven" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Hullebusch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-020-03464-x" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850942v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Lajmi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Joussein" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Soubrand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-019-02427-y" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053007v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric D. van Hullebusch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet N L Lens" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2018.12.056" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940102v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.02.086" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141756v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet N.L. Lens" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.04.108" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137799v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Lens" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2018.10.001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394597v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenz Markus" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakeri Yekta Sepehr" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02006860v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Vasiliu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Courtin-Nomade" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sleiman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deluchat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01503761v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ajzenberg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamaury" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Pierre Demar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Vautrin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Cabi&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0004790" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01307033v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Devillers" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Charriau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2016.04.009" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-42WQ6V0B-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925724v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rabiet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Letouzet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepideh Hassanzadeh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.09.102" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SCZWKC1N-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099590v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Bhatia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtice.2014.11.025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDCNQWGH-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249974v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfeng Wan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pressigout J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2014.02.073" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01205272v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asis Khan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mercier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925209v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bhatia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925217v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925215v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Dictor" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dagot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10934529.2013.776916" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00921369v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Groh" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Faussart" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carme" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0001802" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925234v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Zhu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/ws.2011.073" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00654105v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devillard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Thoisy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2011.05.003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8TR36BZ7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00654529v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delmail" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hourdin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Botineau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10600-011-0033-z" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T1QQRVZX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00654727v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Halter" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Casiot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann J. Heipieper" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plewniak" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marchal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-011-3493-y" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SP5T6CX3-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00654215v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Villain" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2010.05.018" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LN63N9HW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00558718v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Klein" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Joulian" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2010.08.044" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KXJ0TGKG-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408048v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Dard&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2009.04.004" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJ4R8H0K-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00653884v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Pa&#239;ro" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul d'Abzac" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2009.07.013" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQR2KQ0Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291941v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Darrouzes" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Bueno" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H. Simon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pannier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Potin-Gautier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2007.11.020" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQPDRJ37-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941688v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Barats" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Potin-Gautier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-005-0056-z" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3M8XV19F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941685v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lobos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Gregori" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pinochet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2004.05.032" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SH6FVKR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941678v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huan Tran" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2003.09.068" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GBSFR4N-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291396v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetane Lespes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mench" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-9140(01)00669-5" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DCTLWFPV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129683v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Nafa" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lefort" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couderc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00948169v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00697590v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gwenaelle Guezennec" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Battaglia-Brunet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00690316v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lereau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00948195v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00948188v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969897v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Soubrand-Colin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72547-1_66" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>