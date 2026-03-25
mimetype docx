--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -900,1013 +900,1013 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04489504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoporous GaN by selective area sublimation through an epitaxial nanomask: AlN versus Si$_x$N$_y$</w:t>
+                <w:t xml:space="preserve">Influence of the temperature on growth by ammonia source molecular beam epitaxy of wurtzite phase ScAlN alloy on GaN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Damilano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Vézian</w:t>
+                <w:t xml:space="preserve">Caroline Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Brault</w:t>
+                <w:t xml:space="preserve">Maud Nemoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Ruterana</w:t>
+                <w:t xml:space="preserve">Hélène Rotella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Gil</w:t>
+                <w:t xml:space="preserve">Frédéric Georgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 34 (24), pp.245602. </w:t>
+              <w:t xml:space="preserve">APL Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/acc3a2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0139588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04248760v1</w:t>
+                <w:t xml:space="preserve">hal-04240341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unlocking perpendicular magnetic anisotropy with Gd substitution in SmN</w:t>
+                <w:t xml:space="preserve">Nanoporous GaN by selective area sublimation through an epitaxial nanomask: AlN versus Si$_x$N$_y$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jackson Miller</w:t>
+                <w:t xml:space="preserve">B Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harry Joseph Trodahl</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Vézian</w:t>
+                <w:t xml:space="preserve">J. Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin John Ruck</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P Ruterana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0131472⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (24), pp.245602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/acc3a2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04903745v1</w:t>
+                <w:t xml:space="preserve">hal-04248760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Descriptor engineering in machine learning regression of electronic structure properties for 2D materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh Tuan Dau</w:t>
+                <w:t xml:space="preserve">Unlocking perpendicular magnetic anisotropy with Gd substitution in SmN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jackson Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Joseph Trodahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Al Khalfioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin John Ruck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-31928-7⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 122 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0131472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058161v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the temperature on growth by ammonia source molecular beam epitaxy of wurtzite phase ScAlN alloy on GaN</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maud Nemoz</w:t>
+                <w:t xml:space="preserve">Descriptor engineering in machine learning regression of electronic structure properties for 2D materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Tuan Dau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Al Khalfioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Rotella</w:t>
+                <w:t xml:space="preserve">Adrien Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Georgi</w:t>
+                <w:t xml:space="preserve">Antoine Reserbat-Plantey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APL Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (3), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0139588⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-31928-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04240341v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light Polarization in Tunnel Junction Injected UV Light‐Emitting Diodes</w:t>
+                <w:t xml:space="preserve">Porous Nitride Light-Emitting Diodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Duboz</w:t>
+                <w:t xml:space="preserve">Nuño Amador-Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Fan Arcara</w:t>
+                <w:t xml:space="preserve">Tiphaine Mathieu-Pennober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cynthia Kessaci</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Pierre Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssa.202200055⟩</w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (4), pp.1256-1263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.1c01729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03828269v1</w:t>
+                <w:t xml:space="preserve">hal-03864353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of selective area sublimation of p-GaN and regrowth of AlGaN for the co-integration of enhancement mode and depletion mode high electron mobility transistors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Light Polarization in Tunnel Junction Injected UV Light‐Emitting Diodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Comyn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Chenot</w:t>
+                <w:t xml:space="preserve">Jean-Yves Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Brault</w:t>
+                <w:t xml:space="preserve">Victor Fan Arcara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Kessaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Damilano</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2021.108210⟩</w:t>
+              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 219 (7), pp.2200055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssa.202200055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03467546v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preferential sublimation along threading dislocations in InGaN/GaN single quantum well for improved photoluminescence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combination of selective area sublimation of p-GaN and regrowth of AlGaN for the co-integration of enhancement mode and depletion mode high electron mobility transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Huong Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Comyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Damilano</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nuño Amador-Méndez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0089892⟩</w:t>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 188, pp.108210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2021.108210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03865257v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03467546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced Sm spin projection in Gd x Sm 1 − x N</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jackson Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Mcnulty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin John Ruck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Al Khalfioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1915,1437 +1915,1437 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 106 (17), pp.174432. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.174432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective sublimation of GaN and regrowth of AlGaN to co-integrate enhancement mode and depletion mode high electron mobility transistors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maud Nemoz</w:t>
+                <w:t xml:space="preserve">Preferential sublimation along threading dislocations in InGaN/GaN single quantum well for improved photoluminescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vézian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ruterana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuño Amador-Méndez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132 (3), pp.035302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0089892⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2022.126779⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03741626v1</w:t>
+                <w:t xml:space="preserve">hal-03865257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous Nitride Light-Emitting Diodes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Magali Morales</w:t>
+                <w:t xml:space="preserve">Selective sublimation of GaN and regrowth of AlGaN to co-integrate enhancement mode and depletion mode high electron mobility transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Huong Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Comyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Nemoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9 (4), pp.1256-1263. </w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 593, pp.126779. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.1c01729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2022.126779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864353v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03741626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping of the electrostatic potentials in MOCVD and hybrid GaN tunnel junctions for InGaN/GaN blue emitting light emitting diodes by off-axis electron holography correlated with structural, chemical, and optoelectronic characterization</w:t>
+                <w:t xml:space="preserve">Broadband decoupling of intensity and polarization with vectorial Fourier metasurfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Cooper</w:t>
+                <w:t xml:space="preserve">Qinghua Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Fan Arcara</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Damilano</w:t>
+                <w:t xml:space="preserve">Arthur Baroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Amichi</w:t>
+                <w:t xml:space="preserve">Pin Chieh Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mavel</w:t>
+                <w:t xml:space="preserve">Virginie Brandli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 130 (2), pp.025704. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.3631. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0054810⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-23908-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03418879v1</w:t>
+                <w:t xml:space="preserve">hal-03111022v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bandwidth Unlimited Polarization-Maintaining Metasurfaces</w:t>
+                <w:t xml:space="preserve">Employing Cathodoluminescence for Nanothermometry and Thermal Transport Measurements in Semiconductor Nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q. Song</w:t>
+                <w:t xml:space="preserve">Kelly W Mauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Khadir</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">B. Damilano</w:t>
+                <w:t xml:space="preserve">Magdalena Solà-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. D Mierry</w:t>
+                <w:t xml:space="preserve">Matthias Liebtrau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abe1112⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (7), pp.11385-11395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.1c00850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03582572v1</w:t>
+                <w:t xml:space="preserve">hal-03418883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective GaN sublimation and local area regrowth for co-integration of enhancement mode and depletion mode Al(Ga)N/GaN high electron mobility transistors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Damilano</w:t>
+                <w:t xml:space="preserve">Bandwidth Unlimited Polarization-Maintaining Metasurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Khadir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vézian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. D Mierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abe1112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6641/abcbd3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03035072v1</w:t>
+                <w:t xml:space="preserve">hal-03582572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bandwidth-unlimited polarization-maintaining metasurfaces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P D Mierry</w:t>
+                <w:t xml:space="preserve">Mapping of the electrostatic potentials in MOCVD and hybrid GaN tunnel junctions for InGaN/GaN blue emitting light emitting diodes by off-axis electron holography correlated with structural, chemical, and optoelectronic characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cooper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Fan Arcara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Amichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 130 (2), pp.025704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0054810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436097v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband decoupling of intensity and polarization with vectorial Fourier metasurfaces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Virginie Brandli</w:t>
+                <w:t xml:space="preserve">Bandwidth-unlimited polarization-maintaining metasurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Khadir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Vézian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P D Mierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-23908-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03111022v2</w:t>
+                <w:t xml:space="preserve">hal-03436097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Employing Cathodoluminescence for Nanothermometry and Thermal Transport Measurements in Semiconductor Nanowires</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthias Liebtrau</w:t>
+                <w:t xml:space="preserve">Selective GaN sublimation and local area regrowth for co-integration of enhancement mode and depletion mode Al(Ga)N/GaN high electron mobility transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Huong Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Comyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Damilano</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Marie Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15 (7), pp.11385-11395. </w:t>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (2), pp.024001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.1c00850⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6641/abcbd3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418883v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03035072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-microscopy nanoscale characterization of the doping profile in a hybrid Mg/Ge-doped tunnel junction</w:t>
+                <w:t xml:space="preserve">Magnetoresistance of epitaxial GdN films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Di Russo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Mavel</w:t>
+                <w:t xml:space="preserve">Tanmay Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Joseph Trodahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Fan Arcara</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Damilano</w:t>
+                <w:t xml:space="preserve">Simon Granville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ioanna Dimkou</w:t>
+                <w:t xml:space="preserve">Franck Natali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 31 (46), pp.465706. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 128 (21), </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/ab996c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0022950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03024837v1</w:t>
+                <w:t xml:space="preserve">hal-04903902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the reactor environment on the selective area thermal etching of GaN nanohole arrays</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lasing up to 380 K in a sublimated GaN nanowire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peng Feng</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Damilano</w:t>
+                <w:t xml:space="preserve">S. Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Vezian</w:t>
+                <w:t xml:space="preserve">S. Chenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao Wang</w:t>
+                <w:t xml:space="preserve">T. Tsuchizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 116 (22), pp.223101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-62539-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0004771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03024881v1</w:t>
+                <w:t xml:space="preserve">hal-03024869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Printing polarization and phase at the optical diffraction limit: near and far-field optical encryption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinghua Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Khadir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3461,799 +3461,799 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Di Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Mavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Fan Arcara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioanna Dimkou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 31 (46), pp.465706. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6528/ab996c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03411352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">InGaN islands and thin films grown on epitaxial graphene</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-microscopy nanoscale characterization of the doping profile in a hybrid Mg/Ge-doped tunnel junction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Di Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Fan Arcara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Paillet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">B. Damilano</w:t>
+                <w:t xml:space="preserve">Ioanna Dimkou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 31 (40), pp.405601. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 31 (46), pp.465706. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/ab996c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/ab98bd⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03024853v1</w:t>
+                <w:t xml:space="preserve">hal-03024837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing topological phase in Pancharatnam-Berry metasurfaces using mesoscopic electrodynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhanjie Gao</w:t>
+                <w:t xml:space="preserve">Influence of the reactor environment on the selective area thermal etching of GaN nanohole arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandeep Golla</w:t>
+                <w:t xml:space="preserve">Peng Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajath Sawant</w:t>
+                <w:t xml:space="preserve">Stephane Vezian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Osipov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Briere</w:t>
+                <w:t xml:space="preserve">Tao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/nanoph-2020-0365⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-62539-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03582593v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ptychography retrieval of fully polarized holograms from geometric-phase metasurfaces</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rajath Sawant</w:t>
+                <w:t xml:space="preserve">InGaN islands and thin films grown on epitaxial graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peinan Ni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Virginie Brandli</w:t>
+                <w:t xml:space="preserve">C. Matei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.2651. </w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (40), pp.405601. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-16437-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/ab98bd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635286v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lasing up to 380 K in a sublimated GaN nanowire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ptychography retrieval of fully polarized holograms from geometric-phase metasurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinghua Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Baroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Sergent</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Vézian</w:t>
+                <w:t xml:space="preserve">Rajath Sawant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chenot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Tsuchizawa</w:t>
+                <w:t xml:space="preserve">Peinan Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Brandli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0004771⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.2651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-16437-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03024869v1</w:t>
+                <w:t xml:space="preserve">hal-02635286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetoresistance of epitaxial GdN films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revealing topological phase in Pancharatnam-Berry metasurfaces using mesoscopic electrodynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhanjie Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanmay Maity</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Harry Joseph Trodahl</w:t>
+                <w:t xml:space="preserve">Sandeep Golla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajath Sawant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Granville</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Vézian</w:t>
+                <w:t xml:space="preserve">Vladimir Osipov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Natali</w:t>
+                <w:t xml:space="preserve">Gauthier Briere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 128 (21), </w:t>
+              <w:t xml:space="preserve">Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (16), pp.4711-4718. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0022950⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/nanoph-2020-0365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903902v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03582593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subliming GaN into Ordered Nanowire Arrays for Ultraviolet and Visible Nanophotonics</w:t>
               </w:r>
@@ -4265,51 +4265,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Vezian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4520,90 +4520,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metasurface orbital angular momentum holography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haoran Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Briere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinyuan Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peinan Ni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajath Sawant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10, </w:t>
@@ -4641,51 +4641,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ge doped GaN and Al 0.5 Ga 0.5 N-based tunnel junctions on top of visible and UV light emitting diodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Fan Arcara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4788,90 +4788,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Top-down fabrication of GaN nano-laser arrays by displacement Talbot lithography and selective area sublimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Brandli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 12 (4), pp.045007. </w:t>
@@ -4903,797 +4903,797 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02304928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Etching‐Free Approach Toward Large‐Scale Light‐Emitting Metasurfaces</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Héron</w:t>
+                <w:t xml:space="preserve">Displacement Talbot Lithography for nano-engineering of III-nitride materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Chenot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stephane Vézian</w:t>
+                <w:t xml:space="preserve">Blandine Alloing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chausse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Walde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adom.201801271⟩</w:t>
+              <w:t xml:space="preserve">Microsystems &amp; Nanoengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41378-019-0101-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02118940v1</w:t>
+                <w:t xml:space="preserve">hal-03024884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Displacement Talbot Lithography for nano-engineering of III-nitride materials</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chausse</w:t>
+                <w:t xml:space="preserve">An Etching‐Free Approach Toward Large‐Scale Light‐Emitting Metasurfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peinan Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Walde</w:t>
+                <w:t xml:space="preserve">Sebastien Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsystems &amp; Nanoengineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 5 (1), </w:t>
+              <w:t xml:space="preserve">Advanced Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (14), pp.1801271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41378-019-0101-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adom.201801271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03024884v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02118940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced excitonic emission efficiency in porous GaN</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental and ab initio study of Mg doping in the intrinsic ferromagnetic semiconductor GdN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Gil</w:t>
+                <w:t xml:space="preserve">C.-M. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Shubina</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stephane Vezian</w:t>
+                <w:t xml:space="preserve">Julia Schacht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Warring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Joseph Trodahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin John Ruck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-34185-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5020081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01905654v1</w:t>
+                <w:t xml:space="preserve">hal-04903963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoporous GaN Made by Selective Area Sublimation for Efficient Light Emission on Si Substrate</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Enhanced excitonic emission efficiency in porous GaN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Huong Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Shubina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Vezian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (b)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssb.201700392⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.15767. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-34185-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03553871v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01905654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron transport in heavily doped GdN</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benjamin John Ruck</w:t>
+                <w:t xml:space="preserve">Mesoporous GaN Made by Selective Area Sublimation for Efficient Light Emission on Si Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vézian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Massies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.2.014405⟩</w:t>
+              <w:t xml:space="preserve">physica status solidi (b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 255 (5), pp.1700392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssb.201700392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903988v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03553871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and ab initio study of Mg doping in the intrinsic ferromagnetic semiconductor GdN</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Electron transport in heavily doped GdN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanmay Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Joseph Trodahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Natali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin John Ruck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vézian</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 123 (11), </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (1), pp.014405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5020081⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.2.014405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903963v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoluminescence properties of porous GaN and (Ga,In)N/GaN single quantum well made by selective area sublimation</w:t>
               </w:r>
@@ -5809,51 +5809,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Damilano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Alloing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6233,51 +6233,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 349 (1), pp.27-35. </w:t>
@@ -6327,51 +6327,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphene/SiC Interface Control Using Propane-Hydrogen CVD on 6H-SiC(0001) and 3C-SiC(111)/Si(111)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Roudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6764,103 +6764,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing polarized metasurface holograms by vectorial ptychography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Baroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinghua Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajath Sawant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peinan Ni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Brandli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Focus on Microscopy 2021 (FOM2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, online, Netherlands</w:t>
@@ -6889,103 +6889,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vectorial Hologram Based on Pixelated Metasurface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinghua Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Baroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajath Sawant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peinan Ni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Brandli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLEO: Applications and Technology 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OSA / IEEE, May 2020, Wahington, DC (virtual), United States. pp.ATh4I.6, </w:t>
@@ -7023,103 +7023,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing full-polarized metasurface holograms by vectorial ptychography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Baroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Chamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinghua Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajath Sawant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peinan Ni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Focus On Microscopy 2020 (FOM 2020) (Canceled Covid-19)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2020, Osaka, Japan</w:t>
@@ -7148,51 +7148,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-Ray Diffraction and Raman Spectroscopy Study of Strain in Graphene Films Grown on 6H-SiC(0001) Using Propane-Hydrogen-Argon CVD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Largeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7720,51 +7720,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de la microscopie à sonde locale à l'étude de la surface de GaN(0001)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Vezian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Science des matériaux [cond-mat.mtrl-sci]. Université de Nice-Sophia Antipolis, 2000. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7960,51 +7960,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Alouani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Al Khalfioui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V&#233;zian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boucaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtphys.2025.102006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021582v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Trodahl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane V&#233;zian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ruck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.9.L041401" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224730v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Al Khalfioui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tuan Dau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Bouyid" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Venn&#233;gu&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2024.128047" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489537v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Takiguchi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Sergent" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Damilano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chenot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c01735" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219604v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Dussaigne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Paillet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;vine Rochat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cooper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grenier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-024-00725-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489504v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Damilano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arist&#233;gui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Teisseyre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guigoz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182659" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248760v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Damilano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ruterana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/acc3a2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903745v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Miller" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Joseph Trodahl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin John Ruck" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0131472" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058161v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Reserbat-Plantey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-31928-7" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240341v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Elias" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Nemoz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rotella" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Georgi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0139588" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03828269v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Duboz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fan Arcara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Kessaci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202200055" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Huong Ngo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Comyn" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2021.108210" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865257v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chauvat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruterana" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nu&#241;o Amador-M&#233;ndez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089892" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903861v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mcnulty" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.174432" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741626v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2022.126779" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864353v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nu&#241;o Amador-Mendez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Mathieu-Pennober" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Morales" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.1c01729" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418879v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cooper" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fan Arcara" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amichi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mavel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0054810" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582572v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Song" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khadir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D Mierry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abe1112" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035072v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/abcbd3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436097v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Song" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Khadir" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S V&#233;zian" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P D Mierry" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03111022v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghua Song" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Baroni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Chieh Wu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Brandli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-23908-0" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418883v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly W Mauser" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Sol&#224;-Garcia" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Liebtrau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Coulon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c00850" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024837v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Russo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Fan Arcara" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Dimkou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab996c" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024881v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Feng" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vezian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-62539-1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582590v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khadir" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe de Mierry" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2020-0352" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03411352v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Di Russo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mavel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024853v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Paillet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Matei" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab98bd" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582593v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanjie Gao" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Golla" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajath Sawant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Osipov" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Briere" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2020-0365" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02635286v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peinan Ni" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16437-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024869v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sergent" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chenot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tsuchizawa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0004771" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903902v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanmay Maity" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Granville" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Natali" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0022950" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024899v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b01435" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02433053v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Schmitt" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Georg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Bri&#232;re" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Loukrezis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien H&#233;ron" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.9.000892" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304950v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoran Ren" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyuan Fang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11030-1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569339v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Feuillet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vezian" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ayadi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5121379" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304928v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane V&#233;zian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7567/1882-0786/ab0d32" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118940v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chenot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.201801271" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024884v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Alloing" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chausse" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Walde" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41378-019-0101-2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905654v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gil" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shubina" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34185-1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553871v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Massies" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201700392" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903988v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.2.014405" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903963v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-M. Lee" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schacht" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Warring" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5020081" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553879v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massies" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.25.033243" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223993v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alloing" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5b04949" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200742v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roudon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lefebvre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4866285" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002353v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Natali" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J. Ruch" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Trodahl" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do Le Binh" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.035202" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803559v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Portail" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2012.04.004" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4V1WH734-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311109v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Roudon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lefebvre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.711.253" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311112v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Largeau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mauguin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouerghi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201100225" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1X2XG4BK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947519v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Bouyid" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-T. Dau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Florea" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Venn&#233;gu&#232;s" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Brault" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03183699v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02962142v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2020.ATh4I.6" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02537380v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chamard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617115v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Largeau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roch Huntzinger" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Mauguin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.740-742.117" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037521v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Portail" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jouault" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Contreras" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.717-720.625" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232515v3" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Cr&#233;pin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau-Lanone" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Dimarcq" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ronda" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360199v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ferro" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cleynen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doumic" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duchemin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02527734v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Alouani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Al Khalfioui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V&#233;zian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boucaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtphys.2025.102006" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021582v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Trodahl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane V&#233;zian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ruck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.9.L041401" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224730v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Al Khalfioui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tuan Dau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Bouyid" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Venn&#233;gu&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2024.128047" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489537v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Takiguchi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Sergent" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Damilano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chenot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c01735" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219604v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Dussaigne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Paillet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;vine Rochat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cooper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grenier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43246-024-00725-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489504v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Damilano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arist&#233;gui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Teisseyre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guigoz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182659" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240341v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Elias" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Nemoz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rotella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Georgi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0139588" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248760v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Damilano" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brault" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ruterana" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gil" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/acc3a2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903745v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Miller" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Joseph Trodahl" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin John Ruck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0131472" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058161v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Reserbat-Plantey" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-31928-7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864353v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nu&#241;o Amador-Mendez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Mathieu-Pennober" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chauvat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Morales" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.1c01729" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03828269v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Duboz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fan Arcara" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Kessaci" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202200055" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467546v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Huong Ngo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Comyn" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brault" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2021.108210" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903861v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mcnulty" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.174432" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865257v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruterana" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nu&#241;o Amador-M&#233;ndez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089892" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741626v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2022.126779" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03111022v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghua Song" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Baroni" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pin Chieh Wu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Brandli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-23908-0" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418883v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly W Mauser" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Sol&#224;-Garcia" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Liebtrau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Coulon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c00850" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582572v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Song" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khadir" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D Mierry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abe1112" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418879v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cooper" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fan Arcara" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amichi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mavel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0054810" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436097v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Song" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Khadir" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S V&#233;zian" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P D Mierry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035072v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/abcbd3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903902v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanmay Maity" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Granville" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Natali" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0022950" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024869v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sergent" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chenot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tsuchizawa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0004771" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582590v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khadir" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe de Mierry" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2020-0352" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03411352v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Di Russo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mavel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Fan Arcara" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Dimkou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab996c" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024837v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Russo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024881v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Feng" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vezian" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-62539-1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024853v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Paillet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Matei" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab98bd" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02635286v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajath Sawant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peinan Ni" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-16437-9" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582593v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanjie Gao" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Golla" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Osipov" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Briere" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2020-0365" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024899v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b01435" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02433053v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Schmitt" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Georg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Bri&#232;re" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Loukrezis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien H&#233;ron" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.9.000892" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304950v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoran Ren" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyuan Fang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11030-1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569339v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Feuillet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vezian" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ayadi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5121379" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304928v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane V&#233;zian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7567/1882-0786/ab0d32" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024884v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Alloing" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chausse" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Walde" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41378-019-0101-2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118940v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chenot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.201801271" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903963v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-M. Lee" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schacht" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Warring" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5020081" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905654v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gil" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shubina" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34185-1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553871v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Massies" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201700392" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903988v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.2.014405" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553879v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massies" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.25.033243" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223993v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alloing" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5b04949" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200742v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roudon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lefebvre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4866285" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002353v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Natali" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J. Ruch" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J. Trodahl" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do Le Binh" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.035202" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803559v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Portail" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2012.04.004" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4V1WH734-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311109v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Roudon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lefebvre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.711.253" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311112v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Largeau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mauguin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouerghi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201100225" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1X2XG4BK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947519v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Bouyid" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-T. Dau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Florea" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Venn&#233;gu&#232;s" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Brault" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03183699v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02962142v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2020.ATh4I.6" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02537380v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chamard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617115v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Largeau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roch Huntzinger" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Mauguin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.740-742.117" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037521v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Portail" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jouault" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Contreras" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.717-720.625" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232515v3" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Cr&#233;pin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau-Lanone" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Dimarcq" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ronda" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360199v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ferro" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cleynen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doumic" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duchemin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02527734v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>