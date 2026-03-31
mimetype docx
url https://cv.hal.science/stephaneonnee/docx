--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> STEPHANE ONNEE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique de la pleine conscience au service d’une gouvernance comportementale des organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de l'Université de Provence. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernance des organisations : Retour sur les apports de gérard charreaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p.175-183, 2025, 9791032005422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05297983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la légitimité d’une norme : le cas de la recommendation Afep-Medef aux administrateurs indépendants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Garnotel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Puissances de la norme. Défis juridiques et managériaux des systèmes normatifs contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 93-11, 2017, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.legof.2017.01.0093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« From little acorns grow huge oak trees» - Regards on crowdfunding outlines and issues”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Edward Elgar. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Research on Digital Transformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowdfunding: principles, trends and issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Xavier Olleros and Majlinda Zhegu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Research on Digital Transformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Edward Elgar, pp.313-334, 2015, 9781784717759. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781784717766.00023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance des organisations : Entre norme et règle de droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernance juridique et fiscale des organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03590478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is “good” Corporate Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Corporate Governance and Social Responsibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03590479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normes et règles de droit en gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La force normative : naissance d’un concept</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03590471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction de la pratique de la méditation au travail : quel cheminement ? Le cas du groupe Humanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer & Comprendre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 153, pp.3-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Succès des campagnes en equity crowdfunding : une analyse à partir des outils internes et externes de communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bouaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. 20 (3), pp.17-44. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.203.0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'arrivée des RegTech sur le marché de la compliance : entre logiques juridiques et logiques managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurvan Branellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03604371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’arrivée des RegTech sur le marché de la compliance: entre logiques juridiques et logiques managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurvan Branellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de partenariat entre acteurs de la finance participative et acteurs de l’accompagnement entrepreneurial : quels impacts sur les TPE/PME ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (3-4), pp.85. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1067734ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiques partenariales au sein de l’écosystème du prêt entrepreneurial. Le partenariat plateformes du CLE – CSOEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (273), pp.85-106. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2018.00256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marché du prêt participatif en quête de régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Comptabilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 510</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’essor du crowdfunding immobilier : entre logique juridique et logique managériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurvan Branellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2017.00204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication financière et raids boursiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine de la communication de crise et sensible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La foule : un nouvel acteur dans l’accompagnement à la création d’entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (258), pp.75-87. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2016.00057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une compréhension du rôle joué par la foule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Le crowdfunding, financement de complément ou de rupture ?, Février 2016 (1), pp.12-16. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rindu1.161.0012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03245144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes de crowdfunding et acteurs de l’écosystème entrepreneurial : Quelle(s) coopération(s), quels business models ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Coopérations et réseaux, 42 (259), pp.139-154. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2016.00080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la norme d’indépendance des administrateurs aux pratiques des sociétés du CAC 40 : Implications juridiques et managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Sail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de gouvernance d'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03590457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le crowdfunding : quels enjeux pour la construction d’un réseau communautaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 91, pp.117-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowdfunding : vers une compréhension du rôle joué par la foule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (74), pp.117-133. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.074.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02484460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Theoretical Understanding of the Recurrence of Crises Embracing the Issue of Organizational Learning: An Illustration with the Case of Two Hostile Takeover Bids Faced by Société Générale (1988, 1999)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contingencies and Crisis Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (1), pp.56-68. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1468-5973.12009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02400349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le financement participatif : atouts, risques et conditions de succès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion - HEC Montréal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 38 (3), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/riges.383.0054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autopsie d'un mouvement social. La Société générale (1992-1994)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les discours managériaux dans le processus de communication financière : une analyse longitudinale du cas Saint-Gobain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 42 (1), pp.46. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.042.0046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une analyse des enjeux et des pratiques de la gestion de la relation avec l'actionnaire individuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 31, pp.25-37. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.031.25.37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02919677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital social des plateformes et des entrepreneurs : Une analyse du succès des levées de fonds sur le marché français de l’equity crowdfunding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bouaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de la Gouvernance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital social interne et réseaux sociaux : Une analyse des levées de fonds sur le marché français de l’equity crowdfunding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bouaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des 3F</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et enjeux du financement du patrimoine culturel : vers une mobilisation de la foule au service d’une dynamique entrepreneuriale territorialisée. Le cas du Domaine National de Chambord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées Georges Doriot - Entrepreneuriat et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'arrivée des RegTechs sur le marché de la compliance : entre logiques juridiques et logiques managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurvan Branellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on Digital, Innovation, Entrepreneurship and Financing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSEEC, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05471964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les plateformes de financement participatif entreprennent avec des partenaires pour mobiliser la foule ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées Georges Doriot - Entrepreneuriat et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une meilleure compréhension des logiques partenariales entre plateformes de prêt participatif et acteurs traditionnels de l’écosystème du financement entrepreneurial : le cas du partenariat avec le Conseil Supérieur de l’Ordre des Experts-Comptables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1 ère journée d’étude sur le crowdfunding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The construction of discursive strategies about extra-financial performance: a content analysis of French companies' narratives on their presence in the main SRI indexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar-Mansouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Discourse approaches to financial communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, LUGANO, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie(s) de coopération entre les acteurs de l’écosystème de l’accompagnement entrepreneurial et les plateformes de financement participatif : vers la construction de business models créateurs de valeur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84e Congrès de l’ACFAS - Association francophone pour le savoir,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, MONTREAL, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital social interne et réseaux sociaux : Une analyse des levées de fonds sur le marché français de l’equity crowdfunding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bouaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Innovation &amp; Financing Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La communication volontaire des entreprises françaises sur leur présence dans les indices boursiers socialement responsables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd CSEAR Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowdfunding : les enjeux de la construction d'un réseau communautaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6me Journées TICIS, TIC Information et Stratégies, Réseaux non sociaux?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les plateformes de crowdfunding: un levier d'externalisation et de co-création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées TICIS - TIC Informations et Stratégies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la relation avec les parties prenantes et communication financière dans un contexte de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Histoire de la Comptabilité et du Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour l'Histoire du management et des organisations, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00465804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'une bonne gouvernance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">«COMPTABILITE ET ENVIRONNEMENT »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, France. pp.CD-Rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00543220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agences de notation sociétale : la quête de légitimité dans un champ organisationnel en construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPTABILITE, CONTROLE, AUDIT ET INSTITUTION(S)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Tunisie. pp.CD-Rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00548091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puissances de la norme. Défis juridiques et managériaux des systèmes normatifs contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId81"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> STEPHANE ONNEE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise après #MeToo : controverses sur une question sensible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue interdisciplinaire droit et organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 10, pp.141-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction de la pratique de la méditation au travail : quel cheminement ? Le cas du groupe Humanis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérer & Comprendre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 153, pp.3-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’arrivée des RegTech sur le marché de la compliance: entre logiques juridiques et logiques managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurvan Branellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Succès des campagnes en equity crowdfunding : une analyse à partir des outils internes et externes de communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bouaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. 20 (3), pp.17-44. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.203.0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'arrivée des RegTech sur le marché de la compliance : entre logiques juridiques et logiques managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurvan Branellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03604371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de partenariat entre acteurs de la finance participative et acteurs de l’accompagnement entrepreneurial : quels impacts sur les TPE/PME ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (3-4), pp.85. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1067734ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiques partenariales au sein de l’écosystème du prêt entrepreneurial. Le partenariat plateformes du CLE – CSOEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (273), pp.85-106. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2018.00256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication financière et raids boursiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine de la communication de crise et sensible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marché du prêt participatif en quête de régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Comptabilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 510</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’essor du crowdfunding immobilier : entre logique juridique et logique managériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurvan Branellec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2017.00204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La foule : un nouvel acteur dans l’accompagnement à la création d’entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (258), pp.75-87. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2016.00057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une compréhension du rôle joué par la foule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Le crowdfunding, financement de complément ou de rupture ?, Février 2016 (1), pp.12-16. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rindu1.161.0012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03245144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes de crowdfunding et acteurs de l’écosystème entrepreneurial : Quelle(s) coopération(s), quels business models ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Coopérations et réseaux, 42 (259), pp.139-154. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rfg.2016.00080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la norme d’indépendance des administrateurs aux pratiques des sociétés du CAC 40 : Implications juridiques et managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najib Sail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de gouvernance d'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03590457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le crowdfunding : quels enjeux pour la construction d’un réseau communautaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 91, pp.117-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowdfunding : vers une compréhension du rôle joué par la foule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (74), pp.117-133. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.074.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02484460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Theoretical Understanding of the Recurrence of Crises Embracing the Issue of Organizational Learning: An Illustration with the Case of Two Hostile Takeover Bids Faced by Société Générale (1988, 1999)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contingencies and Crisis Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (1), pp.56-68. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1468-5973.12009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02400349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le financement participatif : atouts, risques et conditions de succès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion - HEC Montréal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 38 (3), </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/riges.383.0054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autopsie d'un mouvement social. La Société générale (1992-1994)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les discours managériaux dans le processus de communication financière : une analyse longitudinale du cas Saint-Gobain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 42 (1), pp.46. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eh.042.0046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une analyse des enjeux et des pratiques de la gestion de la relation avec l'actionnaire individuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 31, pp.25-37. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.031.25.37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02919677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique de la pleine conscience au service d’une gouvernance comportementale des organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de l'Université de Provence. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernance des organisations : Retour sur les apports de gérard charreaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p.175-183, 2025, 9791032005422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05297983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la légitimité d’une norme : le cas de la recommendation Afep-Medef aux administrateurs indépendants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Garnotel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Puissances de la norme. Défis juridiques et managériaux des systèmes normatifs contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 93-11, 2017, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ems.legof.2017.01.0093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« From little acorns grow huge oak trees» - Regards on crowdfunding outlines and issues”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Edward Elgar. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Research on Digital Transformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowdfunding: principles, trends and issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Xavier Olleros and Majlinda Zhegu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Research on Digital Transformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Edward Elgar, pp.313-334, 2015, 9781784717759. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781784717766.00023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance des organisations : Entre norme et règle de droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernance juridique et fiscale des organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03590478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is “good” Corporate Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Corporate Governance and Social Responsibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03590479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normes et règles de droit en gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La force normative : naissance d’un concept</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03590471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital social des plateformes et des entrepreneurs : Une analyse du succès des levées de fonds sur le marché français de l’equity crowdfunding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bouaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de la Gouvernance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et enjeux du financement du patrimoine culturel : vers une mobilisation de la foule au service d’une dynamique entrepreneuriale territorialisée. Le cas du Domaine National de Chambord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées Georges Doriot - Entrepreneuriat et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital social interne et réseaux sociaux : Une analyse des levées de fonds sur le marché français de l’equity crowdfunding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bouaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des 3F</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'arrivée des RegTechs sur le marché de la compliance : entre logiques juridiques et logiques managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurvan Branellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on Digital, Innovation, Entrepreneurship and Financing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSEEC, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05471964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les plateformes de financement participatif entreprennent avec des partenaires pour mobiliser la foule ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées Georges Doriot - Entrepreneuriat et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The construction of discursive strategies about extra-financial performance: a content analysis of French companies' narratives on their presence in the main SRI indexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar-Mansouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Discourse approaches to financial communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, LUGANO, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une meilleure compréhension des logiques partenariales entre plateformes de prêt participatif et acteurs traditionnels de l’écosystème du financement entrepreneurial : le cas du partenariat avec le Conseil Supérieur de l’Ordre des Experts-Comptables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1 ère journée d’étude sur le crowdfunding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital social interne et réseaux sociaux : Une analyse des levées de fonds sur le marché français de l’equity crowdfunding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bouaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric-Alain Zoukoua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Innovation &amp; Financing Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégie(s) de coopération entre les acteurs de l’écosystème de l’accompagnement entrepreneurial et les plateformes de financement participatif : vers la construction de business models créateurs de valeur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric-Alain Zoukoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84e Congrès de l’ACFAS - Association francophone pour le savoir,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, MONTREAL, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La communication volontaire des entreprises françaises sur leur présence dans les indices boursiers socialement responsables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd CSEAR Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crowdfunding : les enjeux de la construction d'un réseau communautaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6me Journées TICIS, TIC Information et Stratégies, Réseaux non sociaux?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les plateformes de crowdfunding: un levier d'externalisation et de co-création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées TICIS - TIC Informations et Stratégies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la relation avec les parties prenantes et communication financière dans un contexte de crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Chekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Histoire de la Comptabilité et du Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour l'Histoire du management et des organisations, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00465804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'une bonne gouvernance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chatelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">«COMPTABILITE ET ENVIRONNEMENT »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, France. pp.CD-Rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00543220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agences de notation sociétale : la quête de légitimité dans un champ organisationnel en construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPTABILITE, CONTROLE, AUDIT ET INSTITUTION(S)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Tunisie. pp.CD-Rom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00548091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puissances de la norme. Défis juridiques et managériaux des systèmes normatifs contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Onnee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId82"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297983v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Onnee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524911v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chatelin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garnotel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.legof.2017.01.0093" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563156v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Renault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712731v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781784717766.00023" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590478v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590479v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bessire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590471v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207383v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Nicolas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371982v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bouaiss" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric-Alain Zoukoua" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.203.0017" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604371v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Branellec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533628v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371995v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calm&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1067734ar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371991v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2018.00256" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563149v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712702v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00204" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358279v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Chekkar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712712v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric-Alain Zoukoua" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2016.00057" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03245144v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.161.0012" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712706v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2016.00080" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najib Sail" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972678v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.074.0117" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02400349v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12009" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A1B3295F6D4450557667580893680F54BCA3CDFE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712695v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/riges.383.0054" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610524v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610523v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.042.0046" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02919677v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lemoine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.031.25.37" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582426v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582469v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582514v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471964v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582494v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563172v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563160v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Chekkar-Mansouri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563178v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582574v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372172v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487590v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487568v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00465804v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543220v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00548091v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524920v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545068v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Onnee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207383v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Nicolas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533628v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Branellec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371982v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bouaiss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric-Alain Zoukoua" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.203.0017" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604371v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371995v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calm&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1067734ar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371991v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2018.00256" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358279v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Chekkar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563149v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712702v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00204" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712712v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric-Alain Zoukoua" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2016.00057" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03245144v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu1.161.0012" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712706v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2016.00080" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590457v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chatelin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najib Sail" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972678v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Renault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484460v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.074.0117" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02400349v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12009" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A1B3295F6D4450557667580893680F54BCA3CDFE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712695v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/riges.383.0054" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610523v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.042.0046" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02919677v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lemoine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.031.25.37" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297983v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524911v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garnotel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.legof.2017.01.0093" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563156v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712731v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781784717766.00023" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590478v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590479v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bessire" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590471v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582426v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582514v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582469v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471964v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582494v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563160v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Chekkar-Mansouri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563172v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582574v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563178v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372172v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487590v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487568v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00465804v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543220v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00548091v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524920v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>