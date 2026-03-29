--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -714,439 +714,439 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04298146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late Pleistocene-Holocene fluvial records of the Wadi Dishshah</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Paleolithic of northwestern Zagros. 2012–2019 MAFGS Survey: Data and preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
+                <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Desruelles</w:t>
+                <w:t xml:space="preserve">Mana Jami Alahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Marrast</w:t>
+                <w:t xml:space="preserve">Marion Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Giraud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Gernez</w:t>
+                <w:t xml:space="preserve">Isis Mesfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/geomorphologie.17247⟩</w:t>
+              <w:t xml:space="preserve">L'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 126 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anthro.2022.103053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03905596v1</w:t>
+                <w:t xml:space="preserve">hal-03854369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Paleolithic of northwestern Zagros. 2012–2019 MAFGS Survey: Data and preliminary results</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Late Pleistocene-Holocene fluvial records of the Wadi Dishshah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Desruelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Marrast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Lemée</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isis Mesfin</w:t>
+                <w:t xml:space="preserve">Guillaume Gernez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'anthropologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (4), pp.223-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geomorphologie.17247⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anthro.2022.103053⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03854369v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03905596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Pleistocene-Holocene fluvial records of the Wadi Dishshah: hydro-climatic and archaeological implications (Southern piedmont of the Hajar Mountains, Oman)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Desruelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Marrast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gernez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 28 (4), pp.223-239. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/geomorphologie.17247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -1500,51 +1500,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human occupation along the foothills of Northwestern Zagros during the Late Pleistocene and the Holocene in the Rania and Peshdar plains First results of the French archaeological mission in the Governorate of Soulaimaniah (Iraqi Kurdistan)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1634,51 +1634,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human occupation along the southern flanks of the Zagros during the Late Glacial and the Holocene in the Rania and Peshdar plains: First results of the French archaeological mission in the Governorate of Soulaimaniah (Iraqi Kurdistan)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1686,51 +1686,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjan Mashkour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paléorient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 45-2, pp.85-119. </w:t>
@@ -2183,77 +2183,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Kombewa flake production in north Oman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Beshkani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gernez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 28 (2), pp.125-137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2398,558 +2398,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03033378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupations du Paléolithique supérieur de Morschwiller-le-Bas</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jehanne Affolter</w:t>
+                <w:t xml:space="preserve">Assemblages with bifacial tools in Eurasia (third part). Considerations on the bifacial phenomenon throughout Eurasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Moncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Arzarello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boëda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marion Kucharski</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers alsaciens d'archéologie d'art et d'histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crpv.2015.11.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01576043v1</w:t>
+                <w:t xml:space="preserve">hal-01325860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assemblages with bifacial tools in Eurasia (third part). Considerations on the bifacial phenomenon throughout Eurasia</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Boëda</w:t>
+                <w:t xml:space="preserve">Occupations du Paléolithique supérieur de Morschwiller-le-Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Koehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bachellerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jehanne Affolter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Chevrier</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Kucharski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers alsaciens d'archéologie d'art et d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, LIX, pp.5-12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01325860v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01576043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupation during the Lower and Middle/Late Palaeolithic period in the Sufrat Valley (Adam region, Sultanate of Oman)</w:t>
+                <w:t xml:space="preserve">Le débitage Levallois : un concept de préhension normalisé et varié ? Exemples de productions levalloiso-moustériennes issues du site d’Umm el Tlel, Syrie centrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Paléorient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 41 (1), pp.83-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/paleo.2015.5657⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03433497v1</w:t>
+                <w:t xml:space="preserve">hal-02965377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le débitage Levallois : un concept de préhension normalisé et varié ? Exemples de productions levalloiso-moustériennes issues du site d’Umm el Tlel, Syrie centrale</w:t>
+                <w:t xml:space="preserve">Occupation during the Lower and Middle/Late Palaeolithic period in the Sufrat Valley (Adam region, Sultanate of Oman)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gernez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paléorient</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Papers from the forty-eighth meeting of the Seminar for Arabian Studies held at the British Museum, London, 25–27 July 2014, 45, pp.21-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/paleo.2015.5657⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02965377v1</w:t>
+                <w:t xml:space="preserve">hal-03433497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occupation during the Lower and Middle Palaeolithic period in the Adam region (Sufrat Valley, Sultanate of Oman).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jessica Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gernez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fouache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3938,64 +3938,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mana Jamialahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Mesfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saber Ahmed Saber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4145,64 +4145,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mana Jamialahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Mesfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saber Ahmed Saber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4833,381 +4833,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04559420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">North Oman and its potential of Lower Paleolithic occupation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large Kombewa Flake Production in North Oman.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Beshkani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Beuzen-Waller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gernez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Benmissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop organisé par K. Bretzke et N.J. Conard : The Lower Paleolithic of Arabia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Schloss Hohentübingen, Tübingen, Germany</w:t>
+              <w:t xml:space="preserve">World Archaeology Congress (WAC-8 Kyoto), session T06R Hunter-gather mobility and exhange during primary and secondary dispersals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971944v1</w:t>
+                <w:t xml:space="preserve">hal-02973113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Soulaimaniah Governorate Archaeological Survey Missions (Iraqi Kurdistan) 2012-2016 : district of Rania, Peshdhar and Dukan.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Herr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th ICAANE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Austrian Academy of Sciences, Apr 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02911983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large Kombewa Flake Production in North Oman.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">North Oman and its potential of Lower Paleolithic occupation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bonilauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Beshkani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Beuzen-Waller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gernez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I. Benmissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Archaeology Congress (WAC-8 Kyoto), session T06R Hunter-gather mobility and exhange during primary and secondary dispersals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">Workshop organisé par K. Bretzke et N.J. Conard : The Lower Paleolithic of Arabia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Schloss Hohentübingen, Tübingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973113v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche intégrée de l’outil au Paléolithique moyen, en Europe, au Proche et au Moyen-Orient. Entre inventions, diffusions et acculturations.</w:t>
               </w:r>
@@ -6074,64 +6074,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palaeolithic period in the Sufrat Valley. The first inhabitants of Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonilauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tara Beuzen-Waller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gernez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillaume Gernez; Jessica Giraud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Taming the Great Desert: Adam in the Prehistory of Oman</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archaeopress Publishing Ltd, pp.25-32, 2019, The Archaeological Heritage of Oman, 978-1-78969-181-8. </w:t>
@@ -6195,51 +6195,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Beuzen-Waller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gernez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Desruelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7533,51 +7533,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05250212v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mgeladze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Agapishvili" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonilauri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rusudan Chagelishvili" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2025.10188" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05385249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoloz Tsikaridze" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Aghapishvili" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levan Tielidze" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reed Coil" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109556" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04584258v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Vahdati Nasab" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyyed Milad Hashemi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie S&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41982-024-00180-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300531v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Beshkani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pagli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bo&#235;da" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.3119" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298146v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Forestier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2023.103196" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905596v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Beuzen-Waller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Desruelles" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marrast" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giraud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gernez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.17247" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WXLQ19HK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854369v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mana Jami Alahmadi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lem&#233;e" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Mesfin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2022.103053" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739835v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605799v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chevrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asghar Asgari Khaneghah" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makhameh Abolfathi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roozbeh Ejlalipour" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2021v20a40" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025866v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.439" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02283751v3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jamet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Hashemi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mozhgan Jayez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2019.02.005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610742v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baldi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lem&#233;e" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.702" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03950297v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Baldi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01316476v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Arzarello" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;phanie Bonilauri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.09.010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265168v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahkameh Abolfathi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Baills" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2018.10.004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365273v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.09.009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12101" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033378v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beshkani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Beuzen-Waller" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gernez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2017.4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01576043v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Koehler" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bachellerie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Affolter" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Kucharski" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01325860v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.11.007" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433497v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965377v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/paleo.2015.5657" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369372v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fouache" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529089v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Kaltnecker" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Valladas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Al Sakhel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2015.04.001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L32610FJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483596v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Faivre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duval" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104111" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033277v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Connan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Jarvie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Mercier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003598X00097623" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7CF364AEEADCFB74593374E6A9BECEBD7AD73F8F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033331v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/paleo.2008.5257" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409326v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Al-Sakhel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sultan Muhesen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/paleo.2007.5219" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033183v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432054v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vincent-Pennec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montaigne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Perrotte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Vaissi&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559437v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mana Jamialahmadi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Ahmed Saber" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559380v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559408v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04058432v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561045v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonilauri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04058286v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865313v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abolfathi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Asgari Khaneghah" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Baills" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berillon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882881v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559420v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971944v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911983v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giraud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahmed" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Herr" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973113v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Benmissi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971942v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973100v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973105v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Emery-Barbier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Courty" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Griggo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01897875v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Barbier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897888v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Al Sackel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00936673v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298674v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lourdeau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04058367v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033471v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvndv719.7" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268356v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Desruelles" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marrast" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355841v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jean" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria de Casteja" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299375v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060427v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060394v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Akhavan Kharazian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060365v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060335v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060315v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060296v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015542v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05250212v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mgeladze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Agapishvili" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonilauri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rusudan Chagelishvili" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2025.10188" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05385249v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoloz Tsikaridze" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Aghapishvili" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levan Tielidze" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reed Coil" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109556" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04584258v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Vahdati Nasab" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyyed Milad Hashemi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie S&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41982-024-00180-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300531v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Beshkani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pagli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bo&#235;da" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.3119" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298146v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Forestier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2023.103196" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854369v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giraud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mana Jami Alahmadi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lem&#233;e" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Mesfin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2022.103053" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905596v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Beuzen-Waller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Desruelles" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marrast" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gernez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.17247" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WXLQ19HK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739835v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605799v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chevrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asghar Asgari Khaneghah" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makhameh Abolfathi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roozbeh Ejlalipour" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2021v20a40" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025866v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.439" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02283751v3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jamet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Hashemi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mozhgan Jayez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2019.02.005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610742v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baldi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lem&#233;e" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.702" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03950297v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Baldi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01316476v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Arzarello" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;phanie Bonilauri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.09.010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265168v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahkameh Abolfathi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Baills" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2018.10.004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365273v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.09.009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12101" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033378v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beshkani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Beuzen-Waller" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gernez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2017.4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01325860v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.11.007" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01576043v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Koehler" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bachellerie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Affolter" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Kucharski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965377v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/paleo.2015.5657" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433497v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369372v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fouache" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529089v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Kaltnecker" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Valladas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Al Sakhel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2015.04.001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L32610FJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483596v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Faivre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duval" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104111" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033277v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Connan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Jarvie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Mercier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0003598X00097623" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7CF364AEEADCFB74593374E6A9BECEBD7AD73F8F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033331v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/paleo.2008.5257" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409326v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Al-Sakhel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sultan Muhesen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/paleo.2007.5219" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033183v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432054v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vincent-Pennec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montaigne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Perrotte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Vaissi&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559437v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mana Jamialahmadi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saber Ahmed Saber" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559380v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559408v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04058432v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561045v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonilauri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04058286v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865313v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abolfathi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Asgari Khaneghah" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Baills" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berillon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882881v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559420v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973113v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Benmissi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911983v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giraud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahmed" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Herr" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971944v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971942v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973100v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973105v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Emery-Barbier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Courty" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Griggo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01897875v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Barbier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897888v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Al Sackel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00936673v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Emery-Barbier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298674v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lourdeau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04058367v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033471v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvndv719.7" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268356v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Desruelles" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marrast" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355841v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jean" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria de Casteja" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299375v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060427v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060394v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Akhavan Kharazian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060365v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060335v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060315v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060296v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015542v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>