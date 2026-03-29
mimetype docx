--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -2226,415 +2226,415 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01734825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A combined spectroscopic and theoretical approach to investigate structural properties of Co(II)/Co(III) tris-cysteinato complexes in aqueous medium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selective synthesis of trans-disubstituted-beta-lactams from N-phenylsulfenylimines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Coantic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Bresson</w:t>
+                <w:t xml:space="preserve">D. Mouysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riccardo Spezia</w:t>
+                <w:t xml:space="preserve">S. Mignani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Esnouf</w:t>
+                <w:t xml:space="preserve">M. Tabart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L. Stella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 48, pp.4301-4303</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02512569v1</w:t>
+                <w:t xml:space="preserve">hal-00158211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective synthesis of trans-disubstituted-beta-lactams from N-phenylsulfenylimines</w:t>
+                <w:t xml:space="preserve">The use of N-Sulfenylimines in the beta-lactam synthon method: Staudinger reaction, oxidation of the cycloadducts and ring opening of beta-lactams .</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Coantic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mouysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mignani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tabart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Stella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 48, pp.4301-4303</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 63, pp.3205-3216</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158211v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00159825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of N-Sulfenylimines in the beta-lactam synthon method: Staudinger reaction, oxidation of the cycloadducts and ring opening of beta-lactams .</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Coantic</w:t>
+                <w:t xml:space="preserve">A combined spectroscopic and theoretical approach to investigate structural properties of Co(II)/Co(III) tris-cysteinato complexes in aqueous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Mouysset</w:t>
+                <w:t xml:space="preserve">Riccardo Spezia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mignani</w:t>
+                <w:t xml:space="preserve">Stéphane Esnouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Tabart</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Coantic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 31 (10), pp.1789. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b707055a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00159825v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02512569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et3B- and Et2Zn-Mediated Radical Additions to Glyoxylate Imines, Compared Stereoinductions</w:t>
               </w:r>
@@ -2693,90 +2693,90 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Perfetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 56 (24), pp.3951-3961. </w:t>
+              <w:t xml:space="preserve">, 2000, 56 (24), pp.3951 - 3961. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0040-4020(00)00327-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03223960v1</w:t>
+                <w:t xml:space="preserve">hal-01891134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et3B- and Et2Zn-Mediated Radical Additions to Glyoxylate Imines, Compared Stereoinductions</w:t>
               </w:r>
@@ -2835,90 +2835,90 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Perfetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 56 (24), pp.3951 - 3961. </w:t>
+              <w:t xml:space="preserve">, 2000, 56 (24), pp.3951-3961. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0040-4020(00)00327-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01891134v1</w:t>
+                <w:t xml:space="preserve">hal-03223960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3055,277 +3055,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03821638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse verte de chaînes grasses de rhamnolipides</w:t>
+                <w:t xml:space="preserve">Eco-friendly synthesis of (R)-3hydroxydecanoic acid and analogues: New green pathway to highly potent elicitor(s) of plant immune system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Flourat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Petracco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Belhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Castex</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Charlotte Belhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
+              <w:t xml:space="preserve">6th Green &amp; Sustainable Chemistry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03821644v1</w:t>
+                <w:t xml:space="preserve">hal-03821650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eco-friendly synthesis of (R)-3hydroxydecanoic acid and analogues: New green pathway to highly potent elicitor(s) of plant immune system</w:t>
+                <w:t xml:space="preserve">Synthèse verte de chaînes grasses de rhamnolipides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Flourat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzo Petracco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Belhomme</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Castex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Green &amp; Sustainable Chemistry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Online, France</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03821650v1</w:t>
+                <w:t xml:space="preserve">hal-03821644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3541,51 +3541,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="476F0CBA"/>
+    <w:nsid w:val="AB536E1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3772,51 +3772,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephanie-castex" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3308-1519" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04552559v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Petracco" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L Flourat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Belhomme" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Castex" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brunissen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2024.1362878" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622416v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouda Jakhlal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Denhez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Coantic-Castex" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Martinez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harakat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ob00279b" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314619v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ivaldi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Foy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vall&#233;e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline R&#233;mond" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovad082" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850053v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ob00044j" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03908104v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Juvin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Malherbe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NJ02468C" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812883v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bliard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Haudrechy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428821v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504338v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.8b00723" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380447v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaume" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Clivio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc04355a" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349838v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lameiras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Patis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700636" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jakhlal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic-Castex" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denhez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petermann" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc04212g" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118083v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moriou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Plashkevych" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Chattopadhyaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo502230n" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01799030v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cr300011s" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891113v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#226;dia Asgatay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Philippe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja1023173" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583012v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jeanson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B813523A" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6VLVJSBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01734825v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Coantic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Subra" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10989-008-9123-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LKQF5SW0-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02512569v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bresson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Esnouf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b707055a" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-SNSDX7HQ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158211v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mouysset" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mignani" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tabart" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stella" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159825v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03223960v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bertrand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Feray" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Nouguier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Perfetti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(00)00327-6" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5CJXSZ8F-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891134v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03821638v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Flourat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03821644v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Allais" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03821650v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03552244v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429168703-86" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephanie-castex" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3308-1519" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04552559v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Petracco" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L Flourat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Belhomme" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Castex" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brunissen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2024.1362878" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622416v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouda Jakhlal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Denhez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Coantic-Castex" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Martinez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harakat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ob00279b" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314619v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ivaldi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Foy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vall&#233;e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline R&#233;mond" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovad082" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850053v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ob00044j" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03908104v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Juvin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Malherbe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NJ02468C" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812883v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bliard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Haudrechy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428821v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504338v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.8b00723" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380447v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaume" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Clivio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc04355a" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349838v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lameiras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Patis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700636" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jakhlal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic-Castex" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Denhez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petermann" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc04212g" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118083v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moriou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Plashkevych" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Chattopadhyaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo502230n" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01799030v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cr300011s" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891113v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#226;dia Asgatay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Philippe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja1023173" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583012v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jeanson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B813523A" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6VLVJSBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01734825v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Coantic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Subra" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10989-008-9123-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LKQF5SW0-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158211v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mouysset" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mignani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tabart" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stella" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159825v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02512569v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bresson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Esnouf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b707055a" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-SNSDX7HQ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891134v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bertrand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Feray" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Nouguier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Perfetti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(00)00327-6" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5CJXSZ8F-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03223960v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03821638v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Flourat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03821650v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Allais" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03821644v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03552244v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429168703-86" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>