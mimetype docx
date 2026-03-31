--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1488,286 +1488,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04955987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lapin, le pommier et les bénéfices écosystémiques interspécifiques</w:t>
+                <w:t xml:space="preserve">Benefits and limits of an organic agroforestry system associating rabbits and apple tree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davi Savietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Fetiveau</w:t>
+                <w:t xml:space="preserve">Simon S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Lamothe</w:t>
+                <w:t xml:space="preserve">Evelyne Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Rodriguez</w:t>
+                <w:t xml:space="preserve">Myriam Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire METABIO 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, 29, pp.855, Book of Abstracts of the 74th Annual Meeting of the European Federation of Animal Science. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-936-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04044072v1</w:t>
+                <w:t xml:space="preserve">hal-04196641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits and limits of an organic agroforestry system associating rabbits and apple tree</w:t>
+                <w:t xml:space="preserve">Le lapin, le pommier et les bénéfices écosystémiques interspécifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davi Savietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Lhoste</w:t>
+                <w:t xml:space="preserve">Manon Fetiveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Grillot</w:t>
+                <w:t xml:space="preserve">Laurence Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire METABIO 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Saint-Malo, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04196641v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cours (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2032,64 +2032,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davi Savietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Fetiveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Drusch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2587,51 +2587,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="413B98E2"/>
+    <w:nsid w:val="03ABA35F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2818,51 +2818,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephanie-drusch" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-5866-0193" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05040584v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Affholder" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouvard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cheviron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Drusch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-36392-6" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820209v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruesch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Codini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol98-art17" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04224414v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Temple-Boyer--Dury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Derbez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aymard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2023.100051" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185053v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hilaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bussi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2023.126866" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163259v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Montrognon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labeyrie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hostalnou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1355.24" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163240v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1352.15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625903v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Genay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cousini&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fichepoil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.233.0013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303868v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Morel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Guillermin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Merlin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650806v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Mesbahi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Signoret" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955987v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Mahmoud Memmah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04044072v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fillon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fetiveau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rodriguez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196641v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S." TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lhoste" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786167v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222591v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521134v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233227v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707099v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubry" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500402v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delame" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alizee Thoueille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huyghe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephanie-drusch" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-5866-0193" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05040584v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Affholder" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouvard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cheviron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Drusch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-36392-6" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820209v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruesch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Codini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol98-art17" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04224414v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Temple-Boyer--Dury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Derbez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aymard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2023.100051" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185053v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hilaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bussi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2023.126866" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163259v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Montrognon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Labeyrie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hostalnou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1355.24" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05163240v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1352.15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625903v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Genay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cousini&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fichepoil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.233.0013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303868v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Morel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Guillermin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Merlin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650806v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Mesbahi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Signoret" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955987v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Mahmoud Memmah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196641v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fillon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lhoste" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04044072v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fetiveau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rodriguez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786167v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222591v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521134v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233227v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707099v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Aubry" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500402v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delame" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alizee Thoueille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huyghe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>