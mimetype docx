--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1302,674 +1302,674 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02478113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">American Women Writers Abroad: Myth and Reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durrans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1 | 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Kings in Exile”: Children’s Literature in Willa Cather’s Early Fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durrans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Leaves</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Minor Voices? When Major Literary Authors Write for Children, 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02478175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">American Women Writers Abroad: Myth and Reality</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La Femme en ce jardin : l’auto-réécriture dans Le Jardin des délices »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durrans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de L'Herne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Joyce Carol Oates, pp.147-150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What's in a Child's Voice?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Benson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jaëck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durrans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leaves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Voix d’enfants, regards d’enfants /The Child’s Voice, the Child’s Gaze, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La Nouvelle-Orléans, miroir des angoisses de l’Amérique ? The Not Yet, roman dystopique de Moira Crone »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durrans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“The Translation in the Closet: Willa Cather and Marguerite Yourcenar”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durrans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Willa Cather Newsletter and Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 58 (n°2), pp.50-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From ‘the Tyranny of the Stomach' to the World ‘Beyond' : Food and Utopia in The House of Mirth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durrans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spaces of Utopia: An Electronic Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2nd series (No. 3), pp.53--69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rimbaud’s Influence on Jayne Anne Phillips: from Sweethearts to Shelter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durrans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 1 | 2018</w:t>
+              <w:t xml:space="preserve">, 2012, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...391 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01542170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D'une rhétorique de l'incarnation aux territoires du neutre : art et utopie dans l'øeuvre de Willa Cather</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durrans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Essais sur l'art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Art et utopie : Pens\'{e}es anglo-am\'{e}ricaines (V), pp.45--52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736675v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01542170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Temptation of St Peter: Flaubert’s Saint Anthony and Cather’s The Professor’s House</w:t>
               </w:r>
@@ -2326,165 +2326,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Machine in the Garden of American Literature: Making and Marketing in The Whole Family</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durrans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minds, Networks, Narratives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Zagreb, Croatie, Nov 2024, Zagreb, Croatie, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05300194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Mudwoman in the Academia: The Spectral Presence of Jane Eyre and Antoinette Cosway in Joyce Carol Oates’s Mudwoman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durrans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">“Specters of Feminism in the Work of Joyce Carol Oates”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Aix-Marseille, Mar 2024, Aix (Aix-Marseille Université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05300197v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05300194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘Ils vont voir des différences, mais quand même c’est du français’ : poésie et hospitalité de la langue dans L’École Gombo de Kirby Jambon</w:t>
               </w:r>
@@ -5735,51 +5735,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voix d’enfants, regards d’enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durrans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Benson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Dufaure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6021,51 +6021,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DDA58EA6"/>
+    <w:nsid w:val="2E348FE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6169,51 +6169,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F74E6CF3"/>
+    <w:nsid w:val="567A86FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6317,51 +6317,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="1B79A50E"/>
+    <w:nsid w:val="69E68D17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6465,51 +6465,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="CD33C52D"/>
+    <w:nsid w:val="D7D23852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6613,51 +6613,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="87A868FE"/>
+    <w:nsid w:val="1940C626"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6856,51 +6856,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041917v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Durrans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171031v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durrans" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bvx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881323v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518733v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18422/74-1397" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04165298v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950481v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950511v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950516v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478116v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520285v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477912v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejas.14869" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478175v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520296v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478143v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478124v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Benson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ja&#235;ck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478109v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736620v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736675v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542170v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542029v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736749v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378100v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309326v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518746v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300197v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300194v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518744v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518743v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518742v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518740v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478265v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478271v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478261v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478228v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478255v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478193v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478209v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478198v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478188v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478184v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387432v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vasilopoulou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bonnet-Falandry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moya Jones" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.18632" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378093v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04621218v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Buisson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950477v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03093004v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478097v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478083v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478169v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.6551" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478165v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478149v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478130v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541948v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541956v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541955v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541990v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478054v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478079v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478030v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596796v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caporossi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recherche.univ-pau.fr/fr/productions-scientifiques/puppa/publications/collections/efm/desirs-attraits-et-peurs-des-frontieres.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477891v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520362v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477860v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477919v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.18608" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477929v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477925v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03115424v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477899v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dufaure" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirpa Salenius" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477906v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477882v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhorine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478138v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041917v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Durrans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171031v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durrans" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bvx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881323v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518733v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18422/74-1397" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-04165298v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950481v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950511v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950516v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478116v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520285v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477912v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejas.14869" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520296v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478175v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478143v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599778v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Benson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ja&#235;ck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478124v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478109v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736620v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542170v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736675v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542029v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02736749v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378100v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309326v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518746v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300194v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300197v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518744v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518743v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518742v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518740v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478265v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478271v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478261v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478228v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478255v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478193v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478209v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478198v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478188v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478184v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387432v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vasilopoulou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bonnet-Falandry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moya Jones" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.18632" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378093v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04621218v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Buisson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950477v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03093004v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478097v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478083v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478169v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.6551" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478165v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478149v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478130v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541948v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541956v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541955v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541990v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478054v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478079v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478030v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596796v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caporossi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recherche.univ-pau.fr/fr/productions-scientifiques/puppa/publications/collections/efm/desirs-attraits-et-peurs-des-frontieres.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477891v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520362v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477860v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477919v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.18608" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477929v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477925v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-03115424v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477899v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dufaure" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirpa Salenius" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477906v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02477882v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhorine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux-montaigne.hal.science/hal-02478138v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>