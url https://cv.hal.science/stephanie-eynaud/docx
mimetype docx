--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -356,96 +356,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tensions identitaires chez les étudiant·es entrepreneur·es</w:t>
+                <w:t xml:space="preserve">Identity tensions among student entrepreneurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Eynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIMS- Association Internationale de Management stratégique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UQAM - Université de québec à Montréal, Jun 2024, Montréal (Québec), Canada</w:t>
+              <w:t xml:space="preserve">Gender Work and Organization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cape Breton University's Shannon School of Business, Jun 2024, Sydney (Nova Scotia), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04718268v1</w:t>
+                <w:t xml:space="preserve">hal-04718276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repenser l'Éducation Entrepreneuriale à travers le Prisme du Genre : Une Analyse Épistémologique</w:t>
               </w:r>
@@ -576,96 +576,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04930511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identity tensions among student entrepreneurs</w:t>
+                <w:t xml:space="preserve">Les tensions identitaires chez les étudiant·es entrepreneur·es</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Eynaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gender Work and Organization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cape Breton University's Shannon School of Business, Jun 2024, Sydney (Nova Scotia), Canada</w:t>
+              <w:t xml:space="preserve">AIMS- Association Internationale de Management stratégique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UQAM - Université de québec à Montréal, Jun 2024, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04718276v1</w:t>
+                <w:t xml:space="preserve">hal-04718268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">For a better understanding of the embeddedness of women student entrepreneurs into the entrepreneurial ecosystem</w:t>
               </w:r>
@@ -1303,51 +1303,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05407810v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Eynaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025UJMO0047" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407507v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407515v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718268v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755408v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Dorval" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930511v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718276v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718247v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718301v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718297v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Catanzaro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Foliard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817337v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darveau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.062.0068" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022911v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.053.0069" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05407810v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Eynaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025UJMO0047" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407507v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407515v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718276v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755408v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Dorval" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930511v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718268v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718247v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718301v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718297v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Catanzaro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Foliard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817337v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darveau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.062.0068" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022911v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.053.0069" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>