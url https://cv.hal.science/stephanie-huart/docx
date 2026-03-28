--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -191,51 +191,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disparités en terres du Nord, du Moyen Âge à nos jours. Conclusions</w:t>
+                <w:t xml:space="preserve">Disparités en terres du Nord, du Moyen Âge à nos jours. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Delcourte Delcourte Debarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Huart</w:t>
@@ -244,78 +244,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Santinelli-Foltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Nord</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Disparités en terres du Nord, du Moyen Âge à nos jours, 429 (1), pp.167-170. </w:t>
+              <w:t xml:space="preserve">, 2019, Disparités en terres du Nord, du Moyen Âge à nos jours, 429 (1), pp.7-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdn.429.0167⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rdn.429.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913369v1</w:t>
+                <w:t xml:space="preserve">hal-02913368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Anka Idrissi, Fanny Gallot, Gaël Pasquier, Enseigner l'égalité filles-garçons, Paris, Dunod, 2018</w:t>
               </w:r>
@@ -368,273 +368,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02913242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disparités géographiques, disparités sociales : l'aire de recrutement des immigrants à Valenciennes à la fin du Moyen Âge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+                <w:t xml:space="preserve">Disparités en terres du Nord, du Moyen Âge à nos jours. Conclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Delcourte Delcourte Debarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Santinelli-Foltz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Nord</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Disparités en terres du Nord, du Moyen Âge à nos jours, 429 (1), pp.167-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdn.429.0167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disparités géographiques, disparités sociales : l'aire de recrutement des immigrants à Valenciennes à la fin du Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2019, Disparités en terres du Nord, du Moyen Âge à nos jours, 101 (429), pp.41-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Conchon, Hélène Noizet et Michel Ollion, Les Limites de Paris (XIIe-XVIIIe siècles), Lille, Presses universitaires du Septentrion, 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913239v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-02913368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questes, Le Bathyscaphe d’Alexandre. L’homme et la mer au Moyen Âge, Paris, Vendémiaire, 2018</w:t>
               </w:r>
@@ -1397,337 +1397,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03505760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ambre Vilain, Imago urbis. Les sceaux de villes au Moyen Âge, Paris, CTHS, 2018 (recension)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sandrine Victor, Les fils de Canaan. L’esclavage au Moyen Âge (recension)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bourdin, Stéphane Le Bras (dir.), Les fausses nouvelles. Un millénaire de bruits et de rumeurs dans l'espace public français, Clermont-Ferrand, Presses universitaires Blaise Pascal, 2018 (recension)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Delcourte, Espaces forestiers et sociétés en Avesnois (XIVe-début du XVIIIe siècle). Étude du paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Médié V@l. Communautés et territoires dans le Valenciennois médiéval - carnet de recherches https://valmed.hypotheses.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913367v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-02913238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1739,234 +1739,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le couple dans la ville à la fin du Moyen Âge : un moyen efficace d’intégration à la communauté urbaine ? L’exemple de Valenciennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Penser le genre » de l’Ecole Doctorale EDSHS, journée Autour du couple conjugal, de l'Antiquité à nos jours. Approche pluridisciplinaire organisée par Emmanuelle Santinelli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Villeneuve d'Ascq, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La transmission du patrimoine familial au prisme de la relation grands-parents/petits-enfants. L’exemple des nobles demoiseaus bourgeois de Valenciennes à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grand-parentalité et patrimoine : approche historique et juridique, de l'Antiquité à nos jours, journée d'études organisée par Emmanuelle Santinelli, Viviane Morgan et Solange Segala</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’animal dans la ville, créateur de lien social. L’exemple de Valenciennes à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les animaux… l’histoire continue. Hommage à Robert Delort</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508410v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02508415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valenciennes et son plat-pays à la fin du Moyen Âge : du projet de recherches à la rédaction d’une thèse</w:t>
               </w:r>
@@ -2429,303 +2429,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01521531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Construire un réseau pour contrôler l’espace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Université d’été Les réseaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Ferney-Voltaire, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02913262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maintenir la paix dans la communauté et affirmer l’identité urbaine : bannis et bannissement à Valenciennes au XIVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Questes, Faire communauté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02913261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’identité d’une bonne ville à travers ses réseaux. L’exemple de Valenciennes et son plat-pays à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctoriales du CALHISTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Où commence le rural ? Où commence l’urbain ? Pénétrer en territoire urbain à Valenciennes à la fin du Moyen Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Huart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces frontaliers de l’Antiquité à la fin du Moyen Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01912243v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-02913262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId47"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2880,51 +2880,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913229v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Huart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913369v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Delcourte Delcourte Debarre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Santinelli-Foltz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.429.0167" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913242v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508407v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913239v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913368v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.429.0007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913235v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508421v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378650v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505755v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912253v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419895v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522293v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378671v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521548v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505760v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913228v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913232v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913234v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913367v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913238v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508413v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508410v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508415v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913263v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913265v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508423v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913243v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912268v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521526v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521531v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508424v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912243v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913261v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913262v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913229v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Huart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913368v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Delcourte Delcourte Debarre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Santinelli-Foltz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.429.0007" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913242v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913369v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.429.0167" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508407v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913239v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913235v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508421v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378650v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505755v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912253v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419895v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522293v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378671v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521548v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505760v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913232v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913228v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913234v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913238v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913367v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508415v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508413v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508410v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913263v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913265v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508423v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913243v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912268v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521526v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521531v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913262v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913261v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508424v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912243v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>