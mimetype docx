--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:99.21875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Dr. Stephanie Lukasik </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Experte élue au Conseil de l’Europe sur la sécurité en ligne et la responsabilisation des créateurs de contenus et des usagers sous l’autorité du Comité des Ministres et du Comité directeur sur les médias et la société de l’information</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignante-chercheuse Maître de conférences</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Docteure en Sciences de l'Information et de la Communication (71e section du CNU)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice du Medialux Project</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-directrice du Luxembourg Media Pluralism Monitor, Centre for Media Pluralism and Media Freedom, European University Institute</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Experte nommée au Conseil consultatif de Disinfocheck by Edmo Belux, Monitoring Disinformation in Belgium and Luxembourg</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Experte Luxembourg pour le Classement mondial de la liberté de la presse de Reporters sans frontières (RSF).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intérêts de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : communication, information, réseaux sociaux, réseaux socionumériques, éthique digitale, communication stratégique, influence, usages et pratiques informationnelles, réception des publics et des jeunes adultes, médias, circulation de l'information, créateurs de contenus/ influenceurs, usagers-récepteurs, stratégies de communication et d'influence des organisations médiatiques et politiques, journalisme, journalisme public, innovations journalistiques, relations publiques, communication interpersonnelle, leadership d'opinion, homophilie, bulles de filtres, groupes et persuasion, démocratie, formation de l'opinion, désinformation et menaces hybrides telles que la réinformation et la mésinformation.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche fondamentale et recherche appliquée avec méthodologies mixtes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (qualitatives et quantitatives) : analyse de contenu, de données et de traces numériques, entretiens, questionnaires, focus groupes, analyse des réseaux socionumériques, conception du modèle de l'usager-récepteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Expertises scientifiques pour le Centre National du Livre (CNL) et la revue canadienne </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conseil de l'Europe, Comité d'experts sur la sécurité en ligne et la responsabilisation des créateurs de contenus et des usagers (MSI-eSEC) :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1ère réunion : Le Comité d’experts sur la sécurité en ligne et l'autonomisation des créateurs de contenus et des usagers a tenu sa première reunion</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.coe.int/fr/web/freedom-expression/-/committee-of-experts-on-online-safety-and-empowerment-of-content-creators-and-users-held-its-first-meeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2e réunion : Le Comité d’experts sur la sécurité en ligne et l'autonomisation des créateurs de contenus et des usagers (MSI-eSEC) a tenu sa deuxième réunion</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.coe.int/fr/web/freedom-expression/-/the%C2%A0committee-of-experts-online-safety-and-empowerment-of-content-creators-and-users-msi-esec-%C2%A0held-its-second-meeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Passages dans les médias :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Monde :Pour les réseaux sociaux, la fin d’un règne ?</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/pixels/article/2024/10/06/pour-les-reseaux-sociaux-la-fin-d-un-regne_6344843_4408996.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sur les réseaux sociaux, l’humour comme remède à l’écoanxiété.Une nouvelle tendance de créateurs de contenus apparaît depuis quelques mois : jouer la comédie quelques minutes pour sensibiliser aux enjeux écologiques.</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/planete/article/2024/04/21/sur-les-reseaux-sociaux-l-humour-comme-remede-a-l-ecoanxiete_6229037_3244.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chez les influenceurs, une difficile reconversion écologique</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/pixels/article/2022/12/17/chez-les-influenceurs-une-difficile-reconversion-ecologique_6154800_4408996.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’influenceur, figure moderne du « self-made-man »</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/campus/article/2023/04/04/l-influenceur-figure-moderne-du-self-made-man_6168150_4401467.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Législatives 2024 : chez les influenceurs, une mobilisation contre le RN à marche forcée</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/pixels/article/2024/06/22/legislatives-2024-chez-les-influenceurs-une-mobilisation-contre-le-rn-a-marche-forcee_6242494_4408996.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mediapart :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le mouvement anti-passe et antivax en effervescence sur les réseaux sociaux</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.mediapart.fr/journal/france/030921/le-mouvement-anti-passe-et-antivax-en-effervescence-sur-les-reseaux-sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La nouvelle mode de la « désinfluence » sur les réseaux sociaux, une autre méthode de « greenwashing »</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.mediapart.fr/journal/ecologie/260223/la-nouvelle-mode-de-la-desinfluence-sur-les-reseaux-sociaux-une-autre-methode-de-greenwashing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Figaro : Plus de la moitié des internautes français confrontés à une infox en 2021 </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lefigaro.fr/secteur/high-tech/plus-de-la-moitie-des-internautes-francais-confrontes-a-une-infox-en-2021-20220726</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Express :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enquête &amp;quot;Jusqu’à 1000 euros la vidéo&amp;quot; : les soignants, des influenceurs (presque) comme les autresSur les réseaux sociaux, les infirmiers, médecins, kinés ou pharmaciens attirent les marques, mais aussi les laboratoires ou mutuelles, pour des opérations d'influence. Deux députés veulent réguler cette pratique.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lexpress.fr/societe/jusqua-1000-euros-la-video-les-soignants-des-influenceurs-presque-comme-les-autres-VPGTTMQKENA4VNB5U27OR3FIYI/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France Culture :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Grand Reportage &amp;quot;Influenceurs, une activité à réguler&amp;quot;.Ils s'invitent dans l'actualité au gré de leurs scandales : les influenceurs, ces personnes qui vivent de leur activité sur les réseaux sociaux. Récemment, certains ont été accusés de manquements ou d'arnaques. En réaction, le secteur et les autorités ont décidé de mieux réguler cette activité. Avec Stéphanie Lukasik enseignante-chercheuse en sciences de l'information et de la communication à l'université du Luxembourg et autrice de &amp;quot;L'influence des leaders d'opinion&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.radiofrance.fr/franceculture/podcasts/grand-reportage/influenceurs-une-activite-a-reguler-1951385</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Entretien pour France Culture : &amp;quot;opposants au pass sanitaire : il y a une confusion entre les institutions et les médias</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.franceculture.fr/medias/opposants-au-pass-sanitaire-il-y-a-une-confusion-entre-les-institutions-et-les-medias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Passage au journal de France Culture du 31 Juillet 2021 : </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.google.com/url?sa=t&source=web&rct=j&opi=89978449&url=https://www.radiofrance.fr/franceculture/podcasts/journal-de-18h/troisieme-samedi-de-mobilisation-contre-le-pass-sanitaire-9903874&ved=2ahUKEwjb79Gt8tiGAxXzcKQEHWTKCUU4ChAWegQICBAB&usg=AOvVaw39CeQyiP4lS1bt17u8Ihub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Revue des médias, INA :Chez les attachés de presse, les influenceurs ont détrôné les journalistes.</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://larevuedesmedias.ina.fr/influenceurs-journalistes-attaches-de-presse-communication-marketing-regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Journal du Dimanche (JDD) :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quel impact les réseaux ont-ils sur le phénomène de la grande démission ? </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lejdd.fr/Societe/quel-impact-les-reseaux-ont-ils-sur-le-phenomene-de-la-grande-demission-4126292</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Johnny Depp face à Amber Heard le récit d'une victoire par Tik-Tok </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lejdd.fr/International/johnny-depp-face-a-amber-heard-le-recit-dune-victoire-par-tiktok-4115623</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Usbek & Rica :&amp;quot;Désinfluence&amp;quot; : quand la consommation ne fait plus vendre</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://usbeketrica.com/fr/article/desinfluence-quand-la-consommation-ne-fait-plus-vendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carenews :Repartager un post militant sur les réseaux sociaux... Cela sert-il à quelque chose ?</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.carenews.com/carenews-info/news/repartager-un-post-militant-sur-les-reseaux-sociaux-cela-sert-il-a-quelque-chose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlantico :Et voilà maintenant les dé-influenceurs.International. Décryptage.</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://atlantico.fr/article/decryptage/et-voila-maintenant-les-de-influenceurs-stephanie-lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France 3 :&amp;quot;Il y a énormément de dérives&amp;quot; : la proposition de loi pour l'encadrement des influenceurs sera-t-elle à la hauteur ?</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://france3-regions.francetvinfo.fr/centre-val-de-loire/indre-loire/tours/il-y-a-enormement-de-derives-la-proposition-de-loi-pour-l-encadrement-des-influenceurs-sera-t-elle-a-la-hauteur-2742434.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Influenceurs politiquement engagés : le nouveau visage de la mobilisation citoyenne.</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://france3-regions.francetvinfo.fr/centre-val-de-loire/influenceurs-politiquement-engages-le-nouveau-visage-de-la-mobilisation-citoyenne-2743398.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Presse : Comment TikTok précipite la mue du marché du travail. Interview pour l'Agence France Presse (AFP). </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lapresse.ca/affaires/2022-01-29/je-demissionne/comment-tiktok-precipite-la-mue-du-marche-du-travail.php</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notre temps :Législatives: entre engagement et consensus, le difficile équilibre des influenceurs</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.notretemps.com/depeches/legislatives-entre-engagement-et-consensus-le-difficile-equilibre-des-influenceurs-93043</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Parisien :« Je sais que je risque de perdre des abonnés » : quand des influenceurs appellent à voter contre le RN</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.leparisien.fr/societe/je-sais-que-je-risque-de-perdre-des-abonnes-quand-des-influenceurs-appellent-a-voter-contre-le-rn-14-06-2024-QRD7WIGF7ZB5FHQL6NSHDLV574.php</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Curieux! :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Comment une vidéo devient-elle virale ? Le vrai du faux</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.curieux.live/2021/11/25/comment-une-video-devient-elle-virale%E2%80%89/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouest France :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Covid-19. Le gouvernement a-t-il manqué de prudence en levant l'ensemble des restrictions ? </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.ouest-france.fr/sante/virus/coronavirus/covid-19-le-gouvernement-a-t-il-manque-de-prudence-en-levant-l-ensemble-des-restrictions-17a65c64-a9c6-11ec-a5d3-077a6bd58027</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les gens ont un besoin d'information locale de proximité</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.ouest-france.fr/bretagne/vannes-56000/vannes-les-gens-ont-un-besoin-d-information-locale-de-proximite-c074e9ec-3805-11ec-91f1-9d137aad4b8a</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle.fr :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les influenceurs peuvent-ils sauver le monde ?</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/Les-enquetes/Les-influenceurs-peuvent-ils-sauver-le-monde-3943059</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ukraine : les influenceuses, nouveaux soldats du cyberespace</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/Les-enquetes/Ukraine-les-influenceuses-nouveaux-soldats-du-cyberespace-4009041</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pourquoi comme Rihanna les stars ultimes deviennent des femmes d'affaires</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/News/pourquoi-comme-Rihanna-les-stars-ultimes-deviennent-des-femmes-d-affaires-3943228</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le problème avec les enquêteurs du dimanche de Tik-Tok et Instagram</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/Les-enquetes/Le-probleme-avec-les-enqueteurs-du-dimanche-de-TikTok-et-Instagram-3967493</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pourquoi le procès de Johnny Depp et Amber Heard nous a-t-il tant passionnés ?</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/News/Le-proces-de-Johnny-Depp-et-Amber-Heard-tient-il-de-la-telerealite-4019291</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France Live :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La panne de Facebook met en lumière notre dépendance. Certains utilisateurs étaient désemparés</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.francelive.fr/article/france-live/la-panne-de-facebook-met-en-lumiere-notre-dependance-certains-utilisateurs-etaient-desempares-7111634/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Provence :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marseille, le journalisme local pris au piège de la saga chloroquine</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.laprovence.com/article/edition-marseille/6320654/a-marseille-le-journalisme-local-pris-au-piege-de-la-saga-chloroquine.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le journal toulousain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les réseaux sociaux, siège de la libération de la parole</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lejournaltoulousain.fr/le-dossier/les-reseaux-sociaux-siege-liberation-parole-120949/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">20 minutes :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux sociaux : Se servir d'influenceurs pour sa communication politique, est-ce casse-gueule ?</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.20minutes.fr/politique/3194687-20211210-reseaux-sociaux-servir-influenceurs-communication-politique-casse-gueule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Covid-19 : Annonces, objectifs, données... Pourquoi la com' sur l'épidémie reste-t-elle floue ? </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.20minutes.fr/sante/3229135-20220203-covid-19-timing-tres-pratique-communication-politique-sortie-crise-irrite-scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pourquoi la mort du petit Rayan au Maroc suscite-t-elle une émotion planétaire ? </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.20minutes.fr/monde/3231019-20220207-maroc-mort-petit-rayan-tous-ingredients-reunis-susciter-vive-emotion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Entre voyeurisme et misogynie, les réseaux sociaux s'emparent du procès Depp-Heard </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.20minutes.fr/arts-stars/people/3283159-20220505-audiences-direct-contre-enquetes-campagne-pro-depp-reseaux-sociaux-bouleversent-proces-deppheard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Numerama : Election présidentielle &amp;quot;manipulée&amp;quot; : la dangereuse fake news qui monte dans les cercles complotistes. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.numerama.com/politique/903173-election-presidentielle-manipulee-la-dangereuse-fake-news-qui-monte-dans-les-cercles-complotistes.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nice Matin : Aussi célèbres soient-ils, ils peuvent perdre des abonnés du jour au lendemamin. Une experte décypte le phénomène des influenceurs : </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.nicematin.com/faits-divers/aussi-celebres-soient-ils-ils-peuvent-perdre-des-abonnes-du-jour-au-lendemain-une-experte-decrypte-le-phenomene-des-influenceurs-767176</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RCF : Face à une actualité déprimante, la tentation grandissante de ne plus s'informer </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://rcf.fr/articles/actualite/face-a-une-actualite-deprimante-la-tentation-grandissante-de-ne-plus-sinformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Slate.fr: Influenceurs et transition écologique, une story compliquée</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.slate.fr/story/231135/influenceurs-enjeux-ecologiques-story-compliquee-consommation-avion-instagram-tiktok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Radio Télévision Suisse (RTS) : Le mode de vie ultra-consumériste promu par les influenceurs de plus en plus critiqué</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.rts.ch/info/monde/13389415-le-mode-de-vie-ultraconsumeriste-promu-par-les-influenceurs-de-plus-en-plus-critique.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RTL : Remunération, arnaques, rôle... Qui sont vraiment les influenceurs sur les réseaux sociaux ?</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emission &amp;quot;Focus&amp;quot;. 221. Les influenceurs : qui sont-ils vraiment ? 18.10.2022</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.rtl.fr/actu/debats-societe/remuneration-arnaques-role-qui-sont-vraiment-les-influenceurs-sur-les-reseaux-sociaux-7900197018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vice : Ne plus suivre l'actualité pour sauver sa santé mentale. Appelée Infobesité plus d'un Français sur deux souffre de fatigue informationnelle. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vice.com/fr/article/m7gk8p/ne-plus-suivre-lactualite-pour-sauver-sa-sante-mentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Croix : Les influenceurs dans le viseur de Bercy</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.la-croix.com/Economie/influenceurs-viseur-Bercy-2022-12-08-1201245654</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chut! Magazine n°12- Influence, la Prophétie du like. Un entretien avec la chercheuse Stéphanie Lukasik &amp;quot;une relation asymétrique&amp;quot;. Si l'on se détache de nos écrans, comment expliquer le phénomène de l'influence sous le prisme des sciences sociales ? La chercheuse nous éclaire via une perspective historique et donne des pistes pour l'avenir.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://chut.media/magazine/chut-n12-influence-la-prophetie-du-like/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’impossible  influence responsable. Cercle vicieux :</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://chut.media/influence/limpossible-influence-responsable/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'influence, un jeu d'enfant, Les nouveaux codes du travail n°9, 2022, pp.42-43. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://chut.media/influence/linfluence-un-jeu-denfant/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La depêche :ENTRETIEN. Influenceurs : &amp;quot;Ils vont convaincre leur communauté d'acheter en jouant sur les sentiments&amp;quot;, explique une spécialiste. De plus en plus de Français, abonnés à des influenceurs, sont victimes d'arnaques lors de l'achat de produits promus par leurs personnalités préférées. Stéphanie Lukasik, spécialiste des réseaux socionumériques, fait le point :</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.ladepeche.fr/2023/01/29/entretien-influenceurs-ils-vont-convaincre-leur-communaute-dacheter-en-jouant-sur-les-sentiments-explique-une-specialiste-10953225.php</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TF1 info :Promotion d'alcool et de drogue en ligne : les influenceurs sont-ils hors de contrôle ?</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.tf1info.fr/sante/promotion-d-alcool-et-de-drogue-en-ligne-sur-les-reseaux-sociaux-instagram-et-tik-tok-les-influenceurs-sont-ils-hors-de-controle-2257556.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Croix</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux sociaux : le Sénat vote une majorité numérique à 15 ans</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.la-croix.com/Famille/Reseaux-sociaux-Senat-vote-majorite-numerique-15-ans-2023-05-24-1201268627</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">StratégiesLes influenceurs s'engagent</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.strategies.fr/actualites/culture-tech/LQ3339651C/legislatives-les-influenceurs-sengagent.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Livre blanc Cision France :L' Influence digitale par celles et ceux qui la font (2023)Décryptage des mécanismes de l’influence digitale par une communauté d’experts. Vers une influence professionnelle, positive et éthique. Influence & stratégie d'entreprise, p.47 :  </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cision.fr/ressources/livres-blancs/Influence-digitale-par-celles-et-ceux-qui-la-font/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Pélerin :Groupes privés, messageries, applications... les utilisateurs des réseaux sociaux de plus en plus séduits par la proximité</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lepelerin.com/france/technologie/groupes-prives-messageries-applications-les-utilisateurs-des-reseaux-sociaux-de-plus-en-plus-seduits-par-la-proximite-10498</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence des leaders d'opinion. Un modèle pour l'étude des usages et de la réception des réseaux socionumériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Rieffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphanie Lukasik. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.344, 2021, Collection Communication et civilisation, 978-2-343-23969-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audience Councils and their role in Public Service Media: Insights from Britain, Switzerland, Austria, and Luxembourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public consultations in times of digitalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Routledge Taylor &amp; Francis Group</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public service media in Latvia, Luxembourg, and Malta: A struggle for independence and relevance in the digital age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anda Rožukalne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louiselle Vasallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elda Brogi, Iva Nenadić, Pier Luigi Parcu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Media Pluralism in the Digital Era Legal, Economic, Social, and Political Lessons Learnt from Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge Taylor &amp; Francis Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9781032567617</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'info aux trousses : un écosystème médiatique symptomatique de la crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Durampart, M. (Dir). Les émergences du monde d'après. L'information-communication à l'épreuve d'une crise sanitaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.31-38, 2023, Communication et civilisation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une mise en tension de l'information à l'ère de la post-vérité : le cas Raoult</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS éditions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNALISME ET "POST-VERITE". Les Essentiels d'Hermès. Sous la direction d'Alexandre Joux et Pauline Amiel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 92, pp.75-89, 2023, Les essentiels d'Hermès, 2271148383</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journalisme au défi de la vulgarisation scientifique sur Youtube.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joux, A. (dir.). La science pour le journaliste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2023, Communication et civilisation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la frontière des fake-news, entre « réinformation » et désinformation. Le cas du blog Fdesouche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information d'actualité au prisme des fake news.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois études sur la réception de l'information en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information d'actualité au prisme des fake news</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influenceurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum für Politik, Gesellschaft und Kultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Influencer (436), pp.18-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réinformation ou l’amplification socionumérique de la désinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balisages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La désinformation, hier et aujourd’hui. Une approche interdisciplinaire, 1 (7), </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35562/balisages.1200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loi sur les influenceurs : des enjeux qui vont au-delà de l’influence commerciale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chez les attachés de presse, les influenceurs ont détrôné les journalistes. Interview INA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue des médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homophilie et cybernétique dans les médias contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Dossier 2022 : 25 ans d'information en ligne : les mutations des médias en France, entre ajustements conjoncturels et transformations structurelles, 5 (22), pp.113-127. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/enic.032.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03705042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’influenceur sur les réseaux socionumériques : le substitut naturel du leader d’opinion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de la SFSIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, pp.145-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fake news et publicisation d’une controverse médicale : le « cas Raoult » à l’heure de la pandémie de Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (1), pp.7-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « cas Raoult » ou la controverse médicale amplifiée par l’influence personnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Écrire la recherche autrement. Axe I, 39 (1), </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.15107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux socionumériques : réification du modèle de l’école de Columbia ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alliage : Culture - Science - Technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Liens mobiles, 1 (82)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux socionumériques : un mirage pour l’érudition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, L'érudition (87), pp.169-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reformulation de la figure du leader d’opinion au prisme de la réception de l’information des jeunes adultes via les réseaux socionumériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Aix-Marseille Université, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03012086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques autoréflexives et scénarios prospectifs des usages de l'IA en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès CIAREI « Communication, intelligence artificielle, remédiation, éthique et inclusion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Strasbourg; Université de Caen Normandie; Université de Clermont Auvergne, Sep 2025, Strabourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il encore une frontière entre les newsinfluenceurs et les journalistes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème édition Colloque Frontières Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paragraphe Laboratoire; Université Paris 8; IAE Tunis, Oct 2025, Hammamet (TUN), Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UPOP. Conférences &amp; Débats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université populaire de Marseille; Société des architectes, Mar 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La désinformation : Une menace pour la démocratie ? Keynote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations presse : RP versus influenceurs, table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grandes journées de l’ARCES, Nouvelles tendances dans la communication de l’Enseignement Supérieur et de la Recherche : où en êtes-vous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARCES, Université d'Avignon, Jun 2024, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influenceurs et créateurs de contenus : un phénomène contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of AI in journalistic content. Round table</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Swanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misch Pautsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misch Strotz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le modèle de l'usager-récepteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Usages et effets des médias : nouveaux concepts, nouvelles recherches, Séminaire IMSIC, Universités d'Aix-Marseille et de Toulon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie-Pierre Fourquet-Courbet &amp; Didier Courbet, May 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EDMO BELUX Lunch Lecture: Medialux Project – Uses and Reception of Media in Luxembourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edmo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les influenceurs et les créateurs de contenus : Ont-ils tous les droits ? Table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charel Schmit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Zoller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anonymity, incitement to violence and hatred on the Internet: How far does freedom of expression go? Opening speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réformer les médias : de nouveaux enjeux et défis pour le Luxembourg ? Table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark David Cole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et pratiques de l'IA en éducation : le cas des étudiants en informatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ticemed 14 DIGITALISATION DES PRATIQUES EN ÉDUCATION : RISQUES, VALEURS ET OPPORTUNITÉS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ticemed, Oct 2024, Le Caire (Egypte), Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France, Luxembourg, Canada : Tous journalistes face à la désinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dimension transnationale de la production médiatique : identité des journalistes, circulation des représentations, enjeux de la désinformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, département Infocom, Geriico, Roubaix, Jan 2024, Roubaix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04442482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réformer les médias : de nouveaux enjeux et défis pour le Luxembourg ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disinformation: A threat to democracy? Round table</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georg Mein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mara Kroth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Schroeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Bowler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la réinformation reconfigure les pratiques journalistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enjeux communicationnels de la désinformation. Nouvelles formes - nouveaux défis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie des controverses et de la communication sensible, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modératrice scientifique et organisatrice de la conférence d'Anne Cordier. L’éducation aux médias : l’heure des choix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medialux project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modératrice scientifique et organisatrice de la conférence de Julien Giry. Les enjeux français et européens de la désinformation et de sa régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medialux project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'engagement chez les jeunes dans le nouvel écosystème informationnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Vitale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vincent-Buffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18-25 ans : comment les jeunes s'engagent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The conversation, Sciences po, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence. L'influence des leaders d'opinion. Un modèle pour l'étude des usages et de la réception des réseaux socionumériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIFEM 2023 - Doctoriales internationales francophones en études des médias. Comment analyser la réception ? Audience, participation, influence médiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, C2DH, Sep 2023, Esch-Belval, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réinformation : objet frontière de désinformation numérique à identifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontières numériques 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Imad Saleh; Samuel Szoniecky, Jun 2023, Hammamet (Tunisie), Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language diversity in the media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th anniversary of Lëtzebuerger Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lëtzebuerger Journal, Oct 2023, Grevenmacher, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction, conférence d’ouverture « L’état des médias au Luxembourg et en France ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Presse culturelle et culture dans la presse »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Culture et le Service des Médias, de la connectivité et de la politique numérique. Le Gouvernement du Grand-Duché de Luxembourg; Tiers-Lieu Les Rotondes, 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modératrice scientifique et organisatrice de la conférence d'Alexandre Joux. L’économie des médias à l’ère de la plateformisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medialux project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animatrice scientifique de la conférence « Tackling Disinformation » avec Urska Umek du Conseil de l’Europe.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque scientifique "The Media landscape in Europe".</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Europaeum, Sep 2022, Université du Luxembourg, Campus de Kirchberg, Luxembourg., Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confiance et défiance : les deux degrés de la communication socionumérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">89e congrès de l'ACFAS La Construction de la légitimité dans un contexte de méfiance généralisée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Acfas, May 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance des fakenews : qui ? quoi ? comment ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Samuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Wagner-Egger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque désinformation L’État nation est-il impuissant face aux fake news  ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nile consulting, Jun 2022, [En ligne], France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03705024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information-désinformation, la société française à l'ère du doute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre des Entretiens territoriaux de Strasbourg Les territoires face au défi démocratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut national des études territoriales (INET), Dec 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03463585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la frontière des fake news, entre « réinformation » et désinformation. Le cas du blog Fdesouche. Décryptage et pistes de réflexion pour une réaffirmation du journalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Fake news in election times.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bosch Alumni Network, Nov 2021, En visioconférence, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03424355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animatrice scientifique (en anglais et en français) des tables rondes &amp;quot; A la source de l’information : l’éducation aux médias face à la logique des plateformes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Scientifique International « Journalisme et plateformes : information, infomédiation et fake news », 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03207260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le data management dans les médias de service public : Nouvelles données, nouveaux publics et nouvelles missions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Descampe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Colloque de l’ARPPEJ Le journalisme et les données : produire, traiter, éditorialiser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alliance internationale de recherche sur les pratiques et la pédagogie du journalisme (ARPPEJ), Oct 2021, Louvain-la-Neuve, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La soutenance de thèse entre récits et retours d'expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Ouvre ta thèse", atelier doctoral de l'IMSIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03220988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fake news et publicisation d’une controverse médicale ; le « cas Raoult » à l’heure de la pandémie de Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Scientifique International « Journalisme et plateformes : information, infomédiation et fake news », 2e édition.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du côté des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque européen du Pharmaphone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, La Seyne-sur-mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que les gens choisissent et font réellement des médias sur les réseaux socionumériques. Bureau de désinformation. Aix-Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuit européenne des chercheur.e.s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Aix-Marseille., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03029238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animatrice scientifique de la conférence &amp;quot;On a la classe&amp;quot; au Colloque européen du Pharmaphone, Jan 2020, La Seyne-sur-mer, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque européen du Pharmaphone.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, La Seyne-sur-mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaders d'opinion sur Twitter pendant la crise de la Covid-19 : Ce que les gens font de l’information du Pr Didier Raoult, entre désinformation, réinformation et controverses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Albertini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data SHS LAMES CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Aix-Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03045415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la frontière des fake-news, entre « réinformation » et désinformation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la science de l'université de Toulon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Toulon-La Garde, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle réception de l’information via les réseaux socionumériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la jeune recherche de l'université de Toulon, Doctoriades.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation de la figure du leader d’opinion dans la réception de l’information des jeunes via les réseaux sociaux numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorales de la SFSIC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (60)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Législatives: entre engagement et consensus, le difficile équilibre des influenceurs. Notre temps. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En Australie, les médias sociaux comme TikTok seront soumis à une limite d'âge à partir de l'année prochaine (titre original : In Australien soll es ab dem kommenden Jahr eine Altersbeschränkung für soziale Medien wie TikTok geben). Entretien Télécran Luxemburg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour les réseaux sociaux, la fin d’un règne ? Le Monde, Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Législatives 2024 : chez les influenceurs, une mobilisation contre le RN à marche forcée. Le Monde. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les réseaux sociaux, l’humour comme remède à l’écoanxiété. Une nouvelle tendance de créateurs de contenus apparaît depuis quelques mois : jouer la comédie quelques minutes pour sensibiliser aux enjeux écologiques. Le Monde. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les influenceurs s'engagent. Stratégies. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Je sais que je risque de perdre des abonnés » : quand des influenceurs appellent à voter contre le RN. Le Parisien. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence et développement personnel : plus belle la vie ? Entre une photo sur la plage et deux placements de produits, les créateurs de contenu n’hésitent pas à invoquer la pensée positive pour expliquer leur réussite. L'ADN. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi TikTok est tout sauf inoffensif (titre original : Warum TikTok alles andere als harmlos ist). Luxemburger Wort. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postface, Guide de l'influence responsable de l'Agence de la transition écologique (ADEME)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repartager un post militant sur les réseaux sociaux... Cela sert-il à quelque chose ? Carenews. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le média des acteurs de l'engagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groupes privés, messageries, applications... les utilisateurs des réseaux sociaux de plus en plus séduits par la proximité. Le Pélerin. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The science of gossip. Lëtzebuerger journal. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nouvelle mode de la « désinfluence » sur les réseaux sociaux, une autre méthode de « greenwashing ». Mediapart. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désinfluence&amp;quot; : quand la consommation ne fait plus vendre. Usbek & Rica. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Culture Grand Reportage &amp;quot;Influenceurs, une activité à réguler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlantico : Et voilà maintenant les dé-influenceurs. Décryptage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête &amp;quot;Jusqu’à 1000 euros la vidéo&amp;quot; : les soignants, des influenceurs (presque) comme les autres&amp;quot;. Sur les réseaux sociaux, les infirmiers, médecins, kinés ou pharmaciens attirent les marques, mais aussi les laboratoires ou mutuelles, pour des opérations d'influence. Deux députés veulent réguler cette pratique. L'Express. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’influenceur, figure moderne du « self-made-man ». Le Monde. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La depêche : ENTRETIEN. Influenceurs : &amp;quot;Ils vont convaincre leur communauté d'acheter en jouant sur les sentiments&amp;quot;. explique la spécialiste des réseaux socionumériques. De plus en plus de Français, abonnés à des influenceurs, sont victimes d'arnaques lors de l'achat de produits promus par leurs personnalités préférées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche de la confiance perdue. Lëtzebuerger journal. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influenceurs politiquement engagés : le nouveau visage de la mobilisation citoyenne. France 3. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une relation asymétrique&amp;quot; entre les influenceurs et les publics. Entretien Chut! Magazine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Influence. La prophétie du like. N°12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L' Influence digitale par celles et ceux qui la font. Décryptage des mécanismes de l’influence digitale par une communauté d’experts. Vers une influence professionnelle, positive et éthique. Influence & stratégie d'entreprise. Livre blanc Cision France, interview. P.47</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux sociaux : le Sénat vote une majorité numérique à 15 ans. La Croix. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il y a énormément de dérives&amp;quot; : la proposition de loi pour l'encadrement des influenceurs sera-t-elle à la hauteur ? France 3. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion d'alcool et de drogue en ligne : les influenceurs sont-ils hors de contrôle ? TF1 info. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impossible influence responsable : Cercle vicieux. Chut! Magazine. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la mort du petit Rayan au Maroc suscite-t-elle une émotion planétaire . Décryptage d’une émotion devenue mondiale. 20 minutes. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Depp face à Amber Heard le récit d'une victoire par Tik-Tok . Le Journal du Dimanche (JDD). Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment TikTok précipite la mue du marché du travail. Interview pour l'Agence France Presse (AFP) pour La Presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influenceurs et transition écologique, une story compliquée. Slate.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RCF. Face à une actualité déprimante, la tentation grandissante de ne plus s'informer. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence, un jeu d'enfant. Enfants et internet. Chut! Magazine. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi le procès de Johnny Depp et Amber Heard nous a-t-il tant passionnés ? ELLE.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi comme Rihanna les stars ultimes deviennent des femmes d'affaires. Elle.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel impact les réseaux ont-ils sur le phénomène de la grande démission ? Le Journal du Dimanche (JDD). Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ne plus suivre l'actualité pour sauver sa santé mentale. Appelée Infobesité plus d'un Français sur deux souffre de fatigue informationnelle. Vice. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chez les influenceurs, une difficile reconversion écologique. Le Monde. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19. Le gouvernement a-t-il manqué de prudence en levant l'ensemble des restrictions ? Ouest France. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus de la moitié des internautes français confrontés à une infox en 2021. Le Figaro. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ukraine : les influenceuses, nouveaux soldats du cyberespace. ELLE.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les influenceurs dans le viseur de Bercy. La Croix. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio Télévision Suisse (RTS) : Le mode de vie ultra-consumériste promu par les influenceurs de plus en plus critiqué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RTL : Remunération, arnaques, rôle... Qui sont vraiment les influenceurs sur les réseaux sociaux ? Emission &amp;quot;Focus&amp;quot;. 221. Les influenceurs : qui sont-ils vraiment ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème avec les enquêteurs du dimanche de Tik-Tok et Instagram. ELLE.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aussi célèbres soient-ils, ils peuvent perdre des abonnés du jour au lendemain&amp;quot;. Une experte décypte le phénomène des influenceurs. Nice Matin. Entretien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre voyeurisme et misogynie, les réseaux sociaux s'emparent du procès Depp-Heard. 20 minutes. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : Annonces, objectifs, données... Pourquoi la com' sur l'épidémie reste-t-elle floue ? 20 minutes. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Election présidentielle &amp;quot;manipulée&amp;quot; : la dangereuse fake news qui monte dans les cercles complotistes. Numerama. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les influenceurs peuvent-ils sauver le monde ? Elle.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment une vidéo devient-elle virale ? Le vrai du faux. Curieux! Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les gens ont un besoin d'information locale de proximité. Ouest-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marseille, le journalisme local pris au piège de la saga chloroquine. La Provence. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux sociaux, siège de la libération de la parole. Le journal toulousain. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La panne de Facebook met en lumière notre dépendance. Certains utilisateurs étaient désemparés. France Live. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien pour France Culture : &amp;quot;Opposants au pass sanitaire : il y a une confusion entre les institutions et les médias&amp;quot;. Une défiance envers les médias traditionnels et d’une volonté de réinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux sociaux : Se servir d'influenceurs pour sa communication politique ? 20 minutes. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mouvement anti-passe et antivax en effervescence sur les réseaux sociaux. Mediapart. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettre à mon cher leader d'opinion. Correspondance de chercheur.e.s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03029240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partage (socionumérique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Homophilie » Publictionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire encyclopédique et critique des publics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Media Pluralism Monitor 2024. Monitoring Media Pluralism in the digital era application of the media pluralism monitor in the European member states and candidate countries. Country report: Luxembourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European University Institute; Centre for Media Pluralism and Media Freedom. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local media for democracy. Luxembourg. Uncovering news deserts in Europe Risks and opportunities for local and community media in the EU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European University Institute. 2024, pp.126-132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au rapport annuel 2024 de l'Ombudsman fir Kanner a Jugendlecher (OKAJU). Défis actuels en matière des droits de l'enfant. Le phénomène des influenceurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">OKAJU; UNICEF. 2024, pp.145-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audition. Les Etats généraux de l'information. Rapport Prospective. Le monde de l'information en 2050 : des scénarios possibles. Antoine Bayet, Antoine Buéno, Agnès Chauveau, François Quinton, Jérôme Ruskin, Nathalie Sonnac (dir.), coordonné et piloté par L'Institut national de l'audiovisuel (INA).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INA. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Media Pluralism Monitor Luxembourg 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre for Media Pluralism and Media Freedom. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de colloque. Enjeux communicationnels de la désinformation. Nouvelles formes- nouveaux défis. Quand la réinformation reconfigure les pratiques journalistiques. Une analyse comparative de trois pays francophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Académie des controverses et de la communication sensible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de colloque Ticemed 14 Digitalisation des pratiques en éducation : risques, valeurs et opportunités. Usages et Pratiques de l’IA en éducation : le cas des étudiants en informatique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ticemed 14 DIGITALISATION DES PRATIQUES EN ÉDUCATION : RISQUES, VALEURS ET OPPORTUNITÉS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France, Canada et Luxembourg : Tous les journalistes face à la réinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Frontières numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europia productions, 2023, 979-10-90094-67-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation de la figure du leader d’opinion dans la réception de l’information des jeunes via les réseaux sociaux numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des doctorales de la SFSIC 2019.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XIIIe Doctorales de la SFSIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02415008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esch 2022 : Entre témoignages, art et histoire : un patrimoine européen de la culture. Direction du webdocumentaire en partenariat avec l'Institut national de l'audiovisuel (INA) et le Centre national de l'audiovisuel (CNA) du Luxembourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId230"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:99.21875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Dr. Stephanie Lukasik </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Experte élue au Conseil de l’Europe sur la sécurité en ligne et la responsabilisation des créateurs de contenus et des usagers sous l’autorité du Comité des Ministres et du Comité directeur sur les médias et la société de l’information</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignante-chercheuse Maître de conférences</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Docteure en Sciences de l'Information et de la Communication (71e section du CNU)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice du Medialux Project</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-directrice du Luxembourg Media Pluralism Monitor, Centre for Media Pluralism and Media Freedom, European University Institute</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Experte nommée au Conseil consultatif de Disinfocheck by Edmo Belux, Monitoring Disinformation in Belgium and Luxembourg</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Experte Luxembourg pour le Classement mondial de la liberté de la presse de Reporters sans frontières (RSF).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intérêts de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : communication, information, réseaux sociaux, réseaux socionumériques, éthique digitale, communication stratégique, influence, usages et pratiques informationnelles, réception des publics et des jeunes adultes, médias, circulation de l'information, créateurs de contenus/ influenceurs, usagers-récepteurs, stratégies de communication et d'influence des organisations médiatiques et politiques, journalisme, journalisme public, innovations journalistiques, relations publiques, communication interpersonnelle, leadership d'opinion, homophilie, bulles de filtres, groupes et persuasion, démocratie, formation de l'opinion, désinformation et menaces hybrides telles que la réinformation et la mésinformation.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche fondamentale et recherche appliquée avec méthodologies mixtes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (qualitatives et quantitatives) : analyse de contenu, de données et de traces numériques, entretiens, questionnaires, focus groupes, analyse des réseaux socionumériques, conception du modèle de l'usager-récepteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Expertises scientifiques pour le Centre National du Livre (CNL) et la revue canadienne </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conseil de l'Europe, Comité d'experts sur la sécurité en ligne et la responsabilisation des créateurs de contenus et des usagers (MSI-eSEC) :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1ère réunion : Le Comité d’experts sur la sécurité en ligne et l'autonomisation des créateurs de contenus et des usagers a tenu sa première reunion</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.coe.int/fr/web/freedom-expression/-/committee-of-experts-on-online-safety-and-empowerment-of-content-creators-and-users-held-its-first-meeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2e réunion : Le Comité d’experts sur la sécurité en ligne et l'autonomisation des créateurs de contenus et des usagers (MSI-eSEC) a tenu sa deuxième réunion</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.coe.int/fr/web/freedom-expression/-/the%C2%A0committee-of-experts-online-safety-and-empowerment-of-content-creators-and-users-msi-esec-%C2%A0held-its-second-meeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Passages dans les médias :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Monde :Pour les réseaux sociaux, la fin d’un règne ?</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/pixels/article/2024/10/06/pour-les-reseaux-sociaux-la-fin-d-un-regne_6344843_4408996.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sur les réseaux sociaux, l’humour comme remède à l’écoanxiété.Une nouvelle tendance de créateurs de contenus apparaît depuis quelques mois : jouer la comédie quelques minutes pour sensibiliser aux enjeux écologiques.</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/planete/article/2024/04/21/sur-les-reseaux-sociaux-l-humour-comme-remede-a-l-ecoanxiete_6229037_3244.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chez les influenceurs, une difficile reconversion écologique</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/pixels/article/2022/12/17/chez-les-influenceurs-une-difficile-reconversion-ecologique_6154800_4408996.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’influenceur, figure moderne du « self-made-man »</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/campus/article/2023/04/04/l-influenceur-figure-moderne-du-self-made-man_6168150_4401467.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Législatives 2024 : chez les influenceurs, une mobilisation contre le RN à marche forcée</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lemonde.fr/pixels/article/2024/06/22/legislatives-2024-chez-les-influenceurs-une-mobilisation-contre-le-rn-a-marche-forcee_6242494_4408996.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mediapart :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le mouvement anti-passe et antivax en effervescence sur les réseaux sociaux</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.mediapart.fr/journal/france/030921/le-mouvement-anti-passe-et-antivax-en-effervescence-sur-les-reseaux-sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La nouvelle mode de la « désinfluence » sur les réseaux sociaux, une autre méthode de « greenwashing »</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.mediapart.fr/journal/ecologie/260223/la-nouvelle-mode-de-la-desinfluence-sur-les-reseaux-sociaux-une-autre-methode-de-greenwashing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Figaro : Plus de la moitié des internautes français confrontés à une infox en 2021 </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lefigaro.fr/secteur/high-tech/plus-de-la-moitie-des-internautes-francais-confrontes-a-une-infox-en-2021-20220726</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Express :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enquête &amp;quot;Jusqu’à 1000 euros la vidéo&amp;quot; : les soignants, des influenceurs (presque) comme les autresSur les réseaux sociaux, les infirmiers, médecins, kinés ou pharmaciens attirent les marques, mais aussi les laboratoires ou mutuelles, pour des opérations d'influence. Deux députés veulent réguler cette pratique.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lexpress.fr/societe/jusqua-1000-euros-la-video-les-soignants-des-influenceurs-presque-comme-les-autres-VPGTTMQKENA4VNB5U27OR3FIYI/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France Culture :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Grand Reportage &amp;quot;Influenceurs, une activité à réguler&amp;quot;.Ils s'invitent dans l'actualité au gré de leurs scandales : les influenceurs, ces personnes qui vivent de leur activité sur les réseaux sociaux. Récemment, certains ont été accusés de manquements ou d'arnaques. En réaction, le secteur et les autorités ont décidé de mieux réguler cette activité. Avec Stéphanie Lukasik enseignante-chercheuse en sciences de l'information et de la communication à l'université du Luxembourg et autrice de &amp;quot;L'influence des leaders d'opinion&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.radiofrance.fr/franceculture/podcasts/grand-reportage/influenceurs-une-activite-a-reguler-1951385</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Entretien pour France Culture : &amp;quot;opposants au pass sanitaire : il y a une confusion entre les institutions et les médias</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.franceculture.fr/medias/opposants-au-pass-sanitaire-il-y-a-une-confusion-entre-les-institutions-et-les-medias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Passage au journal de France Culture du 31 Juillet 2021 : </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.google.com/url?sa=t&source=web&rct=j&opi=89978449&url=https://www.radiofrance.fr/franceculture/podcasts/journal-de-18h/troisieme-samedi-de-mobilisation-contre-le-pass-sanitaire-9903874&ved=2ahUKEwjb79Gt8tiGAxXzcKQEHWTKCUU4ChAWegQICBAB&usg=AOvVaw39CeQyiP4lS1bt17u8Ihub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Revue des médias, INA :Chez les attachés de presse, les influenceurs ont détrôné les journalistes.</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://larevuedesmedias.ina.fr/influenceurs-journalistes-attaches-de-presse-communication-marketing-regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Journal du Dimanche (JDD) :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quel impact les réseaux ont-ils sur le phénomène de la grande démission ? </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lejdd.fr/Societe/quel-impact-les-reseaux-ont-ils-sur-le-phenomene-de-la-grande-demission-4126292</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Johnny Depp face à Amber Heard le récit d'une victoire par Tik-Tok </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lejdd.fr/International/johnny-depp-face-a-amber-heard-le-recit-dune-victoire-par-tiktok-4115623</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Usbek & Rica :&amp;quot;Désinfluence&amp;quot; : quand la consommation ne fait plus vendre</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://usbeketrica.com/fr/article/desinfluence-quand-la-consommation-ne-fait-plus-vendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carenews :Repartager un post militant sur les réseaux sociaux... Cela sert-il à quelque chose ?</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.carenews.com/carenews-info/news/repartager-un-post-militant-sur-les-reseaux-sociaux-cela-sert-il-a-quelque-chose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlantico :Et voilà maintenant les dé-influenceurs.International. Décryptage.</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://atlantico.fr/article/decryptage/et-voila-maintenant-les-de-influenceurs-stephanie-lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France 3 :&amp;quot;Il y a énormément de dérives&amp;quot; : la proposition de loi pour l'encadrement des influenceurs sera-t-elle à la hauteur ?</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://france3-regions.francetvinfo.fr/centre-val-de-loire/indre-loire/tours/il-y-a-enormement-de-derives-la-proposition-de-loi-pour-l-encadrement-des-influenceurs-sera-t-elle-a-la-hauteur-2742434.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Influenceurs politiquement engagés : le nouveau visage de la mobilisation citoyenne.</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://france3-regions.francetvinfo.fr/centre-val-de-loire/influenceurs-politiquement-engages-le-nouveau-visage-de-la-mobilisation-citoyenne-2743398.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Presse : Comment TikTok précipite la mue du marché du travail. Interview pour l'Agence France Presse (AFP). </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lapresse.ca/affaires/2022-01-29/je-demissionne/comment-tiktok-precipite-la-mue-du-marche-du-travail.php</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notre temps :Législatives: entre engagement et consensus, le difficile équilibre des influenceurs</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.notretemps.com/depeches/legislatives-entre-engagement-et-consensus-le-difficile-equilibre-des-influenceurs-93043</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Parisien :« Je sais que je risque de perdre des abonnés » : quand des influenceurs appellent à voter contre le RN</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.leparisien.fr/societe/je-sais-que-je-risque-de-perdre-des-abonnes-quand-des-influenceurs-appellent-a-voter-contre-le-rn-14-06-2024-QRD7WIGF7ZB5FHQL6NSHDLV574.php</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Curieux! :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Comment une vidéo devient-elle virale ? Le vrai du faux</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.curieux.live/2021/11/25/comment-une-video-devient-elle-virale%E2%80%89/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouest France :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Covid-19. Le gouvernement a-t-il manqué de prudence en levant l'ensemble des restrictions ? </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.ouest-france.fr/sante/virus/coronavirus/covid-19-le-gouvernement-a-t-il-manque-de-prudence-en-levant-l-ensemble-des-restrictions-17a65c64-a9c6-11ec-a5d3-077a6bd58027</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les gens ont un besoin d'information locale de proximité</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.ouest-france.fr/bretagne/vannes-56000/vannes-les-gens-ont-un-besoin-d-information-locale-de-proximite-c074e9ec-3805-11ec-91f1-9d137aad4b8a</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle.fr :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les influenceurs peuvent-ils sauver le monde ?</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/Les-enquetes/Les-influenceurs-peuvent-ils-sauver-le-monde-3943059</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ukraine : les influenceuses, nouveaux soldats du cyberespace</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/Les-enquetes/Ukraine-les-influenceuses-nouveaux-soldats-du-cyberespace-4009041</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pourquoi comme Rihanna les stars ultimes deviennent des femmes d'affaires</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/News/pourquoi-comme-Rihanna-les-stars-ultimes-deviennent-des-femmes-d-affaires-3943228</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le problème avec les enquêteurs du dimanche de Tik-Tok et Instagram</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/Les-enquetes/Le-probleme-avec-les-enqueteurs-du-dimanche-de-TikTok-et-Instagram-3967493</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pourquoi le procès de Johnny Depp et Amber Heard nous a-t-il tant passionnés ?</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.elle.fr/Societe/News/Le-proces-de-Johnny-Depp-et-Amber-Heard-tient-il-de-la-telerealite-4019291</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France Live :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La panne de Facebook met en lumière notre dépendance. Certains utilisateurs étaient désemparés</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.francelive.fr/article/france-live/la-panne-de-facebook-met-en-lumiere-notre-dependance-certains-utilisateurs-etaient-desempares-7111634/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Provence :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marseille, le journalisme local pris au piège de la saga chloroquine</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.laprovence.com/article/edition-marseille/6320654/a-marseille-le-journalisme-local-pris-au-piege-de-la-saga-chloroquine.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le journal toulousain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les réseaux sociaux, siège de la libération de la parole</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lejournaltoulousain.fr/le-dossier/les-reseaux-sociaux-siege-liberation-parole-120949/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">20 minutes :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux sociaux : Se servir d'influenceurs pour sa communication politique, est-ce casse-gueule ?</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.20minutes.fr/politique/3194687-20211210-reseaux-sociaux-servir-influenceurs-communication-politique-casse-gueule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Covid-19 : Annonces, objectifs, données... Pourquoi la com' sur l'épidémie reste-t-elle floue ? </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.20minutes.fr/sante/3229135-20220203-covid-19-timing-tres-pratique-communication-politique-sortie-crise-irrite-scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pourquoi la mort du petit Rayan au Maroc suscite-t-elle une émotion planétaire ? </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.20minutes.fr/monde/3231019-20220207-maroc-mort-petit-rayan-tous-ingredients-reunis-susciter-vive-emotion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Entre voyeurisme et misogynie, les réseaux sociaux s'emparent du procès Depp-Heard </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.20minutes.fr/arts-stars/people/3283159-20220505-audiences-direct-contre-enquetes-campagne-pro-depp-reseaux-sociaux-bouleversent-proces-deppheard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Numerama : Election présidentielle &amp;quot;manipulée&amp;quot; : la dangereuse fake news qui monte dans les cercles complotistes. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.numerama.com/politique/903173-election-presidentielle-manipulee-la-dangereuse-fake-news-qui-monte-dans-les-cercles-complotistes.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nice Matin : Aussi célèbres soient-ils, ils peuvent perdre des abonnés du jour au lendemamin. Une experte décypte le phénomène des influenceurs : </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.nicematin.com/faits-divers/aussi-celebres-soient-ils-ils-peuvent-perdre-des-abonnes-du-jour-au-lendemain-une-experte-decrypte-le-phenomene-des-influenceurs-767176</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RCF : Face à une actualité déprimante, la tentation grandissante de ne plus s'informer </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://rcf.fr/articles/actualite/face-a-une-actualite-deprimante-la-tentation-grandissante-de-ne-plus-sinformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Slate.fr: Influenceurs et transition écologique, une story compliquée</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.slate.fr/story/231135/influenceurs-enjeux-ecologiques-story-compliquee-consommation-avion-instagram-tiktok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Radio Télévision Suisse (RTS) : Le mode de vie ultra-consumériste promu par les influenceurs de plus en plus critiqué</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.rts.ch/info/monde/13389415-le-mode-de-vie-ultraconsumeriste-promu-par-les-influenceurs-de-plus-en-plus-critique.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RTL : Remunération, arnaques, rôle... Qui sont vraiment les influenceurs sur les réseaux sociaux ?</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emission &amp;quot;Focus&amp;quot;. 221. Les influenceurs : qui sont-ils vraiment ? 18.10.2022</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.rtl.fr/actu/debats-societe/remuneration-arnaques-role-qui-sont-vraiment-les-influenceurs-sur-les-reseaux-sociaux-7900197018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vice : Ne plus suivre l'actualité pour sauver sa santé mentale. Appelée Infobesité plus d'un Français sur deux souffre de fatigue informationnelle. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.vice.com/fr/article/m7gk8p/ne-plus-suivre-lactualite-pour-sauver-sa-sante-mentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Croix : Les influenceurs dans le viseur de Bercy</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.la-croix.com/Economie/influenceurs-viseur-Bercy-2022-12-08-1201245654</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chut! Magazine n°12- Influence, la Prophétie du like. Un entretien avec la chercheuse Stéphanie Lukasik &amp;quot;une relation asymétrique&amp;quot;. Si l'on se détache de nos écrans, comment expliquer le phénomène de l'influence sous le prisme des sciences sociales ? La chercheuse nous éclaire via une perspective historique et donne des pistes pour l'avenir.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://chut.media/magazine/chut-n12-influence-la-prophetie-du-like/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’impossible  influence responsable. Cercle vicieux :</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://chut.media/influence/limpossible-influence-responsable/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'influence, un jeu d'enfant, Les nouveaux codes du travail n°9, 2022, pp.42-43. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://chut.media/influence/linfluence-un-jeu-denfant/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La depêche :ENTRETIEN. Influenceurs : &amp;quot;Ils vont convaincre leur communauté d'acheter en jouant sur les sentiments&amp;quot;, explique une spécialiste. De plus en plus de Français, abonnés à des influenceurs, sont victimes d'arnaques lors de l'achat de produits promus par leurs personnalités préférées. Stéphanie Lukasik, spécialiste des réseaux socionumériques, fait le point :</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.ladepeche.fr/2023/01/29/entretien-influenceurs-ils-vont-convaincre-leur-communaute-dacheter-en-jouant-sur-les-sentiments-explique-une-specialiste-10953225.php</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TF1 info :Promotion d'alcool et de drogue en ligne : les influenceurs sont-ils hors de contrôle ?</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.tf1info.fr/sante/promotion-d-alcool-et-de-drogue-en-ligne-sur-les-reseaux-sociaux-instagram-et-tik-tok-les-influenceurs-sont-ils-hors-de-controle-2257556.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Croix</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux sociaux : le Sénat vote une majorité numérique à 15 ans</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.la-croix.com/Famille/Reseaux-sociaux-Senat-vote-majorite-numerique-15-ans-2023-05-24-1201268627</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">StratégiesLes influenceurs s'engagent</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.strategies.fr/actualites/culture-tech/LQ3339651C/legislatives-les-influenceurs-sengagent.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Livre blanc Cision France :L' Influence digitale par celles et ceux qui la font (2023)Décryptage des mécanismes de l’influence digitale par une communauté d’experts. Vers une influence professionnelle, positive et éthique. Influence & stratégie d'entreprise, p.47 :  </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cision.fr/ressources/livres-blancs/Influence-digitale-par-celles-et-ceux-qui-la-font/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Pélerin :Groupes privés, messageries, applications... les utilisateurs des réseaux sociaux de plus en plus séduits par la proximité</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.lepelerin.com/france/technologie/groupes-prives-messageries-applications-les-utilisateurs-des-reseaux-sociaux-de-plus-en-plus-seduits-par-la-proximite-10498</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence des leaders d'opinion. Un modèle pour l'étude des usages et de la réception des réseaux socionumériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Rieffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphanie Lukasik. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.344, 2021, Collection Communication et civilisation, 978-2-343-23969-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audience Councils and their role in Public Service Media: Insights from Britain, Switzerland, Austria, and Luxembourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public consultations in times of digitalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Routledge Taylor &amp; Francis Group</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public service media in Latvia, Luxembourg, and Malta: A struggle for independence and relevance in the digital age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anda Rožukalne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louiselle Vasallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elda Brogi, Iva Nenadić, Pier Luigi Parcu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Media Pluralism in the Digital Era Legal, Economic, Social, and Political Lessons Learnt from Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge Taylor &amp; Francis Group</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9781032567617</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'info aux trousses : un écosystème médiatique symptomatique de la crise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Durampart, M. (Dir). Les émergences du monde d'après. L'information-communication à l'épreuve d'une crise sanitaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.31-38, 2023, Communication et civilisation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une mise en tension de l'information à l'ère de la post-vérité : le cas Raoult</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS éditions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNALISME ET "POST-VERITE". Les Essentiels d'Hermès. Sous la direction d'Alexandre Joux et Pauline Amiel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 92, pp.75-89, 2023, Les essentiels d'Hermès, 2271148383</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journalisme au défi de la vulgarisation scientifique sur Youtube.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joux, A. (dir.). La science pour le journaliste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2023, Communication et civilisation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la frontière des fake-news, entre « réinformation » et désinformation. Le cas du blog Fdesouche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information d'actualité au prisme des fake news.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois études sur la réception de l'information en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Amiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information d'actualité au prisme des fake news</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réinformation ou l’amplification socionumérique de la désinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balisages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, La désinformation, hier et aujourd’hui. Une approche interdisciplinaire, 1 (7), </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35562/balisages.1200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influenceurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum für Politik, Gesellschaft und Kultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Influencer (436), pp.18-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loi sur les influenceurs : des enjeux qui vont au-delà de l’influence commerciale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chez les attachés de presse, les influenceurs ont détrôné les journalistes. Interview INA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue des médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homophilie et cybernétique dans les médias contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Dossier 2022 : 25 ans d'information en ligne : les mutations des médias en France, entre ajustements conjoncturels et transformations structurelles, 5 (22), pp.113-127. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/enic.032.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03705042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’influenceur sur les réseaux socionumériques : le substitut naturel du leader d’opinion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de la SFSIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, pp.145-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fake news et publicisation d’une controverse médicale : le « cas Raoult » à l’heure de la pandémie de Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (1), pp.7-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « cas Raoult » ou la controverse médicale amplifiée par l’influence personnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Écrire la recherche autrement. Axe I, 39 (1), </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.15107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux socionumériques : réification du modèle de l’école de Columbia ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alliage : Culture - Science - Technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Liens mobiles, 1 (82)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux socionumériques : un mirage pour l’érudition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, L'érudition (87), pp.169-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reformulation de la figure du leader d’opinion au prisme de la réception de l’information des jeunes adultes via les réseaux socionumériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Aix-Marseille Université, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03012086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques autoréflexives et scénarios prospectifs des usages de l'IA en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès CIAREI « Communication, intelligence artificielle, remédiation, éthique et inclusion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Strasbourg; Université de Caen Normandie; Université de Clermont Auvergne, Sep 2025, Strabourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il encore une frontière entre les newsinfluenceurs et les journalistes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème édition Colloque Frontières Numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paragraphe Laboratoire; Université Paris 8; IAE Tunis, Oct 2025, Hammamet (TUN), Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UPOP. Conférences &amp; Débats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université populaire de Marseille; Société des architectes, Mar 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations presse : RP versus influenceurs, table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grandes journées de l’ARCES, Nouvelles tendances dans la communication de l’Enseignement Supérieur et de la Recherche : où en êtes-vous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARCES, Université d'Avignon, Jun 2024, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influenceurs et créateurs de contenus : un phénomène contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of AI in journalistic content. Round table</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Swanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misch Pautsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misch Strotz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le modèle de l'usager-récepteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Usages et effets des médias : nouveaux concepts, nouvelles recherches, Séminaire IMSIC, Universités d'Aix-Marseille et de Toulon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie-Pierre Fourquet-Courbet &amp; Didier Courbet, May 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La désinformation : Une menace pour la démocratie ? Keynote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les influenceurs et les créateurs de contenus : Ont-ils tous les droits ? Table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charel Schmit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Zoller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réformer les médias : de nouveaux enjeux et défis pour le Luxembourg ? Table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark David Cole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EDMO BELUX Lunch Lecture: Medialux Project – Uses and Reception of Media in Luxembourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edmo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anonymity, incitement to violence and hatred on the Internet: How far does freedom of expression go? Opening speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et pratiques de l'IA en éducation : le cas des étudiants en informatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ticemed 14 DIGITALISATION DES PRATIQUES EN ÉDUCATION : RISQUES, VALEURS ET OPPORTUNITÉS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ticemed, Oct 2024, Le Caire (Egypte), Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France, Luxembourg, Canada : Tous journalistes face à la désinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dimension transnationale de la production médiatique : identité des journalistes, circulation des représentations, enjeux de la désinformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, département Infocom, Geriico, Roubaix, Jan 2024, Roubaix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04442482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disinformation: A threat to democracy? Round table</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georg Mein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mara Kroth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Schroeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Bowler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réformer les médias : de nouveaux enjeux et défis pour le Luxembourg ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediareform</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la réinformation reconfigure les pratiques journalistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enjeux communicationnels de la désinformation. Nouvelles formes - nouveaux défis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie des controverses et de la communication sensible, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modératrice scientifique et organisatrice de la conférence d'Anne Cordier. L’éducation aux médias : l’heure des choix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medialux project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modératrice scientifique et organisatrice de la conférence de Julien Giry. Les enjeux français et européens de la désinformation et de sa régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medialux project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'engagement chez les jeunes dans le nouvel écosystème informationnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Vitale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vincent-Buffault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18-25 ans : comment les jeunes s'engagent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The conversation, Sciences po, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence. L'influence des leaders d'opinion. Un modèle pour l'étude des usages et de la réception des réseaux socionumériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIFEM 2023 - Doctoriales internationales francophones en études des médias. Comment analyser la réception ? Audience, participation, influence médiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, C2DH, Sep 2023, Esch-Belval, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réinformation : objet frontière de désinformation numérique à identifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontières numériques 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Imad Saleh; Samuel Szoniecky, Jun 2023, Hammamet (Tunisie), Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language diversity in the media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th anniversary of Lëtzebuerger Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lëtzebuerger Journal, Oct 2023, Grevenmacher, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modératrice scientifique et organisatrice de la conférence d'Alexandre Joux. L’économie des médias à l’ère de la plateformisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medialux project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction, conférence d’ouverture « L’état des médias au Luxembourg et en France ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Presse culturelle et culture dans la presse »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Culture et le Service des Médias, de la connectivité et de la politique numérique. Le Gouvernement du Grand-Duché de Luxembourg; Tiers-Lieu Les Rotondes, 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animatrice scientifique de la conférence « Tackling Disinformation » avec Urska Umek du Conseil de l’Europe.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque scientifique "The Media landscape in Europe".</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Europaeum, Sep 2022, Université du Luxembourg, Campus de Kirchberg, Luxembourg., Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confiance et défiance : les deux degrés de la communication socionumérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">89e congrès de l'ACFAS La Construction de la légitimité dans un contexte de méfiance généralisée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Acfas, May 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance des fakenews : qui ? quoi ? comment ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Samuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Wagner-Egger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque désinformation L’État nation est-il impuissant face aux fake news  ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nile consulting, Jun 2022, [En ligne], France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03705024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information-désinformation, la société française à l'ère du doute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre des Entretiens territoriaux de Strasbourg Les territoires face au défi démocratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut national des études territoriales (INET), Dec 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03463585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le data management dans les médias de service public : Nouvelles données, nouveaux publics et nouvelles missions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Descampe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Colloque de l’ARPPEJ Le journalisme et les données : produire, traiter, éditorialiser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alliance internationale de recherche sur les pratiques et la pédagogie du journalisme (ARPPEJ), Oct 2021, Louvain-la-Neuve, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La soutenance de thèse entre récits et retours d'expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Ouvre ta thèse", atelier doctoral de l'IMSIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03220988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animatrice scientifique (en anglais et en français) des tables rondes &amp;quot; A la source de l’information : l’éducation aux médias face à la logique des plateformes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Scientifique International « Journalisme et plateformes : information, infomédiation et fake news », 2e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03207260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la frontière des fake news, entre « réinformation » et désinformation. Le cas du blog Fdesouche. Décryptage et pistes de réflexion pour une réaffirmation du journalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Fake news in election times.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bosch Alumni Network, Nov 2021, En visioconférence, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03424355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fake news et publicisation d’une controverse médicale ; le « cas Raoult » à l’heure de la pandémie de Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bassoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Scientifique International « Journalisme et plateformes : information, infomédiation et fake news », 2e édition.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du côté des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque européen du Pharmaphone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, La Seyne-sur-mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que les gens choisissent et font réellement des médias sur les réseaux socionumériques. Bureau de désinformation. Aix-Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuit européenne des chercheur.e.s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Aix-Marseille., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03029238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animatrice scientifique de la conférence &amp;quot;On a la classe&amp;quot; au Colloque européen du Pharmaphone, Jan 2020, La Seyne-sur-mer, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque européen du Pharmaphone.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, La Seyne-sur-mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaders d'opinion sur Twitter pendant la crise de la Covid-19 : Ce que les gens font de l’information du Pr Didier Raoult, entre désinformation, réinformation et controverses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Albertini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine Data SHS LAMES CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Aix-Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03045415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle réception de l’information via les réseaux socionumériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la jeune recherche de l'université de Toulon, Doctoriades.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la frontière des fake-news, entre « réinformation » et désinformation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la science de l'université de Toulon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Toulon-La Garde, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation de la figure du leader d’opinion dans la réception de l’information des jeunes via les réseaux sociaux numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorales de la SFSIC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (60)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Législatives: entre engagement et consensus, le difficile équilibre des influenceurs. Notre temps. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En Australie, les médias sociaux comme TikTok seront soumis à une limite d'âge à partir de l'année prochaine (titre original : In Australien soll es ab dem kommenden Jahr eine Altersbeschränkung für soziale Medien wie TikTok geben). Entretien Télécran Luxemburg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les influenceurs s'engagent. Stratégies. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Je sais que je risque de perdre des abonnés » : quand des influenceurs appellent à voter contre le RN. Le Parisien. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence et développement personnel : plus belle la vie ? Entre une photo sur la plage et deux placements de produits, les créateurs de contenu n’hésitent pas à invoquer la pensée positive pour expliquer leur réussite. L'ADN. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les réseaux sociaux, l’humour comme remède à l’écoanxiété. Une nouvelle tendance de créateurs de contenus apparaît depuis quelques mois : jouer la comédie quelques minutes pour sensibiliser aux enjeux écologiques. Le Monde. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour les réseaux sociaux, la fin d’un règne ? Le Monde, Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Législatives 2024 : chez les influenceurs, une mobilisation contre le RN à marche forcée. Le Monde. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi TikTok est tout sauf inoffensif (titre original : Warum TikTok alles andere als harmlos ist). Luxemburger Wort. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postface, Guide de l'influence responsable de l'Agence de la transition écologique (ADEME)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repartager un post militant sur les réseaux sociaux... Cela sert-il à quelque chose ? Carenews. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le média des acteurs de l'engagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groupes privés, messageries, applications... les utilisateurs des réseaux sociaux de plus en plus séduits par la proximité. Le Pélerin. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The science of gossip. Lëtzebuerger journal. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nouvelle mode de la « désinfluence » sur les réseaux sociaux, une autre méthode de « greenwashing ». Mediapart. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Culture Grand Reportage &amp;quot;Influenceurs, une activité à réguler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlantico : Et voilà maintenant les dé-influenceurs. Décryptage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête &amp;quot;Jusqu’à 1000 euros la vidéo&amp;quot; : les soignants, des influenceurs (presque) comme les autres&amp;quot;. Sur les réseaux sociaux, les infirmiers, médecins, kinés ou pharmaciens attirent les marques, mais aussi les laboratoires ou mutuelles, pour des opérations d'influence. Deux députés veulent réguler cette pratique. L'Express. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désinfluence&amp;quot; : quand la consommation ne fait plus vendre. Usbek & Rica. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’influenceur, figure moderne du « self-made-man ». Le Monde. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La depêche : ENTRETIEN. Influenceurs : &amp;quot;Ils vont convaincre leur communauté d'acheter en jouant sur les sentiments&amp;quot;. explique la spécialiste des réseaux socionumériques. De plus en plus de Français, abonnés à des influenceurs, sont victimes d'arnaques lors de l'achat de produits promus par leurs personnalités préférées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influenceurs politiquement engagés : le nouveau visage de la mobilisation citoyenne. France 3. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une relation asymétrique&amp;quot; entre les influenceurs et les publics. Entretien Chut! Magazine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Influence. La prophétie du like. N°12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche de la confiance perdue. Lëtzebuerger journal. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L' Influence digitale par celles et ceux qui la font. Décryptage des mécanismes de l’influence digitale par une communauté d’experts. Vers une influence professionnelle, positive et éthique. Influence & stratégie d'entreprise. Livre blanc Cision France, interview. P.47</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux sociaux : le Sénat vote une majorité numérique à 15 ans. La Croix. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il y a énormément de dérives&amp;quot; : la proposition de loi pour l'encadrement des influenceurs sera-t-elle à la hauteur ? France 3. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion d'alcool et de drogue en ligne : les influenceurs sont-ils hors de contrôle ? TF1 info. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impossible influence responsable : Cercle vicieux. Chut! Magazine. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la mort du petit Rayan au Maroc suscite-t-elle une émotion planétaire . Décryptage d’une émotion devenue mondiale. 20 minutes. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Depp face à Amber Heard le récit d'une victoire par Tik-Tok . Le Journal du Dimanche (JDD). Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment TikTok précipite la mue du marché du travail. Interview pour l'Agence France Presse (AFP) pour La Presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influenceurs et transition écologique, une story compliquée. Slate.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel impact les réseaux ont-ils sur le phénomène de la grande démission ? Le Journal du Dimanche (JDD). Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ne plus suivre l'actualité pour sauver sa santé mentale. Appelée Infobesité plus d'un Français sur deux souffre de fatigue informationnelle. Vice. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chez les influenceurs, une difficile reconversion écologique. Le Monde. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19. Le gouvernement a-t-il manqué de prudence en levant l'ensemble des restrictions ? Ouest France. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RCF. Face à une actualité déprimante, la tentation grandissante de ne plus s'informer. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi comme Rihanna les stars ultimes deviennent des femmes d'affaires. Elle.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi le procès de Johnny Depp et Amber Heard nous a-t-il tant passionnés ? ELLE.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence, un jeu d'enfant. Enfants et internet. Chut! Magazine. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio Télévision Suisse (RTS) : Le mode de vie ultra-consumériste promu par les influenceurs de plus en plus critiqué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RTL : Remunération, arnaques, rôle... Qui sont vraiment les influenceurs sur les réseaux sociaux ? Emission &amp;quot;Focus&amp;quot;. 221. Les influenceurs : qui sont-ils vraiment ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus de la moitié des internautes français confrontés à une infox en 2021. Le Figaro. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ukraine : les influenceuses, nouveaux soldats du cyberespace. ELLE.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les influenceurs dans le viseur de Bercy. La Croix. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème avec les enquêteurs du dimanche de Tik-Tok et Instagram. ELLE.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aussi célèbres soient-ils, ils peuvent perdre des abonnés du jour au lendemain&amp;quot;. Une experte décypte le phénomène des influenceurs. Nice Matin. Entretien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre voyeurisme et misogynie, les réseaux sociaux s'emparent du procès Depp-Heard. 20 minutes. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Election présidentielle &amp;quot;manipulée&amp;quot; : la dangereuse fake news qui monte dans les cercles complotistes. Numerama. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : Annonces, objectifs, données... Pourquoi la com' sur l'épidémie reste-t-elle floue ? 20 minutes. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les influenceurs peuvent-ils sauver le monde ? Elle.fr. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les gens ont un besoin d'information locale de proximité. Ouest-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment une vidéo devient-elle virale ? Le vrai du faux. Curieux! Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux sociaux, siège de la libération de la parole. Le journal toulousain. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La panne de Facebook met en lumière notre dépendance. Certains utilisateurs étaient désemparés. France Live. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marseille, le journalisme local pris au piège de la saga chloroquine. La Provence. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien pour France Culture : &amp;quot;Opposants au pass sanitaire : il y a une confusion entre les institutions et les médias&amp;quot;. Une défiance envers les médias traditionnels et d’une volonté de réinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux sociaux : Se servir d'influenceurs pour sa communication politique ? 20 minutes. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04838042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mouvement anti-passe et antivax en effervescence sur les réseaux sociaux. Mediapart. Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettre à mon cher leader d'opinion. Correspondance de chercheur.e.s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03029240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partage (socionumérique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Homophilie » Publictionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire encyclopédique et critique des publics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Media Pluralism Monitor 2024. Monitoring Media Pluralism in the digital era application of the media pluralism monitor in the European member states and candidate countries. Country report: Luxembourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European University Institute; Centre for Media Pluralism and Media Freedom. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local media for democracy. Luxembourg. Uncovering news deserts in Europe Risks and opportunities for local and community media in the EU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European University Institute. 2024, pp.126-132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au rapport annuel 2024 de l'Ombudsman fir Kanner a Jugendlecher (OKAJU). Défis actuels en matière des droits de l'enfant. Le phénomène des influenceurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">OKAJU; UNICEF. 2024, pp.145-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audition. Les Etats généraux de l'information. Rapport Prospective. Le monde de l'information en 2050 : des scénarios possibles. Antoine Bayet, Antoine Buéno, Agnès Chauveau, François Quinton, Jérôme Ruskin, Nathalie Sonnac (dir.), coordonné et piloté par L'Institut national de l'audiovisuel (INA).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INA. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Media Pluralism Monitor Luxembourg 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Kies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre for Media Pluralism and Media Freedom. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de colloque. Enjeux communicationnels de la désinformation. Nouvelles formes- nouveaux défis. Quand la réinformation reconfigure les pratiques journalistiques. Une analyse comparative de trois pays francophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Académie des controverses et de la communication sensible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de colloque Ticemed 14 Digitalisation des pratiques en éducation : risques, valeurs et opportunités. Usages et Pratiques de l’IA en éducation : le cas des étudiants en informatique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ticemed 14 DIGITALISATION DES PRATIQUES EN ÉDUCATION : RISQUES, VALEURS ET OPPORTUNITÉS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France, Canada et Luxembourg : Tous les journalistes face à la réinformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Salou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Frontières numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Europia productions, 2023, 979-10-90094-67-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation de la figure du leader d’opinion dans la réception de l’information des jeunes via les réseaux sociaux numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des doctorales de la SFSIC 2019.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XIIIe Doctorales de la SFSIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02415008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esch 2022 : Entre témoignages, art et histoire : un patrimoine européen de la culture. Direction du webdocumentaire en partenariat avec l'Institut national de l'audiovisuel (INA) et le Centre national de l'audiovisuel (CNA) du Luxembourg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lukasik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId230"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AA0A956C"/>
+    <w:nsid w:val="8611A546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coe.int/fr/web/freedom-expression/-/committee-of-experts-on-online-safety-and-empowerment-of-content-creators-and-users-held-its-first-meeting" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coe.int/fr/web/freedom-expression/-/the%C2%A0committee-of-experts-online-safety-and-empowerment-of-content-creators-and-users-msi-esec-%C2%A0held-its-second-meeting" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/pixels/article/2024/10/06/pour-les-reseaux-sociaux-la-fin-d-un-regne_6344843_4408996.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/planete/article/2024/04/21/sur-les-reseaux-sociaux-l-humour-comme-remede-a-l-ecoanxiete_6229037_3244.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/pixels/article/2022/12/17/chez-les-influenceurs-une-difficile-reconversion-ecologique_6154800_4408996.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/campus/article/2023/04/04/l-influenceur-figure-moderne-du-self-made-man_6168150_4401467.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/pixels/article/2024/06/22/legislatives-2024-chez-les-influenceurs-une-mobilisation-contre-le-rn-a-marche-forcee_6242494_4408996.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mediapart.fr/journal/france/030921/le-mouvement-anti-passe-et-antivax-en-effervescence-sur-les-reseaux-sociaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mediapart.fr/journal/ecologie/260223/la-nouvelle-mode-de-la-desinfluence-sur-les-reseaux-sociaux-une-autre-methode-de-greenwashing" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lefigaro.fr/secteur/high-tech/plus-de-la-moitie-des-internautes-francais-confrontes-a-une-infox-en-2021-20220726" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lexpress.fr/societe/jusqua-1000-euros-la-video-les-soignants-des-influenceurs-presque-comme-les-autres-VPGTTMQKENA4VNB5U27OR3FIYI/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radiofrance.fr/franceculture/podcasts/grand-reportage/influenceurs-une-activite-a-reguler-1951385" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/medias/opposants-au-pass-sanitaire-il-y-a-une-confusion-entre-les-institutions-et-les-medias" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?sa=t&amp;source=web&amp;rct=j&amp;opi=89978449&amp;url=https://www.radiofrance.fr/franceculture/podcasts/journal-de-18h/troisieme-samedi-de-mobilisation-contre-le-pass-sanitaire-9903874&amp;ved=2ahUKEwjb79Gt8tiGAxXzcKQEHWTKCUU4ChAWegQICBAB&amp;usg=AOvVaw39CeQyiP4lS1bt17u8Ihub" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larevuedesmedias.ina.fr/influenceurs-journalistes-attaches-de-presse-communication-marketing-regulation" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lejdd.fr/Societe/quel-impact-les-reseaux-ont-ils-sur-le-phenomene-de-la-grande-demission-4126292" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lejdd.fr/International/johnny-depp-face-a-amber-heard-le-recit-dune-victoire-par-tiktok-4115623" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://usbeketrica.com/fr/article/desinfluence-quand-la-consommation-ne-fait-plus-vendre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carenews.com/carenews-info/news/repartager-un-post-militant-sur-les-reseaux-sociaux-cela-sert-il-a-quelque-chose" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atlantico.fr/article/decryptage/et-voila-maintenant-les-de-influenceurs-stephanie-lukasik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://france3-regions.francetvinfo.fr/centre-val-de-loire/indre-loire/tours/il-y-a-enormement-de-derives-la-proposition-de-loi-pour-l-encadrement-des-influenceurs-sera-t-elle-a-la-hauteur-2742434.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://france3-regions.francetvinfo.fr/centre-val-de-loire/influenceurs-politiquement-engages-le-nouveau-visage-de-la-mobilisation-citoyenne-2743398.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lapresse.ca/affaires/2022-01-29/je-demissionne/comment-tiktok-precipite-la-mue-du-marche-du-travail.php" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notretemps.com/depeches/legislatives-entre-engagement-et-consensus-le-difficile-equilibre-des-influenceurs-93043" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leparisien.fr/societe/je-sais-que-je-risque-de-perdre-des-abonnes-quand-des-influenceurs-appellent-a-voter-contre-le-rn-14-06-2024-QRD7WIGF7ZB5FHQL6NSHDLV574.php" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curieux.live/2021/11/25/comment-une-video-devient-elle-virale%E2%80%89/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ouest-france.fr/sante/virus/coronavirus/covid-19-le-gouvernement-a-t-il-manque-de-prudence-en-levant-l-ensemble-des-restrictions-17a65c64-a9c6-11ec-a5d3-077a6bd58027" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ouest-france.fr/bretagne/vannes-56000/vannes-les-gens-ont-un-besoin-d-information-locale-de-proximite-c074e9ec-3805-11ec-91f1-9d137aad4b8a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/Les-enquetes/Les-influenceurs-peuvent-ils-sauver-le-monde-3943059" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/Les-enquetes/Ukraine-les-influenceuses-nouveaux-soldats-du-cyberespace-4009041" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/News/pourquoi-comme-Rihanna-les-stars-ultimes-deviennent-des-femmes-d-affaires-3943228" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/Les-enquetes/Le-probleme-avec-les-enqueteurs-du-dimanche-de-TikTok-et-Instagram-3967493" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/News/Le-proces-de-Johnny-Depp-et-Amber-Heard-tient-il-de-la-telerealite-4019291" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francelive.fr/article/france-live/la-panne-de-facebook-met-en-lumiere-notre-dependance-certains-utilisateurs-etaient-desempares-7111634/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laprovence.com/article/edition-marseille/6320654/a-marseille-le-journalisme-local-pris-au-piege-de-la-saga-chloroquine.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lejournaltoulousain.fr/le-dossier/les-reseaux-sociaux-siege-liberation-parole-120949/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.20minutes.fr/politique/3194687-20211210-reseaux-sociaux-servir-influenceurs-communication-politique-casse-gueule" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.20minutes.fr/sante/3229135-20220203-covid-19-timing-tres-pratique-communication-politique-sortie-crise-irrite-scientifiques" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.20minutes.fr/monde/3231019-20220207-maroc-mort-petit-rayan-tous-ingredients-reunis-susciter-vive-emotion" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.20minutes.fr/arts-stars/people/3283159-20220505-audiences-direct-contre-enquetes-campagne-pro-depp-reseaux-sociaux-bouleversent-proces-deppheard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.numerama.com/politique/903173-election-presidentielle-manipulee-la-dangereuse-fake-news-qui-monte-dans-les-cercles-complotistes.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nicematin.com/faits-divers/aussi-celebres-soient-ils-ils-peuvent-perdre-des-abonnes-du-jour-au-lendemain-une-experte-decrypte-le-phenomene-des-influenceurs-767176" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcf.fr/articles/actualite/face-a-une-actualite-deprimante-la-tentation-grandissante-de-ne-plus-sinformer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slate.fr/story/231135/influenceurs-enjeux-ecologiques-story-compliquee-consommation-avion-instagram-tiktok" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/info/monde/13389415-le-mode-de-vie-ultraconsumeriste-promu-par-les-influenceurs-de-plus-en-plus-critique.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rtl.fr/actu/debats-societe/remuneration-arnaques-role-qui-sont-vraiment-les-influenceurs-sur-les-reseaux-sociaux-7900197018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vice.com/fr/article/m7gk8p/ne-plus-suivre-lactualite-pour-sauver-sa-sante-mentale" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.la-croix.com/Economie/influenceurs-viseur-Bercy-2022-12-08-1201245654" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chut.media/magazine/chut-n12-influence-la-prophetie-du-like/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chut.media/influence/limpossible-influence-responsable/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chut.media/influence/linfluence-un-jeu-denfant/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ladepeche.fr/2023/01/29/entretien-influenceurs-ils-vont-convaincre-leur-communaute-dacheter-en-jouant-sur-les-sentiments-explique-une-specialiste-10953225.php" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tf1info.fr/sante/promotion-d-alcool-et-de-drogue-en-ligne-sur-les-reseaux-sociaux-instagram-et-tik-tok-les-influenceurs-sont-ils-hors-de-controle-2257556.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.la-croix.com/Famille/Reseaux-sociaux-Senat-vote-majorite-numerique-15-ans-2023-05-24-1201268627" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategies.fr/actualites/culture-tech/LQ3339651C/legislatives-les-influenceurs-sengagent.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cision.fr/ressources/livres-blancs/Influence-digitale-par-celles-et-ceux-qui-la-font/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepelerin.com/france/technologie/groupes-prives-messageries-applications-les-utilisateurs-des-reseaux-sociaux-de-plus-en-plus-seduits-par-la-proximite-10498" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364006v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lukasik" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Rieffel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-l_influence_des_leaders_d_opinion_un_modele_pour_l_etude_des_usages_et_de_la_reception_des_reseaux_socionumeriques_stephanie_lukasik-9782343239699-71202.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828001v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Kies" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548204v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda Ro&#382;ukalne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louiselle Vasallo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Media-Pluralism-in-the-Digital-Era-Legal-Economic-Social-and-Political-Lessons-Learnt-from-Europe/Brogi-Nenadic-Parcu/p/book/9781032567617" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293082v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224450v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bassoni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293079v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987303v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571085v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Amiel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549800v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450534v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Salou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.1200" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293085v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828164v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705042v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Galli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.032.0113" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571196v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402355v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629739v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.15107" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953274v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953273v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03012086v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317606v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317583v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827915v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611491v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827874v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827906v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Swanson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misch Pautsch" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misch Strotz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611480v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827893v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827868v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charel Schmit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Muller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Zoller" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827909v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827852v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark David Cole" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827927v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442482v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827858v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827887v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Mein" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Kroth" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Schroeder" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Bowler" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827795v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828154v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828153v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316709v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mercier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Vitale" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vincent-Buffault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549840v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151434v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549792v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110783v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828156v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110785v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665655v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705024v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Samuel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Wagner-Egger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463585v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424355v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207260v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381589v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Descampe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220988v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119099v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571176v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029238v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819950v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045415v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Albertini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571151v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571167v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923102v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837974v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828170v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837936v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837948v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837939v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838107v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837975v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838005v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828168v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827722v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837964v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838114v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837108v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837954v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837961v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838355v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837965v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837958v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837945v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838089v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837113v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837968v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837103v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838110v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838101v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837967v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838099v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838080v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838053v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837960v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837973v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838062v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828167v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838083v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837989v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837986v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837959v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838067v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837941v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837979v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837956v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837985v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838070v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828166v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828165v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837987v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838058v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838054v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838048v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838056v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837983v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837976v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837980v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837994v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837997v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837991v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828163v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838042v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837950v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029240v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248466v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021470v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827771v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549784v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827835v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695478v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110782v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827967v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827953v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561867v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415008v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684592v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coe.int/fr/web/freedom-expression/-/committee-of-experts-on-online-safety-and-empowerment-of-content-creators-and-users-held-its-first-meeting" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coe.int/fr/web/freedom-expression/-/the%C2%A0committee-of-experts-online-safety-and-empowerment-of-content-creators-and-users-msi-esec-%C2%A0held-its-second-meeting" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/pixels/article/2024/10/06/pour-les-reseaux-sociaux-la-fin-d-un-regne_6344843_4408996.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/planete/article/2024/04/21/sur-les-reseaux-sociaux-l-humour-comme-remede-a-l-ecoanxiete_6229037_3244.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/pixels/article/2022/12/17/chez-les-influenceurs-une-difficile-reconversion-ecologique_6154800_4408996.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/campus/article/2023/04/04/l-influenceur-figure-moderne-du-self-made-man_6168150_4401467.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lemonde.fr/pixels/article/2024/06/22/legislatives-2024-chez-les-influenceurs-une-mobilisation-contre-le-rn-a-marche-forcee_6242494_4408996.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mediapart.fr/journal/france/030921/le-mouvement-anti-passe-et-antivax-en-effervescence-sur-les-reseaux-sociaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mediapart.fr/journal/ecologie/260223/la-nouvelle-mode-de-la-desinfluence-sur-les-reseaux-sociaux-une-autre-methode-de-greenwashing" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lefigaro.fr/secteur/high-tech/plus-de-la-moitie-des-internautes-francais-confrontes-a-une-infox-en-2021-20220726" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lexpress.fr/societe/jusqua-1000-euros-la-video-les-soignants-des-influenceurs-presque-comme-les-autres-VPGTTMQKENA4VNB5U27OR3FIYI/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radiofrance.fr/franceculture/podcasts/grand-reportage/influenceurs-une-activite-a-reguler-1951385" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/medias/opposants-au-pass-sanitaire-il-y-a-une-confusion-entre-les-institutions-et-les-medias" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?sa=t&amp;source=web&amp;rct=j&amp;opi=89978449&amp;url=https://www.radiofrance.fr/franceculture/podcasts/journal-de-18h/troisieme-samedi-de-mobilisation-contre-le-pass-sanitaire-9903874&amp;ved=2ahUKEwjb79Gt8tiGAxXzcKQEHWTKCUU4ChAWegQICBAB&amp;usg=AOvVaw39CeQyiP4lS1bt17u8Ihub" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larevuedesmedias.ina.fr/influenceurs-journalistes-attaches-de-presse-communication-marketing-regulation" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lejdd.fr/Societe/quel-impact-les-reseaux-ont-ils-sur-le-phenomene-de-la-grande-demission-4126292" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lejdd.fr/International/johnny-depp-face-a-amber-heard-le-recit-dune-victoire-par-tiktok-4115623" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://usbeketrica.com/fr/article/desinfluence-quand-la-consommation-ne-fait-plus-vendre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carenews.com/carenews-info/news/repartager-un-post-militant-sur-les-reseaux-sociaux-cela-sert-il-a-quelque-chose" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atlantico.fr/article/decryptage/et-voila-maintenant-les-de-influenceurs-stephanie-lukasik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://france3-regions.francetvinfo.fr/centre-val-de-loire/indre-loire/tours/il-y-a-enormement-de-derives-la-proposition-de-loi-pour-l-encadrement-des-influenceurs-sera-t-elle-a-la-hauteur-2742434.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://france3-regions.francetvinfo.fr/centre-val-de-loire/influenceurs-politiquement-engages-le-nouveau-visage-de-la-mobilisation-citoyenne-2743398.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lapresse.ca/affaires/2022-01-29/je-demissionne/comment-tiktok-precipite-la-mue-du-marche-du-travail.php" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notretemps.com/depeches/legislatives-entre-engagement-et-consensus-le-difficile-equilibre-des-influenceurs-93043" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leparisien.fr/societe/je-sais-que-je-risque-de-perdre-des-abonnes-quand-des-influenceurs-appellent-a-voter-contre-le-rn-14-06-2024-QRD7WIGF7ZB5FHQL6NSHDLV574.php" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curieux.live/2021/11/25/comment-une-video-devient-elle-virale%E2%80%89/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ouest-france.fr/sante/virus/coronavirus/covid-19-le-gouvernement-a-t-il-manque-de-prudence-en-levant-l-ensemble-des-restrictions-17a65c64-a9c6-11ec-a5d3-077a6bd58027" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ouest-france.fr/bretagne/vannes-56000/vannes-les-gens-ont-un-besoin-d-information-locale-de-proximite-c074e9ec-3805-11ec-91f1-9d137aad4b8a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/Les-enquetes/Les-influenceurs-peuvent-ils-sauver-le-monde-3943059" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/Les-enquetes/Ukraine-les-influenceuses-nouveaux-soldats-du-cyberespace-4009041" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/News/pourquoi-comme-Rihanna-les-stars-ultimes-deviennent-des-femmes-d-affaires-3943228" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/Les-enquetes/Le-probleme-avec-les-enqueteurs-du-dimanche-de-TikTok-et-Instagram-3967493" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elle.fr/Societe/News/Le-proces-de-Johnny-Depp-et-Amber-Heard-tient-il-de-la-telerealite-4019291" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francelive.fr/article/france-live/la-panne-de-facebook-met-en-lumiere-notre-dependance-certains-utilisateurs-etaient-desempares-7111634/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laprovence.com/article/edition-marseille/6320654/a-marseille-le-journalisme-local-pris-au-piege-de-la-saga-chloroquine.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lejournaltoulousain.fr/le-dossier/les-reseaux-sociaux-siege-liberation-parole-120949/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.20minutes.fr/politique/3194687-20211210-reseaux-sociaux-servir-influenceurs-communication-politique-casse-gueule" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.20minutes.fr/sante/3229135-20220203-covid-19-timing-tres-pratique-communication-politique-sortie-crise-irrite-scientifiques" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.20minutes.fr/monde/3231019-20220207-maroc-mort-petit-rayan-tous-ingredients-reunis-susciter-vive-emotion" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.20minutes.fr/arts-stars/people/3283159-20220505-audiences-direct-contre-enquetes-campagne-pro-depp-reseaux-sociaux-bouleversent-proces-deppheard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.numerama.com/politique/903173-election-presidentielle-manipulee-la-dangereuse-fake-news-qui-monte-dans-les-cercles-complotistes.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nicematin.com/faits-divers/aussi-celebres-soient-ils-ils-peuvent-perdre-des-abonnes-du-jour-au-lendemain-une-experte-decrypte-le-phenomene-des-influenceurs-767176" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcf.fr/articles/actualite/face-a-une-actualite-deprimante-la-tentation-grandissante-de-ne-plus-sinformer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slate.fr/story/231135/influenceurs-enjeux-ecologiques-story-compliquee-consommation-avion-instagram-tiktok" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/info/monde/13389415-le-mode-de-vie-ultraconsumeriste-promu-par-les-influenceurs-de-plus-en-plus-critique.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rtl.fr/actu/debats-societe/remuneration-arnaques-role-qui-sont-vraiment-les-influenceurs-sur-les-reseaux-sociaux-7900197018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vice.com/fr/article/m7gk8p/ne-plus-suivre-lactualite-pour-sauver-sa-sante-mentale" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.la-croix.com/Economie/influenceurs-viseur-Bercy-2022-12-08-1201245654" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chut.media/magazine/chut-n12-influence-la-prophetie-du-like/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chut.media/influence/limpossible-influence-responsable/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chut.media/influence/linfluence-un-jeu-denfant/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ladepeche.fr/2023/01/29/entretien-influenceurs-ils-vont-convaincre-leur-communaute-dacheter-en-jouant-sur-les-sentiments-explique-une-specialiste-10953225.php" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tf1info.fr/sante/promotion-d-alcool-et-de-drogue-en-ligne-sur-les-reseaux-sociaux-instagram-et-tik-tok-les-influenceurs-sont-ils-hors-de-controle-2257556.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.la-croix.com/Famille/Reseaux-sociaux-Senat-vote-majorite-numerique-15-ans-2023-05-24-1201268627" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategies.fr/actualites/culture-tech/LQ3339651C/legislatives-les-influenceurs-sengagent.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cision.fr/ressources/livres-blancs/Influence-digitale-par-celles-et-ceux-qui-la-font/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepelerin.com/france/technologie/groupes-prives-messageries-applications-les-utilisateurs-des-reseaux-sociaux-de-plus-en-plus-seduits-par-la-proximite-10498" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364006v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lukasik" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Rieffel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-l_influence_des_leaders_d_opinion_un_modele_pour_l_etude_des_usages_et_de_la_reception_des_reseaux_socionumeriques_stephanie_lukasik-9782343239699-71202.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828001v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Kies" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548204v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda Ro&#382;ukalne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louiselle Vasallo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Media-Pluralism-in-the-Digital-Era-Legal-Economic-Social-and-Political-Lessons-Learnt-from-Europe/Brogi-Nenadic-Parcu/p/book/9781032567617" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293082v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224450v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bassoni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293079v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987303v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571085v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Amiel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450534v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Salou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.1200" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549800v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293085v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828164v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705042v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Galli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.032.0113" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571196v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402355v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629739v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.15107" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953274v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953273v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03012086v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317606v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317583v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611491v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827874v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827906v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Swanson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misch Pautsch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misch Strotz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611480v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827915v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827868v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charel Schmit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Muller" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Zoller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827852v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark David Cole" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827893v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827909v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827927v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442482v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827887v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Mein" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Kroth" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Schroeder" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Bowler" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827858v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827795v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828154v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828153v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316709v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mercier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Vitale" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vincent-Buffault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549840v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151434v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549792v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828156v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110783v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110785v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665655v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705024v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Samuel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Wagner-Egger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463585v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381589v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Descampe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220988v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207260v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424355v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119099v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571176v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029238v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819950v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045415v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Albertini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571167v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571151v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923102v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837974v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828170v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838107v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837975v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838005v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837939v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837936v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837948v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828168v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827722v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837964v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838114v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837108v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837954v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838355v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837965v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837958v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837961v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837945v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838089v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837968v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837103v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837113v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838110v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838101v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837967v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838099v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838080v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838053v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837960v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837973v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838062v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837959v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838067v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837941v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837979v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828167v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837986v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837989v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838083v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828166v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828165v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837956v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837985v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838070v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837987v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838058v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838054v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838056v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838048v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837983v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837980v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837976v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837997v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837991v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837994v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828163v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838042v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837950v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029240v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248466v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021470v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827771v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549784v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827835v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695478v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110782v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827967v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827953v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561867v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415008v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684592v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>