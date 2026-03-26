--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -500,291 +500,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une grille multidimensionnelle pour analyser le rôle du son dans trois temporalités des boucles de gameplay</w:t>
+                <w:t xml:space="preserve">Les jeux santé : classification, design du gameplay, et paradoxes de game design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Le Prado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM'25 - 36e Conférence Internationale Francophone sur l'Interaction Humain-Machine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Summer School Transposition Ludique : Du savoir au jeu : microbes et santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Unil-EPFL et institut de microbiologie du CHUV, Jul 2025, Lausanne, Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05294547v1</w:t>
+                <w:t xml:space="preserve">hal-05497614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les jeux santé : classification, design du gameplay, et paradoxes de game design</w:t>
+                <w:t xml:space="preserve">Comment et pourquoi lire le code source de jeux vidéo des années 1980 pour analyser leur gameplay ? Cas d'étude sur des jeux vidéo pour SMAKY, une série d'ordinateurs suisses romands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Summer School Transposition Ludique : Du savoir au jeu : microbes et santé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Séminaire Codes sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNAM, LIP6, CNRS, Jun 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/13quu⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05497614v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment et pourquoi lire le code source de jeux vidéo des années 1980 pour analyser leur gameplay ? Cas d'étude sur des jeux vidéo pour SMAKY, une série d'ordinateurs suisses romands</w:t>
+                <w:t xml:space="preserve">Une grille multidimensionnelle pour analyser le rôle du son dans trois temporalités des boucles de gameplay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ballet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Prado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Codes sources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNAM, LIP6, CNRS, Jun 2025, Paris, France. </w:t>
+              <w:t xml:space="preserve">IHM'25 - 36e Conférence Internationale Francophone sur l'Interaction Humain-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Toulouse, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.58079/13quu⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3765712.3765963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05491744v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05294547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A semantic network for video game authorship</w:t>
               </w:r>
@@ -1023,96 +1023,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que la lecture du code source d’anciens jeux vidéo nous apprend sur l’histoire de l’informatique et le game design : méthode et étude de cas à partir de jeux vidéo sur Smaky</w:t>
+                <w:t xml:space="preserve">Lire le code source des jeux vidéo. Qu’est-ce que le code source a à nous dire ? Quel intérêt pour les chercheur(e)s ? Comment s’y prendre ? Cas d’étude d’un jeu vidéo sur la plateforme Smaky.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La lecture du code source d’anciens jeux vidéo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Section des sciences du langage et de l’information et lGameLab Unil-EPFL, Nov 2023, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">Comment préserver et étudier les jeux vidéo.. sans y jouer ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BnF, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491299v1</w:t>
+                <w:t xml:space="preserve">hal-05491389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acquiring and Assessing 21st Century Skills Through Game Development: A Case Study with an Escape Game Template</w:t>
               </w:r>
@@ -1209,189 +1209,189 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04591012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lire le code source des jeux vidéo. Qu’est-ce que le code source a à nous dire ? Quel intérêt pour les chercheur(e)s ? Comment s’y prendre ? Cas d’étude d’un jeu vidéo sur la plateforme Smaky.</w:t>
+                <w:t xml:space="preserve">Table ronde #3 : Sauvegarder le code… Enjeux et solutions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comment préserver et étudier les jeux vidéo.. sans y jouer ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BnF, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">5ème colloque national du CNJV « Programmer un jeu vidéo – Du Basic à L'IA, 40 ans d’évolution »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conservatoire National du Jeu Vidéo, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491389v1</w:t>
+                <w:t xml:space="preserve">hal-05491809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde #3 : Sauvegarder le code… Enjeux et solutions ?</w:t>
+                <w:t xml:space="preserve">Ce que la lecture du code source d’anciens jeux vidéo nous apprend sur l’histoire de l’informatique et le game design : méthode et étude de cas à partir de jeux vidéo sur Smaky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème colloque national du CNJV « Programmer un jeu vidéo – Du Basic à L'IA, 40 ans d’évolution »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Conservatoire National du Jeu Vidéo, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">La lecture du code source d’anciens jeux vidéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Section des sciences du langage et de l’information et lGameLab Unil-EPFL, Nov 2023, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491809v1</w:t>
+                <w:t xml:space="preserve">hal-05491299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d'un référentiel de compétences pour une activité de création de jeu vidéo en classe</w:t>
+                <w:t xml:space="preserve">Conception d'un système d'évaluation d'une activité de création de jeu vidéo pour les enseignants de seconde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
@@ -1409,97 +1409,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Jeunes Chercheurs EIAH 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">Inforsid (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03726343v1</w:t>
+                <w:t xml:space="preserve">hal-03726368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d'un système d'évaluation d'une activité de création de jeu vidéo pour les enseignants de seconde</w:t>
+                <w:t xml:space="preserve">Conception d'un référentiel de compétences pour une activité de création de jeu vidéo en classe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
@@ -1517,73 +1517,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inforsid (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Dijon, France</w:t>
+              <w:t xml:space="preserve">Colloque Jeunes Chercheurs EIAH 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03726368v1</w:t>
+                <w:t xml:space="preserve">hal-03726343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Playstyles in Tetris: Beyond Player Skill, Score, and Competition</w:t>
               </w:r>
@@ -1844,204 +1844,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04033945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swiss Video Game History and the Smaky Era: Bootstrapping a Platform Archaeology Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Swiss Pong: Bong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Mader</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Goudjil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DiGRA ’20 – Proceedings of the 2020 DiGRA International Conference: Play Everywhere</w:t>
+              <w:t xml:space="preserve">DiGRA 2020 Game Historiography Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03033478v1</w:t>
+                <w:t xml:space="preserve">hal-03033462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Swiss Pong: Bong</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Swiss Video Game History and the Smaky Era: Bootstrapping a Platform Archaeology Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Rochat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Goudjil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DiGRA 2020 Game Historiography Workshop</w:t>
+              <w:t xml:space="preserve">DiGRA ’20 – Proceedings of the 2020 DiGRA International Conference: Play Everywhere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03033462v1</w:t>
+                <w:t xml:space="preserve">hal-03033478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tetris : quelle sera la prochaine pièce, ou comment un espace de conception minimal peut porter de nombreux discours</w:t>
               </w:r>
@@ -2290,51 +2290,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des jeux pervasifs multi-joueurs en milieu urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Natkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2705,51 +2705,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Udock, the interactive docking entertainment system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Levieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3773,51 +3773,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591037v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mader" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Zabban" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Andlauer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bemelmans" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Georges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.5291" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456042v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahen Malla Osman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dupire" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cubaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Natkin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcom.2015.08.003" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126330v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guardiola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294547v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tiger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ballet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Prado" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3765712.3765963" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497614v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491744v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13quu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498045v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Bry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Emberger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Buendia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491828v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Moreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497552v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491299v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591012v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vigneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rolland" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-8248-6_12" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491389v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491809v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726343v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726368v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847457v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Tassin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-20212-4_13" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025990v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Goudjil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Rochat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04033945v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033478v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033462v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456200v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456188v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanie Bouchara Bouchara" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Barbet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456179v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456154v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubna Odeh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456110v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Remillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lequellec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teixeira" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456122v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharine Neil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456092v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levieux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VS-GAMES.2016.7590333" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126514v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Zagury" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126207v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33542-6_17" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126116v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125671v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Topol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Froment" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M?lanie Ginibre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125670v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sarafian" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Schwartz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726328v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456063v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01344418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CNAM1011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591037v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mader" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Zabban" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Andlauer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bemelmans" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Georges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.5291" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456042v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahen Malla Osman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dupire" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cubaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Natkin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcom.2015.08.003" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126330v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guardiola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497614v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491744v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13quu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294547v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tiger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ballet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Prado" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3765712.3765963" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498045v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Bry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Emberger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Buendia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491828v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Moreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497552v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491389v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591012v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vigneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rolland" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-8248-6_12" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491809v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491299v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726368v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726343v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847457v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Tassin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-20212-4_13" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025990v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Goudjil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Rochat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04033945v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033462v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033478v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456200v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456188v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanie Bouchara Bouchara" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Barbet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456179v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456154v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubna Odeh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456110v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Remillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lequellec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teixeira" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456122v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharine Neil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456092v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levieux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VS-GAMES.2016.7590333" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126514v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Zagury" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126207v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33542-6_17" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126116v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125671v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Topol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Froment" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M?lanie Ginibre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125670v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sarafian" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Schwartz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726328v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02456063v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01344418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CNAM1011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>