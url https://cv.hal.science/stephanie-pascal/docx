--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -109,295 +109,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structurally diverse herbicides inhibit β-keto-Acyl-CoA synthases from monocotyledonous and dicotyledonous plant species</w:t>
+                <w:t xml:space="preserve">Deciphering heat-enhanced resistance of grapevine berries to Botrytis cinerea highlights differential cuticular and secondary metabolite accumulations between Merlot and Cabernet Sauvignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Le Ruyet</w:t>
+                <w:t xml:space="preserve">Erwan Chavonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
+                <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerlinde Usunow</w:t>
+                <w:t xml:space="preserve">Sarah Bernardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre van Delft</w:t>
+                <w:t xml:space="preserve">Clément Guinand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Thoraval</w:t>
+                <w:t xml:space="preserve">Ghislain Delestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 239, pp.120-132. </w:t>
+              <w:t xml:space="preserve">Plant stress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18, pp.101051. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2025.07.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.stress.2025.101051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263175v1</w:t>
+                <w:t xml:space="preserve">hal-05290179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering heat-enhanced resistance of grapevine berries to Botrytis cinerea highlights differential cuticular and secondary metabolite accumulations between Merlot and Cabernet Sauvignon</w:t>
+                <w:t xml:space="preserve">Structurally diverse herbicides inhibit β-keto-Acyl-CoA synthases from monocotyledonous and dicotyledonous plant species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Chavonet</w:t>
+                <w:t xml:space="preserve">Claire Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
+                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Bernardo</w:t>
+                <w:t xml:space="preserve">Gerlinde Usunow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Guinand</w:t>
+                <w:t xml:space="preserve">Pierre van Delft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislain Delestre</w:t>
+                <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant stress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18, pp.101051. </w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 239, pp.120-132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.stress.2025.101051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2025.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290179v1</w:t>
+                <w:t xml:space="preserve">hal-05263175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tackling functional redundancy of Arabidopsis fatty acid elongase complexes</w:t>
               </w:r>
@@ -409,64 +409,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Haslam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -569,51 +569,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (1), pp.4385. </w:t>
@@ -677,51 +677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre‐françois Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -824,51 +824,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Wattelet-Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1053,51 +1053,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arabidopsis CER1-LIKE1 Functions in a Cuticular Very-Long-Chain Alkane-Forming Complex 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1481,64 +1481,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tegan M Haslam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Haslam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Delude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1641,51 +1641,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian P. Pulsifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Scandola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 163 (3), pp.1118 - 1132. </w:t>
@@ -1723,51 +1723,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Arabidopsis cer26 mutant, like the cer2 mutant, is specifically affected in the very long chain fatty acid elongation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2030,51 +2030,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2298,51 +2298,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Rogniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Delrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2457,51 +2457,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Marchive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 19 (10), pp.1103-1112. </w:t>
@@ -2821,103 +2821,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highlighting the plant responses against multi-stresses: Focus on heat induced grape berries tolerance to Botrytis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Chavonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Delestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion plénière du réseau INRAe ENVIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Bordeaux, France</w:t>
@@ -2946,103 +2946,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highlighting the plant responses against multi-stresses: Focus on heat induced grape berries tolerance to Botrytis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Chavonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Delestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Zhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Congress of the French Society of Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Bordeaux, France</w:t>
@@ -3071,103 +3071,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highlighting the plant responses against multi-stresses: Focus on heat induced grape berries tolerance to Botrytis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Chavonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Delestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Zhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathleen Mirande-Ney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion plénière du réseau INRAe ENVIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Sete, France</w:t>
@@ -3209,77 +3209,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the functional redudancy of Arabidopsis KCS from the clade α</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3373,51 +3373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ENPER 2023 - 23rd European Network for Plant Endomembrane Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Constance, Germany</w:t>
@@ -3472,64 +3472,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3597,64 +3597,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3735,51 +3735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Laquitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Delrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3860,51 +3860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gomès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Laquitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Delrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3998,51 +3998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Buhot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Congress of Plant Molecular Biology.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2003, Barcelone, Spain</w:t>
@@ -4116,90 +4116,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating herbicide targets in the very long-chain fatty acid biosynthetic pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Joubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Symposium on Plant Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bonn, Germany</w:t>
@@ -4228,90 +4228,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating herbicide targets in the very long-chain fatty acid biosynthetic pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Luemmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4353,90 +4353,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific and differential inhibition of very-long-chain fatty acid elongases from &amp;lt;i&amp;gt;Arabidopsis thaliana&amp;lt;/i&amp;gt; by different herbicides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Luemmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4478,90 +4478,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific and differential inhibition of very-long-chain fatty acid elongases from &amp;lt;i&amp;gt;Arabidopsis thaliana&amp;lt;/i&amp;gt; by different herbicides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Luemmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4655,51 +4655,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Lupette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference / Plant Lipids: Structure, Metabolism and Function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Galveston - Texas, United States</w:t>
@@ -4728,90 +4728,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific and differential inhibition of very-long-chain fatty acid elongases from Arabidopsis thaliana by different herbicides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Batsale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Thoraval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4892,51 +4892,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo E Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lysiane Brocard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5147,51 +5147,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263175v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Ruyet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlinde Usunow" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Delft" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thoraval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2025.07.007" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290179v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Chavonet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Mirande-Ney" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bernardo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guinand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stress.2025.101051" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254570v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alonso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Haslam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1107333" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774766v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Enrique Gomez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chambaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castets" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32109-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176193v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Merlin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;fran&#231;ois Bert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pld3.278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990514v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Coulon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Faure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Grison" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wattelet-Boyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051654" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02155235v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Creff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joub&#232;s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Taconnat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Doll" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007847" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368049v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Deslous" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gronnier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Fournier-Goss" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01075" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346772v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Immel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Esnay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tuphile" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00894" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602409v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delude" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palash Bhar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josee Cardinal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pascal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00834" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190072v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegan M Haslam" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.253195" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650729v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sollapura J. Vishwanath" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan K. Kosma" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian P. Pulsifer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Scandola" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.224410" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643891v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Sorel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Pervent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12060" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003414v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Bernard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Domergue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Jetter" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Renne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.099796" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651224v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bourdenx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.172320" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115342v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Ono" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.158238" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274065v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Girault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rogniaux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Delrot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2007.10.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MQ5SH9Z9-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103532v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laquitaine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gom&#232;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Marchive" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-19-1103" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283052v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buridan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Toboso Moreno" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor S&#225;nchez de Medina Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279370v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Dittrich-Domergue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282740v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Besse" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282691v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Zhan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282717v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261892v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274098v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261996v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266562v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107111v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107095v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107091v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Buhot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261978v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261958v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Luemmen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261969v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261868v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273955v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261839v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273826v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo E Gomez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290179v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Chavonet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Mirande-Ney" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bernardo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guinand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stress.2025.101051" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263175v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Ruyet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pascal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlinde Usunow" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Delft" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thoraval" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2025.07.007" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254570v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Batsale" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alonso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Haslam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1107333" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774766v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Enrique Gomez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chambaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Castets" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32109-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176193v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Merlin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;fran&#231;ois Bert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pld3.278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990514v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Coulon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Faure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Grison" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Wattelet-Boyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051654" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02155235v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Creff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Brocard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joub&#232;s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Taconnat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Doll" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007847" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368049v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Deslous" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gronnier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Fournier-Goss" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.18.01075" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346772v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Immel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Esnay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tuphile" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00894" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602409v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delude" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palash Bhar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josee Cardinal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pascal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00834" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190072v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegan M Haslam" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.114.253195" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650729v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sollapura J. Vishwanath" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan K. Kosma" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian P. Pulsifer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Scandola" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.224410" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643891v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Sorel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Pervent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12060" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003414v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Bernard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Domergue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Jetter" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Renne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.099796" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651224v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bourdenx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.172320" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115342v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Ono" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.158238" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274065v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Girault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rogniaux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Delrot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2007.10.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MQ5SH9Z9-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103532v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laquitaine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gom&#232;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Marchive" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-19-1103" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283052v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Buridan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Toboso Moreno" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor S&#225;nchez de Medina Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279370v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Dittrich-Domergue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282740v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Besse" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282691v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Zhan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282717v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261892v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274098v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261996v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266562v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107111v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107095v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107091v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Buhot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261978v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261958v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Luemmen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261969v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261868v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273955v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261839v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273826v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo E Gomez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>