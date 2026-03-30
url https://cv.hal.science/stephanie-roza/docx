--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -5163,246 +5163,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03351523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lumières</w:t>
+                <w:t xml:space="preserve">Athéisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ducange, Jean-Numa; Keucheyan, Razmig; Roza, Stéphanie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire globale des socialismes, XIXe-XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, PUF, pp.318-327, 2021, 978-2-13-082210-3</w:t>
+              <w:t xml:space="preserve">, PUF, pp.45-54, 2021, 978-2-13-082210-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03351522v1</w:t>
+                <w:t xml:space="preserve">halshs-03351521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1793</w:t>
+                <w:t xml:space="preserve">Lumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ducange, Jean-Numa; Keucheyan, Razmig; Roza, Stéphanie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire globale des socialismes, XIXe-XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, PUF, pp.637-643, 2021, 978-2-13-082210-3</w:t>
+              <w:t xml:space="preserve">, PUF, pp.318-327, 2021, 978-2-13-082210-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03351520v1</w:t>
+                <w:t xml:space="preserve">halshs-03351522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athéisme</w:t>
+                <w:t xml:space="preserve">1793</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ducange, Jean-Numa; Keucheyan, Razmig; Roza, Stéphanie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire globale des socialismes, XIXe-XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, PUF, pp.45-54, 2021, 978-2-13-082210-3</w:t>
+              <w:t xml:space="preserve">, PUF, pp.637-643, 2021, 978-2-13-082210-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03351521v1</w:t>
+                <w:t xml:space="preserve">halshs-03351520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
@@ -6192,165 +6192,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morelly</w:t>
+                <w:t xml:space="preserve">Mably</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des biens communs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires de France, pp.816-820, 2017</w:t>
+              <w:t xml:space="preserve">, Presses universitaires de France, pp.774-777, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03057747v1</w:t>
+                <w:t xml:space="preserve">hal-03057746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mably</w:t>
+                <w:t xml:space="preserve">Morelly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des biens communs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires de France, pp.774-777, 2017</w:t>
+              <w:t xml:space="preserve">, Presses universitaires de France, pp.816-820, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03057746v1</w:t>
+                <w:t xml:space="preserve">hal-03057747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Delia, Droit et philosophie à la lumière de L’Encylopédie</w:t>
               </w:r>
@@ -8236,51 +8236,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C9F68949"/>
+    <w:nsid w:val="4F08B5BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8467,51 +8467,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephanie-roza" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-6426-9550" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/156507552" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triangle.ens-lyon.fr/spip.php?article8797" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05133526v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Dendena" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roza" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/histoire/une-histoire-immediate-de-la-revolution/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507055v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Parent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Chalmin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Mathan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mason" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etudesrobespierristes.com/produit/oeuvres-completes-de-gracchus-babeuf-tome-1-volume-1/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541254v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/le-marxisme-est-un-humanisme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04594735v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cr&#233;tois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Miqueu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-souverainete-populaire-levier-pour-la-democratie/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04694041v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/marx-contre-les-gafam?v=25684" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832267v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376133v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsdelasorbonne.fr/fr/livre/?GCOI=28405100246290&amp;amp;fa=author&amp;amp;person_ID=6037" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351501v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Numa Ducange" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razmig Keucheyan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Histoire_globale_des_socialismes_XIXe-XXIe_si%C3%A8cle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376100v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02370175v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376019v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376123v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376545v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05181051v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Bachofen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Moreira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lumi.045.0007" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477658v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/amx.078.0104" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05099343v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.2505.0121" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861392v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Oliveira Moreira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lumi.044.0007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04339439v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.232.0259" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351406v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353461v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13134/1970-7983/2023/5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351454v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/ISBN.978-2-406-15993-3.P.0095" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351359v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.2301.0045" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030833v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/amx.069.0044" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03446602v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam-Isabelle Ducrocq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.5614" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03446603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.5789" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376478v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fh/crz091" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376442v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376615v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Candar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.231.0189" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376413v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.049.0589" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067762v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376435v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376429v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.3057" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376424v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tumu.049.0157" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376409v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.064.0085" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376382v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/amx.059.0184" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376388v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/am.622" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376366v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1032599ar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622843v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.1150" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376372v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.13373" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376351v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376341v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.12535" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376325v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376304v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philonsorbonne.333" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376336v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.12219" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05219582v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04988061v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03481166v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.5579" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376290v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Faye" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Sala&#252;n" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376173v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376256v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376159v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Serna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376148v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851614v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052015v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004533547_020" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009567v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351502v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L&#246;wy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838176v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Blin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351503v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351523v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351522v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351520v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351521v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03358138v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030777v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02397787v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-6730-0_584-1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376719v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376524v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376711v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376530v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376732v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376705v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058223v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057757v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057747v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057746v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057527v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376695v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057745v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376688v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376519v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376515v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376682v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376674v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376501v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376737v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376664v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376509v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678023v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boccon-Gibod" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/102605" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376557v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376571v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376624v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376600v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04379546v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-6519-1_834" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05098780v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Qu&#233;tier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/amx.077.0159" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379144v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379167v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379160v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076866v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephanie-roza" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-6426-9550" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/156507552" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triangle.ens-lyon.fr/spip.php?article8797" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05133526v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Dendena" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roza" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/histoire/une-histoire-immediate-de-la-revolution/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507055v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Parent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Chalmin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Mathan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mason" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etudesrobespierristes.com/produit/oeuvres-completes-de-gracchus-babeuf-tome-1-volume-1/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541254v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/le-marxisme-est-un-humanisme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04594735v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cr&#233;tois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Miqueu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-souverainete-populaire-levier-pour-la-democratie/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04694041v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/marx-contre-les-gafam?v=25684" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832267v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376133v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsdelasorbonne.fr/fr/livre/?GCOI=28405100246290&amp;amp;fa=author&amp;amp;person_ID=6037" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351501v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Numa Ducange" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razmig Keucheyan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Histoire_globale_des_socialismes_XIXe-XXIe_si%C3%A8cle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376100v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02370175v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376019v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376123v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376545v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05181051v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Bachofen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Moreira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lumi.045.0007" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477658v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/amx.078.0104" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05099343v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.2505.0121" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861392v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Oliveira Moreira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lumi.044.0007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04339439v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.232.0259" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351406v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353461v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13134/1970-7983/2023/5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351454v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/ISBN.978-2-406-15993-3.P.0095" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351359v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.2301.0045" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030833v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/amx.069.0044" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03446602v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam-Isabelle Ducrocq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.5614" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03446603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.5789" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376478v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fh/crz091" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376442v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376615v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Candar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cj.231.0189" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376413v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.049.0589" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067762v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376435v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376429v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.3057" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376424v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tumu.049.0157" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376409v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.064.0085" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376382v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/amx.059.0184" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376388v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/am.622" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376366v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1032599ar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622843v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.1150" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376372v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.13373" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376351v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376341v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.12535" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376325v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376304v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philonsorbonne.333" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376336v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.12219" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05219582v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04988061v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03481166v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.5579" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376290v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Faye" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Sala&#252;n" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376173v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376256v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376159v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Serna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376148v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851614v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052015v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004533547_020" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009567v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351502v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L&#246;wy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838176v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Blin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351503v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351523v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351521v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351522v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351520v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03358138v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030777v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02397787v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-6730-0_584-1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376719v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376524v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376711v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376530v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376732v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376705v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058223v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057757v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057746v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057747v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057527v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376695v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057745v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376688v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376519v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376515v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376682v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376674v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376501v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376737v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376664v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376509v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678023v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boccon-Gibod" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/102605" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376557v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376571v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376624v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376600v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04379546v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-6519-1_834" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05098780v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Qu&#233;tier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/amx.077.0159" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379144v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379167v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379160v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076866v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>