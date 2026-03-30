--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphanie Tralongo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephanie-tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0772-9238</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnels des transformations pédagogiques dans l'enseignement supérieur : contexte, enjeux, perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Ladage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dormoy-Rajramanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Geuring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du projet ANR PROPEDASUP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, Jan 2026, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05455654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour critique sur le travail collectif de refonte des fiches RNCP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Eyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Jedlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élie Guéraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">journée d’étude de l’ASES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des sociologues enseignant.e.s du supérieur, Dec 2024, Centre des colloques, Aubervilliers, Campus Condorcet, France. https://ases.hypotheses.org/bulletin-de-lases-juin-2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The educational challenge of Work-Based Learning. How to combine disciplinary knowledge and practices in a work-based learning approach?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PITHAE – KA2 – Cooperation for innovation and the exchange of good practices – Capacity Building in the field of Higher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche par compétences ou approche expérientielle : comment penser l'alternance au sein du Bachelor Universitaire de Technologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNRIUT 2023 Saint Pierre - La Réunion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Saint Pierre, Jun 2023, Saint-Pierre, La Réunion</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les approches éducatives en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les déjeuners pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT Lumière Lyon 2, Apr 2023, Bron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorsque les pratiques éducatives de professionnalisation des étudiants font ressource pour les enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les ressources éducatives au prisme de la professionnalisation dans l'enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04057274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La socialisation des doctorants à l’heure de la normalisation : des déstabilisations disciplinaires variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : La thèse et le doctorat. Socio-histoire d’un grade universitaire (XIXe-XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Work-based learning approach: history, interest and questions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Erasmus + program – PITHAE – KA2 – Cooperation for innovation and the exchange of good practices – Capacity Building in the field of Higher Education. EAC/A02/2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Oulan-Bator, Mongolia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment penser les effets et appropriations des pratiques d’enseignement dans le supérieur en temps de crise sanitaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Piluso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès AFS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lille (à distance), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche par compétence et le Projet personnel et professionnel en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées des Référents PPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation of Work-Based Learning. Prerequisite model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Erasmus + program – PITHAE – KA2 – Cooperation for innovation and the exchange of good practices – Capacity Building in the field of Higher Education. EAC/A02/2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Berlin (Virtual / Covid), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un-e enseignant-e professionnalisant-e en IUT : une socialisation secondaire encadrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études Professionnalisation et logique par compétences à l'université : les étudiant.es et enseignant.es face au tournant managérial et entrepreneurial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SUD éducation, Jul 2021, Caen (à distance), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participer à un projet de recherche international, pluridisciplinaire et sous-contrat : quels effets sur les pratiques disciplinaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études du Master ASC, Université Lyon 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Bron, (Rhône), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discontinuité pratique et continuité discursive : de la crise sanitaire comme révélateur et accélérateur des transformations de l’enseignement à l’Université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Association Française de Sociologie, RT46</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie, Jul 2021, Lyon (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’import/export scientifique. Les collaborations pluridisciplinaires internationales transforment-t-elles des informaticiens et didacticiens en sociologues et vice-versa ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Bron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La circulation internationale des savoirs et des pratiques. De quelques conditions à partir de l’ethnographie d’un projet de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFC (Université Fédérale du Céara), Aug 2019, Fortaleza, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire plutôt que laisser dire. Pourquoi et comment parler de ses pratiques d’enseignement de la sociologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’inauguration de l’association pour l’enseignement de la sociologie au Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNILAB (Universidade da Integraçao Internacional da Lusofonia Afro-Brasileira), Aug 2019, Redençao, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de la sociologie au lycée et à l’université en France. Panorama et questions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intervention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Secrétariat d’éducation, Etat du Céara, Aug 2019, Fortaleza (BRAZIL), Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Producing a vocational curriculum in the field of computer science: the case of the Pro-Skima project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Galli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bouras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Engineering Education Forum (WEEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Kuala lumpur, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation pédagogique dans le supérieur. Introduction à la journée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNESUP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mener à distances une recherche sur l’enseignement supérieur au Qatar. Quelles méthodes pour quelle problématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Transversale du Centre Max Weber</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Max Weber, Jun 2017, Saint - Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to bring a graduate program closer to employers’ needs. A case study in Qatar University in the field of IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Interactive Collaborative Learning (ICL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question de l'innovation pédagogique dans le supérieur. Une approche sociologique. Conférence invitée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUD Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la socialisation dans deux contextes universitaires de même niveau, l’un disciplinaire/généraliste et l’autre professionnalisant. Confrontations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’AFS RT 50</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie, Jul 2017, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information technology industry based curriculum experience transfer : challenges and limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Houssem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Ghemri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of Education, Research and Innovation (ICERI2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICERI, Nov 2017, Seville (Spain), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information technology industry based curriculum experience transfer: Challenges and limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghemri Fadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10TH INTERNATIONAL CONFERENCE OF EDUCATION, RESEARCH AND INNOVATION (</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Seville (Spain), Spain. pp.Page 8822-8832</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">introduction aux journées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études Enseigner la sociologie dans le supérieur. En-quête des pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi et comment se pose la question de l'innovation pédagogique à l'Université aujourd'hui. Une approche sociologique. Conférence lors de la journée sur l'innovation pédagogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a competency framework for graduate levels in computing sciences : the Middle-East context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Interactive Collaborative Learning (ICL2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Belfast, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01385051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La professionnalisation en IUT : de la structuration curriculaire aux pratiques enseignantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESUP, la fabrique des programmes dans le supérieur : institutions, pratiques enseignantes et reconfigurations curriculaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a competency framework for graduate levels in computing sciences: the Middle-East context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nir Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bouras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Interactive Collaborative Learning (ICL2016) 45th IGIP International Conference on Engineering Pedagogy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Belfast, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La socialisation des titulaires d’enseignement et de recherche aux dispositifs de professionnalisation des étudiants : l’exemple du suivi de stagiaires et d’alternants en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international, « Professionnalisation des formations, employabilité et insertion des diplômés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabriquer / devenir un enseignant du supérieur professionnalisant. Une enquête en IUT sur le tutorat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReSUP et CéreQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La professionnalisation en IUT : variations dans les définitions, finalités et dispositifs pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études, « La politique éducative « De bac moins 3 à bac plus 3 » en question : un nouveau tournant des politiques certificatoires ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main trends in higher education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NATIONAL PRIORITY RESEARCH PROGRAM PRO-SKIMA - PROfessional education development and SKIlls Management – ontology enhanced workplace learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Doha-Qatar, Qatar</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un « professionnel » de la professionnalisation des étudiants : une transformation attendue et organisée dans les cultures et pratiques des enseignants dans le supérieur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Condition(s) enseignante(s), conditions pour enseigner. Réalités, enjeux, défis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le PPP en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée SCUIO-IP Lyon 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 2, Nov 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos du &amp;quot;besoin&amp;quot; de formation des enseignants du supérieur : auto-analyse d'un atelier d'enseignement des sciences sociales à l'université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV ème congrès de l'Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Saint Quentin en Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’enseigner des sciences sociales en quantification ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études Enseigner le quanti. Les sciences sociales face aux nombres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de fin de projet Dynatra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de clôture projet DYNATRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnaliser les enseignants à la professionnalisation des étudiants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du MEPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les expérimentations pédagogiques au sein de l’IUT Lumière : de la recherche à l’action … à la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AIPU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un « manager » de formation et un « professionnel » de la professionnalisation des étudiants ? Enquête sur la socialisation professionnelle des enseignants et enseignants-chercheurs en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RESUP, 12/2014, Lyon Les missions de l’Université : Reconfigurations, articulations et contradictions 4ème conférence internationale du Réseau d’Etudes sur l’Enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un « professionnel » de la professionnalisation des étudiants : un changement accompagné dans les cultures et pratiques des enseignants et enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international, « Les sciences sociales européennes face à la globalisation de l’éducation et de la formation : vers un nouveau cadre réflexif et critique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative education development : Toward ICT reference model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Word Engineering Education Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dubai, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative Education Development: Towards ICT Reference Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IEEE International Conference on Interactive Collaborative Learning (ICL 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dubai, United Arab Emirates. pp.855--861</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un « professionnel » de la professionnalisation des étudiants : un changement accompagné dans les cultures et pratiques des enseignants et enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Les sciences sociales européennes face à la globalisation de l’éducation et de la formation : vers un nouveau cadre réflexif et critique ? », Colloque international, Université de Picardie Jules Verne (Amiens)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recrutement à l’IUT Lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Inter-UFA, FORMA-SUP Ain-Rhône Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de l’atelier sur l’évaluation du Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Bron, (Rhône), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de la 4ème journée des référents PPP en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème journée des référents PPP,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur la professionnalisation en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d'Eté du projet Dynatra (Dynamique des représentations professionnelles des étudiants)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00977451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de l’atelier sur la Professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADIUT, Mar 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel en IUT depuis 2005 : bilans et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lê Hung Maud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AIPU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Trois-Rivière, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;Projet Personnel et Professionnel&amp;quot; en IUT : une approche sociologique à partir des travaux de Bernstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MEPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00975191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dispositifs de type &amp;quot;Projet Professionnel Etudiant&amp;quot; en France : des enjeux politiques aux enjeux pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Pédagogiques Assemblée Régionale des IUT Midi Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel dans la refonte de Programmes Pédagogiques Nationaux de DUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième Journée des Référents PPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00975178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche sociologique du Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Ciobanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de l'atelier sur le Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Le Hung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Valenciennes, France. pp.document numérique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brève histoire du Projet Personnel et Professionnel dans l'enseignement supérieur en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Journée des référents en Projet Personnel et Professionnel, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les appropriations du &amp;quot;Projet Personnel et Professionnel&amp;quot; par les étudiants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tralongo Stephanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Pédagogiques, Assemblée Régionale des IUT Midi Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00975173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche sociologique du Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Montluçon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Professionnel de l'étudiant : histoire et champ de pertinence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du Centre Pierre Naville, Les universités face à l'insertion professionnelle. Quelles conséquences sur la formation et sur la recherche ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lecture, pratique culturelle et activité de réception&amp;quot;, Association des Amis des Editions de l'Atelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lecture, pratique culturelle et activité de réception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontres inter-IUT de Créteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les fondements théoriques du Projet Personnel et Professionnel et le contexte de l'arrêté des IUT 2005"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les IUT et le Projet Personnel et Professionnel&amp;quot;, invitation au séminaire des Pilotes de l'association projetpro. com</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les IUT et le Projet Personnel et Professionnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en place du Projet Personnel et Professionnel en IUT&amp;quot; Colloque Journées d'Etudes DUT GE2I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mise en place du Projet Personnel et Professionnel en IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel en IUT - Origines et déclinaisons par spécialités de DUT&amp;quot;, Rencontres inter IUT à Troyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel en IUT - Origines et déclinaisons par spécialités de DUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les origines théoriques du Projet Personnel et Professionnel en IUT&amp;quot;, Journées sur le Projet Personnel et Professionnel, Commission Alternance-Insertion Professionnelle, ADIUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Les origines théoriques du Projet Personnel et Professionnel en IUT", Journées sur le Projet Personnel et Professionnel en IUT, Adiut, commission alternance-insertion professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rôles du niveau scolaire et de l’institution dans l’élaboration du Projet Personnel et Professionnel de l’étudiant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Colloque National de la Recherche en IUT, 1er et 2 juin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADIUT, Sep 2006, Bordeaux (Gironde), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnaliser et construire l'employabilité des étudiants pendant la formation universitaire ? Une application en IUT de la pédagogie de l'Education des choix à l'orientation&amp;quot;, Deuxième colloque de l'Association Française de Sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professionnaliser et construire l'employabilité des étudiants pendant la formation universitaire ? Une application en IUT de la pédagogie de l'Education des Choix à l'orientation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Bordeaux, France. support électronique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire l’employabilité pendant la formation universitaire ? Socio-anthropologie des ateliers de Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et pluridisciplinaire, Rencontres entre les cultures et les pratiques formelles, informelles et non formelles d’apprentissages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les appropriations des dispositifs pédagogiques de professionnalisation : l’exemple des ateliers de “Projet Personnel et Professionnel” auprès d’étudiants en DUT Gestion des Entreprises et des Administrations par alternance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Questions de pédagogie dans l’enseignement supérieur, nouveaux contextes, nouvelles compétences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les modalités sociales d’appropriation des dispositifs cognitifs d’une pédagogie de la professionnalisation des étudiants. L’exemple des ateliers de Projet Professionnel et Personnel en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque bi-disciplinaire sociologie et psychologie, Inégalités d’accès aux savoirs, processus cognitifs et rapports sociaux. Les transformations de la recherche en sociologie et en psychologie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'import/export scientifique. Ethnographie d'un projet international, pluridisciplinaire et financé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2024, Collection Logiques Sociales, 978-2-336-44208-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04719959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel de l'étudiant : l'exemple des IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lê Hung Maud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Espr'IUT, pp.135, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00682806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie de l'art, chez l'Harmattan, pp.150, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00597745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques de la Méditation. Une approche sociologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards Sociologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Le marché du développement personnel, 61-62, pp.21-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04355407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’injonction à la « pédagogie du supérieur », un cadrage étroit des enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Dire plutôt que laisser dire. Analyser en sociologue ses pratiques d’enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Kakpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-logos.4144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Dire plutôt que laisser dire. Analyser en sociologue ses pratiques d’enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Kakpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre cadrage institutionnel et bricolages individuels. Devenir ou pas animateur de module &amp;quot;Projet Personnel et Professionnel&amp;quot; en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de la recherche sur l'éducation et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01710904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui fait et ceux qui font la professionnalisation en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de la recherche sur l'éducation et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01710899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Bring a Graduate Program Closer to Employers’ Needs? A Case Study in Qatar University in the Field of IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Galli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer Verlag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-73210-7_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabriquer / devenir un enseignant du supérieur professionnalisant. Le tutorat en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabriquer / devenir un enseignant du supérieur professionnalisant. Le tutorat en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01723855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a competency framework for graduate levels in computing sciences: the Middle-East context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former à l'enseignement est un travail de terrain. Créer et faire vivre un atelier Enseigner les sciences sociales à l'université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemins de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un professionnel de la professionnalisation des étudiants : un changement accompagné dans les cultures et pratiques des enseignants et enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 35, http://edso.revues.org/1319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01172752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « Carnet de bord » utilisé en module de professionnalisation en IUT : un outil de cadrage pour le « cheminement » des étudiants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Supports et pratiques d'enseignement : quels risques d'inégalités ?, 55, pp.93-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode du &amp;quot;Projet Personnel et Professionnel&amp;quot; : un &amp;quot;travail de soi&amp;quot; des étudiants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologies pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, n°17, pp.95 - 106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00977473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des livres pour repenser le quotidien : le cas des réceptions de l’œuvre de Christian Bobin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.91-108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01169079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bobin et les infortunes de la réception médiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.n°4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01169080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La socialisation des doctorats à l’heure de la normalisation : des destabilisations disciplinaires variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de la Sorbonne et Presses de l'université de Franche-Comté. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verschueren P., Aouestet L., Bataille P., Desvignes A., Lachenal L., Obligi C., La thèse et le doctorat. Socio-histoire d’un grade universitaire (XIXe – XXIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the disciplinary approach: towards a socio-historical and critical reflexivity of its teaching practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Bridoux S., Grenier-Boley N. ; Leininger-Frézal C., (eds.), Research in University Pedagogy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà de l’approche disciplinaire : pour une réflexivité socio-historique et critique de ses pratiques d’enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions ISTE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les recherches en pédagogie universitaire : vers une approche disciplinairement située ? Les enseignants-chercheurs en sciences au prisme de leurs formations et de leurs pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A collaborative and interdisciplinary approach to bring closer a curriculum to local employers’ needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industry Integrated Engineering and Computing Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Cham, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se professionnaliser à la professionnalisation des étudiants. Comment les enseignants du supérieur apprennent à suivre des étudiants en entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal, Maison des Sciences de l’Homme, Clermont-Ferrand. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professionnalisation des formations, employabilité et insertion des diplômés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.73 - 90, 2019, 978-2-84516-832-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 3. Se professionnaliser à la professionnalisation des étudiants. Comment les enseignants du supérieur apprennent à suivre des étudiants en entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal, Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Ghouati Ahmed, Professionnalisation des formations, employabilité et insertion des diplômés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04087198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a competency framework for graduate levels in computing sciences : the Middle-East context”,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">., 19th International Conference on Interactive Collaborative Learning (ICL2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICL, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que disent les Programmes Pédagogiques Nationaux des Diplômes Universitaires de Technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel de l'étudiant : l'exemple des IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espr'IUT, pp.23 à 44, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00682808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Professionnel de l'étudiant : histoire et champ de pertinence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La professionnalisation de l'enseignement supérieur. De la volonté politique aux formes concrètes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OCTARES Editions, pp.109-121, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00977490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des étudiants tous égaux devant le &amp;quot;Projet Personnel et Professionnel&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel de l'étudiant : l'exemple des IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espr'IUT, pp.122 à 130, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00682810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conditions d'émergence des dispositifs de type &amp;quot;Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel de l'étudiant : l'exemple des IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espr'IUT, pp.15 à 23, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00682807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des livres pour repenser le quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les peuples de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'harmattan, pp.251 - 267, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00977535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Work-Based Learning: problematic and definition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Erasmus +. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TVET and the Higher education”, in Le Nir M. & Tralongo S.,Deliverable 14: Specific guidelines for the step by step interactions with the partners companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Qatar Foundation. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Personal and Vocational Project Sessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PRO2SKIMA. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PRO2SKIMA. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main trends in higher education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PRO2SKIMA. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de synthèse sur le Projet Personnel et Professionnel en IUT. Rapport remis à la Commission Consultative Nationale- IUT, Ministère de l'Enseignement Supérieur et de la Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00975188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d’un Pôle Recherche et Ingénierie de formation et pédagogique, Bilan d’étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil de l'IUT Lumière. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de la 2ème journée des référents PPP en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ADIUT. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la sociologie dans le supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Kakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-logos.3286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la sociologie dans le supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Kakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-logos.3286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la sociologie dans le supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Kakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-logos.3286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPUS-Sociologie de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le PPP au sein d’un réseau universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lê Hung Maud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réceptions de l'oeuvre littéraire de Christian Bobin : des injonctions des textes aux appropriations des lecteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Lyon 2, 2001. Français. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04080936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId168"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Stéphanie Tralongo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">stephanie-tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0772-9238</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnels des transformations pédagogiques dans l'enseignement supérieur : contexte, enjeux, perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Denouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Ladage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dormoy-Rajramanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Geuring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du projet ANR PROPEDASUP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, Jan 2026, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05455654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour critique sur le travail collectif de refonte des fiches RNCP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Eyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Jedlicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élie Guéraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">journée d’étude de l’ASES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des sociologues enseignant.e.s du supérieur, Dec 2024, Centre des colloques, Aubervilliers, Campus Condorcet, France. https://ases.hypotheses.org/bulletin-de-lases-juin-2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les approches éducatives en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les déjeuners pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT Lumière Lyon 2, Apr 2023, Bron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The educational challenge of Work-Based Learning. How to combine disciplinary knowledge and practices in a work-based learning approach?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PITHAE – KA2 – Cooperation for innovation and the exchange of good practices – Capacity Building in the field of Higher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche par compétences ou approche expérientielle : comment penser l'alternance au sein du Bachelor Universitaire de Technologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNRIUT 2023 Saint Pierre - La Réunion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Saint Pierre, Jun 2023, Saint-Pierre, La Réunion</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorsque les pratiques éducatives de professionnalisation des étudiants font ressource pour les enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les ressources éducatives au prisme de la professionnalisation dans l'enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04057274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La socialisation des doctorants à l’heure de la normalisation : des déstabilisations disciplinaires variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : La thèse et le doctorat. Socio-histoire d’un grade universitaire (XIXe-XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Work-based learning approach: history, interest and questions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Erasmus + program – PITHAE – KA2 – Cooperation for innovation and the exchange of good practices – Capacity Building in the field of Higher Education. EAC/A02/2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Oulan-Bator, Mongolia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment penser les effets et appropriations des pratiques d’enseignement dans le supérieur en temps de crise sanitaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Piluso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès AFS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lille (à distance), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche par compétence et le Projet personnel et professionnel en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées des Référents PPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation of Work-Based Learning. Prerequisite model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Erasmus + program – PITHAE – KA2 – Cooperation for innovation and the exchange of good practices – Capacity Building in the field of Higher Education. EAC/A02/2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Berlin (Virtual / Covid), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un-e enseignant-e professionnalisant-e en IUT : une socialisation secondaire encadrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études Professionnalisation et logique par compétences à l'université : les étudiant.es et enseignant.es face au tournant managérial et entrepreneurial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SUD éducation, Jul 2021, Caen (à distance), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participer à un projet de recherche international, pluridisciplinaire et sous-contrat : quels effets sur les pratiques disciplinaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études du Master ASC, Université Lyon 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Bron, (Rhône), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discontinuité pratique et continuité discursive : de la crise sanitaire comme révélateur et accélérateur des transformations de l’enseignement à l’Université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Association Française de Sociologie, RT46</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie, Jul 2021, Lyon (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de la sociologie au lycée et à l’université en France. Panorama et questions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intervention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Secrétariat d’éducation, Etat du Céara, Aug 2019, Fortaleza (BRAZIL), Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’import/export scientifique. Les collaborations pluridisciplinaires internationales transforment-t-elles des informaticiens et didacticiens en sociologues et vice-versa ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Bron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La circulation internationale des savoirs et des pratiques. De quelques conditions à partir de l’ethnographie d’un projet de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFC (Université Fédérale du Céara), Aug 2019, Fortaleza, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire plutôt que laisser dire. Pourquoi et comment parler de ses pratiques d’enseignement de la sociologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’inauguration de l’association pour l’enseignement de la sociologie au Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNILAB (Universidade da Integraçao Internacional da Lusofonia Afro-Brasileira), Aug 2019, Redençao, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">introduction aux journées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études Enseigner la sociologie dans le supérieur. En-quête des pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Producing a vocational curriculum in the field of computer science: the case of the Pro-Skima project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Galli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bouras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Engineering Education Forum (WEEF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Kuala lumpur, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation pédagogique dans le supérieur. Introduction à la journée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNESUP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mener à distances une recherche sur l’enseignement supérieur au Qatar. Quelles méthodes pour quelle problématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Transversale du Centre Max Weber</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Max Weber, Jun 2017, Saint - Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to bring a graduate program closer to employers’ needs. A case study in Qatar University in the field of IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Interactive Collaborative Learning (ICL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question de l'innovation pédagogique dans le supérieur. Une approche sociologique. Conférence invitée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUD Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la socialisation dans deux contextes universitaires de même niveau, l’un disciplinaire/généraliste et l’autre professionnalisant. Confrontations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’AFS RT 50</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Sociologie, Jul 2017, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information technology industry based curriculum experience transfer : challenges and limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Houssem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Ghemri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of Education, Research and Innovation (ICERI2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICERI, Nov 2017, Seville (Spain), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information technology industry based curriculum experience transfer: Challenges and limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssem Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghemri Fadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10TH INTERNATIONAL CONFERENCE OF EDUCATION, RESEARCH AND INNOVATION (</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Seville (Spain), Spain. pp.Page 8822-8832</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La socialisation des titulaires d’enseignement et de recherche aux dispositifs de professionnalisation des étudiants : l’exemple du suivi de stagiaires et d’alternants en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international, « Professionnalisation des formations, employabilité et insertion des diplômés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabriquer / devenir un enseignant du supérieur professionnalisant. Une enquête en IUT sur le tutorat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReSUP et CéreQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi et comment se pose la question de l'innovation pédagogique à l'Université aujourd'hui. Une approche sociologique. Conférence lors de la journée sur l'innovation pédagogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a competency framework for graduate levels in computing sciences : the Middle-East context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Interactive Collaborative Learning (ICL2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Belfast, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01385051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La professionnalisation en IUT : de la structuration curriculaire aux pratiques enseignantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESUP, la fabrique des programmes dans le supérieur : institutions, pratiques enseignantes et reconfigurations curriculaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a competency framework for graduate levels in computing sciences: the Middle-East context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nir Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bouras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Interactive Collaborative Learning (ICL2016) 45th IGIP International Conference on Engineering Pedagogy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Belfast, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’enseigner des sciences sociales en quantification ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études Enseigner le quanti. Les sciences sociales face aux nombres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La professionnalisation en IUT : variations dans les définitions, finalités et dispositifs pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études, « La politique éducative « De bac moins 3 à bac plus 3 » en question : un nouveau tournant des politiques certificatoires ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main trends in higher education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NATIONAL PRIORITY RESEARCH PROGRAM PRO-SKIMA - PROfessional education development and SKIlls Management – ontology enhanced workplace learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Doha-Qatar, Qatar</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un « professionnel » de la professionnalisation des étudiants : une transformation attendue et organisée dans les cultures et pratiques des enseignants dans le supérieur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Condition(s) enseignante(s), conditions pour enseigner. Réalités, enjeux, défis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le PPP en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée SCUIO-IP Lyon 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 2, Nov 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos du &amp;quot;besoin&amp;quot; de formation des enseignants du supérieur : auto-analyse d'un atelier d'enseignement des sciences sociales à l'université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV ème congrès de l'Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Saint Quentin en Yvelines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de fin de projet Dynatra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de clôture projet DYNATRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnaliser les enseignants à la professionnalisation des étudiants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du MEPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les expérimentations pédagogiques au sein de l’IUT Lumière : de la recherche à l’action … à la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AIPU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un « manager » de formation et un « professionnel » de la professionnalisation des étudiants ? Enquête sur la socialisation professionnelle des enseignants et enseignants-chercheurs en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RESUP, 12/2014, Lyon Les missions de l’Université : Reconfigurations, articulations et contradictions 4ème conférence internationale du Réseau d’Etudes sur l’Enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un « professionnel » de la professionnalisation des étudiants : un changement accompagné dans les cultures et pratiques des enseignants et enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international, « Les sciences sociales européennes face à la globalisation de l’éducation et de la formation : vers un nouveau cadre réflexif et critique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative education development : Toward ICT reference model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Word Engineering Education Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dubai, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative Education Development: Towards ICT Reference Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th IEEE International Conference on Interactive Collaborative Learning (ICL 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dubai, United Arab Emirates. pp.855--861</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un « professionnel » de la professionnalisation des étudiants : un changement accompagné dans les cultures et pratiques des enseignants et enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Les sciences sociales européennes face à la globalisation de l’éducation et de la formation : vers un nouveau cadre réflexif et critique ? », Colloque international, Université de Picardie Jules Verne (Amiens)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur la professionnalisation en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d'Eté du projet Dynatra (Dynamique des représentations professionnelles des étudiants)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00977451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recrutement à l’IUT Lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Inter-UFA, FORMA-SUP Ain-Rhône Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de l’atelier sur l’évaluation du Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Bron, (Rhône), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de la 4ème journée des référents PPP en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème journée des référents PPP,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;Projet Personnel et Professionnel&amp;quot; en IUT : une approche sociologique à partir des travaux de Bernstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MEPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00975191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de l’atelier sur la Professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADIUT, Mar 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel en IUT depuis 2005 : bilans et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lê Hung Maud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque AIPU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Trois-Rivière, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dispositifs de type &amp;quot;Projet Professionnel Etudiant&amp;quot; en France : des enjeux politiques aux enjeux pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Pédagogiques Assemblée Régionale des IUT Midi Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel dans la refonte de Programmes Pédagogiques Nationaux de DUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième Journée des Référents PPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00975178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche sociologique du Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Ciobanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de l'atelier sur le Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Le Hung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Valenciennes, France. pp.document numérique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brève histoire du Projet Personnel et Professionnel dans l'enseignement supérieur en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Journée des référents en Projet Personnel et Professionnel, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les appropriations du &amp;quot;Projet Personnel et Professionnel&amp;quot; par les étudiants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tralongo Stephanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Pédagogiques, Assemblée Régionale des IUT Midi Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00975173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche sociologique du Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque Pédagogie et Professionnalisation, ADIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Montluçon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Professionnel de l'étudiant : histoire et champ de pertinence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du Centre Pierre Naville, Les universités face à l'insertion professionnelle. Quelles conséquences sur la formation et sur la recherche ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lecture, pratique culturelle et activité de réception&amp;quot;, Association des Amis des Editions de l'Atelier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lecture, pratique culturelle et activité de réception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les IUT et le Projet Personnel et Professionnel&amp;quot;, invitation au séminaire des Pilotes de l'association projetpro. com</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les IUT et le Projet Personnel et Professionnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontres inter-IUT de Créteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les fondements théoriques du Projet Personnel et Professionnel et le contexte de l'arrêté des IUT 2005"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les origines théoriques du Projet Personnel et Professionnel en IUT&amp;quot;, Journées sur le Projet Personnel et Professionnel, Commission Alternance-Insertion Professionnelle, ADIUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Les origines théoriques du Projet Personnel et Professionnel en IUT", Journées sur le Projet Personnel et Professionnel en IUT, Adiut, commission alternance-insertion professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en place du Projet Personnel et Professionnel en IUT&amp;quot; Colloque Journées d'Etudes DUT GE2I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mise en place du Projet Personnel et Professionnel en IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel en IUT - Origines et déclinaisons par spécialités de DUT&amp;quot;, Rencontres inter IUT à Troyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel en IUT - Origines et déclinaisons par spécialités de DUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rôles du niveau scolaire et de l’institution dans l’élaboration du Projet Personnel et Professionnel de l’étudiant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Colloque National de la Recherche en IUT, 1er et 2 juin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADIUT, Sep 2006, Bordeaux (Gironde), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnaliser et construire l'employabilité des étudiants pendant la formation universitaire ? Une application en IUT de la pédagogie de l'Education des choix à l'orientation&amp;quot;, Deuxième colloque de l'Association Française de Sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professionnaliser et construire l'employabilité des étudiants pendant la formation universitaire ? Une application en IUT de la pédagogie de l'Education des Choix à l'orientation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Bordeaux, France. support électronique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00734264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire l’employabilité pendant la formation universitaire ? Socio-anthropologie des ateliers de Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et pluridisciplinaire, Rencontres entre les cultures et les pratiques formelles, informelles et non formelles d’apprentissages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les appropriations des dispositifs pédagogiques de professionnalisation : l’exemple des ateliers de “Projet Personnel et Professionnel” auprès d’étudiants en DUT Gestion des Entreprises et des Administrations par alternance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Questions de pédagogie dans l’enseignement supérieur, nouveaux contextes, nouvelles compétences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les modalités sociales d’appropriation des dispositifs cognitifs d’une pédagogie de la professionnalisation des étudiants. L’exemple des ateliers de Projet Professionnel et Personnel en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque bi-disciplinaire sociologie et psychologie, Inégalités d’accès aux savoirs, processus cognitifs et rapports sociaux. Les transformations de la recherche en sociologie et en psychologie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'import/export scientifique. Ethnographie d'un projet international, pluridisciplinaire et financé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2024, Collection Logiques Sociales, 978-2-336-44208-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04719959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel de l'étudiant : l'exemple des IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lê Hung Maud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Espr'IUT, pp.135, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00682806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie de l'art, chez l'Harmattan, pp.150, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00597745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques de la Méditation. Une approche sociologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards Sociologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Le marché du développement personnel, 61-62, pp.21-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04355407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’injonction à la « pédagogie du supérieur », un cadrage étroit des enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Pensée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Dire plutôt que laisser dire. Analyser en sociologue ses pratiques d’enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Kakpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-logos.4144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Dire plutôt que laisser dire. Analyser en sociologue ses pratiques d’enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Kakpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Bring a Graduate Program Closer to Employers’ Needs? A Case Study in Qatar University in the Field of IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Galli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelaziz Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer Verlag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-73210-7_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre cadrage institutionnel et bricolages individuels. Devenir ou pas animateur de module &amp;quot;Projet Personnel et Professionnel&amp;quot; en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de la recherche sur l'éducation et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01710904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui fait et ceux qui font la professionnalisation en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de la recherche sur l'éducation et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01710899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabriquer / devenir un enseignant du supérieur professionnalisant. Le tutorat en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabriquer / devenir un enseignant du supérieur professionnalisant. Le tutorat en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01723855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a competency framework for graduate levels in computing sciences: the Middle-East context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former à l'enseignement est un travail de terrain. Créer et faire vivre un atelier Enseigner les sciences sociales à l'université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemins de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01692170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un professionnel de la professionnalisation des étudiants : un changement accompagné dans les cultures et pratiques des enseignants et enseignants-chercheurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 35, http://edso.revues.org/1319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01172752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « Carnet de bord » utilisé en module de professionnalisation en IUT : un outil de cadrage pour le « cheminement » des étudiants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Supports et pratiques d'enseignement : quels risques d'inégalités ?, 55, pp.93-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode du &amp;quot;Projet Personnel et Professionnel&amp;quot; : un &amp;quot;travail de soi&amp;quot; des étudiants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologies pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, n°17, pp.95 - 106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00977473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des livres pour repenser le quotidien : le cas des réceptions de l’œuvre de Christian Bobin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.91-108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01169079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bobin et les infortunes de la réception médiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.n°4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01169080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La socialisation des doctorats à l’heure de la normalisation : des destabilisations disciplinaires variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de la Sorbonne et Presses de l'université de Franche-Comté. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verschueren P., Aouestet L., Bataille P., Desvignes A., Lachenal L., Obligi C., La thèse et le doctorat. Socio-histoire d’un grade universitaire (XIXe – XXIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the disciplinary approach: towards a socio-historical and critical reflexivity of its teaching practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Bridoux S., Grenier-Boley N. ; Leininger-Frézal C., (eds.), Research in University Pedagogy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà de l’approche disciplinaire : pour une réflexivité socio-historique et critique de ses pratiques d’enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions ISTE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les recherches en pédagogie universitaire : vers une approche disciplinairement située ? Les enseignants-chercheurs en sciences au prisme de leurs formations et de leurs pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 3. Se professionnaliser à la professionnalisation des étudiants. Comment les enseignants du supérieur apprennent à suivre des étudiants en entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal, Maison des Sciences de l’Homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in Ghouati Ahmed, Professionnalisation des formations, employabilité et insertion des diplômés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04087198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A collaborative and interdisciplinary approach to bring closer a curriculum to local employers’ needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industry Integrated Engineering and Computing Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Cham, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se professionnaliser à la professionnalisation des étudiants. Comment les enseignants du supérieur apprennent à suivre des étudiants en entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal, Maison des Sciences de l’Homme, Clermont-Ferrand. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professionnalisation des formations, employabilité et insertion des diplômés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.73 - 90, 2019, 978-2-84516-832-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a competency framework for graduate levels in computing sciences : the Middle-East context”,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Veillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Le Nir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Galli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">., 19th International Conference on Interactive Collaborative Learning (ICL2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICL, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conditions d'émergence des dispositifs de type &amp;quot;Projet Personnel et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel de l'étudiant : l'exemple des IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espr'IUT, pp.15 à 23, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00682807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que disent les Programmes Pédagogiques Nationaux des Diplômes Universitaires de Technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel de l'étudiant : l'exemple des IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espr'IUT, pp.23 à 44, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00682808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Projet Professionnel de l'étudiant : histoire et champ de pertinence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La professionnalisation de l'enseignement supérieur. De la volonté politique aux formes concrètes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OCTARES Editions, pp.109-121, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00977490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des étudiants tous égaux devant le &amp;quot;Projet Personnel et Professionnel&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Projet Personnel et Professionnel de l'étudiant : l'exemple des IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espr'IUT, pp.122 à 130, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00682810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des livres pour repenser le quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les peuples de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'harmattan, pp.251 - 267, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00977535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Work-Based Learning: problematic and definition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Erasmus +. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TVET and the Higher education”, in Le Nir M. & Tralongo S.,Deliverable 14: Specific guidelines for the step by step interactions with the partners companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Qatar Foundation. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Personal and Vocational Project Sessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PRO2SKIMA. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PRO2SKIMA. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main trends in higher education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PRO2SKIMA. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04080497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note de synthèse sur le Projet Personnel et Professionnel en IUT. Rapport remis à la Commission Consultative Nationale- IUT, Ministère de l'Enseignement Supérieur et de la Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00975188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de la 2ème journée des référents PPP en IUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ADIUT. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d’un Pôle Recherche et Ingénierie de formation et pédagogique, Bilan d’étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil de l'IUT Lumière. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04081562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la sociologie dans le supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Kakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-logos.3286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la sociologie dans le supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Kakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-logos.3286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la sociologie dans le supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Kakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Piluso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-logos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-logos.3286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02976084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Faure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPUS-Sociologie de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04079794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le PPP au sein d’un réseau universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lê Hung Maud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réceptions de l'oeuvre littéraire de Christian Bobin : des injonctions des textes aux appropriations des lecteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Tralongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Lyon 2, 2001. Français. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04080936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId168"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7E5F8C18"/>
+    <w:nsid w:val="F4541F04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephanie-tralongo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0772-9238" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455654v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denou&#235;l" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ladage" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barats" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dormoy-Rajramanan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geuring" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534144v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Piluso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Eyraud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jedlicki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Gu&#233;raut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tralongo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080503v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324515v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081294v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04057274v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081314v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080505v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081331v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Piluso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081306v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080506v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081349v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081323v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534273v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081356v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080499v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080501v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080500v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080508v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Galli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Veillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bouras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692219v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081379v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Galli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080509v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692223v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081361v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080507v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Houssem" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ghemri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887104v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Gasmi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Bouras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghemri Fadi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veillard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692217v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692221v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01385051v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Nir" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692199v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080510v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir Le" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080511v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692201v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166980v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080512v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166937v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081389v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692206v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166969v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Tralongo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166986v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166991v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166973v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166943v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080515v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080517v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575899v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lenir" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166945v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081522v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081546v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081410v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977451v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081553v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#234; Hung Maud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975191v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734404v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975178v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734387v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Ciobanu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734399v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Le Hung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734382v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975173v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tralongo Stephanie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734380v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734377v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734278v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734286v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734276v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734252v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734270v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734247v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081581v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734264v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080518v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081591v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081598v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04719959v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00682806v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00597745v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Faure" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355407v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079601v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971478v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Court" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Kakpo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.4144" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079754v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Court" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kakpo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710904v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710899v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079760v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Galli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73210-7_22" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692168v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01723855v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079764v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Veillard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692170v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01172752v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166933v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977473v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01169079v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01169080v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079503v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079785v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079450v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079483v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079329v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04087198v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079517v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00682808v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977490v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00682810v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00682807v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977535v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079815v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079827v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080495v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080496v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080497v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975188v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081562v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081572v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534808v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.3286" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976084v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976067v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079794v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166984v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04080936v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stephanie-tralongo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0772-9238" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455654v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denou&#235;l" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ladage" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barats" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dormoy-Rajramanan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geuring" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534144v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Piluso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Eyraud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jedlicki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Gu&#233;raut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tralongo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081294v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080503v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324515v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04057274v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081314v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080505v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081331v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Piluso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081306v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080506v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081349v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081323v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534273v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080500v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081356v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080499v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080501v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692217v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080508v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Galli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Veillard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bouras" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692219v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081379v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Galli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080509v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692223v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081361v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080507v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Houssem" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ghemri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887104v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Gasmi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Bouras" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghemri Fadi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veillard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080511v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692201v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692221v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01385051v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Nir" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692199v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080510v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nir Le" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166969v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Tralongo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166980v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080512v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166937v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081389v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692206v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166986v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166991v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166973v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166943v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080515v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080517v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575899v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lenir" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166945v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977451v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081522v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081546v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081410v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975191v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081553v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166978v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#234; Hung Maud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734404v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975178v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734387v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Ciobanu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734399v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Le Hung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734382v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975173v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tralongo Stephanie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734380v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734377v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734278v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734276v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734286v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734247v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734252v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734270v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081581v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00734264v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080518v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081591v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081598v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04719959v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00682806v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00597745v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Faure" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04355407v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079601v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971478v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Court" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Kakpo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.4144" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079754v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Court" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kakpo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079760v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Galli" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73210-7_22" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710904v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710899v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692168v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01723855v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079764v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Veillard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01692170v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01172752v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166933v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977473v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01169079v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01169080v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079503v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079785v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079450v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04087198v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079483v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079329v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079517v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00682807v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00682808v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977490v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00682810v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00977535v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079815v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079827v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080495v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080496v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080497v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975188v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081572v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081562v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976067v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.3286" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534808v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976084v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04079794v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166984v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04080936v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>