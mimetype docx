--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -437,256 +437,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ni homme, ni enfant : la place de la femme qui revient du jihad au prisme de l’intersection des préjugés et des méthodologies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measuring reconceptualization and reprioritization during France’s first COVID-19-related lockdown in women with and without a history of cancer: an adaptation of the SeiQol-DW and PGI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Doumergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologies, genre et société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quality of Life Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (5), pp.1423-1431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11136-024-03626-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04850551v1</w:t>
+                <w:t xml:space="preserve">hal-04722513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring reconceptualization and reprioritization during France’s first COVID-19-related lockdown in women with and without a history of cancer: an adaptation of the SeiQol-DW and PGI</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ni homme, ni enfant : la place de la femme qui revient du jihad au prisme de l’intersection des préjugés et des méthodologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Préau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quality of Life Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Psychologies, genre et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04722513v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les individus revenants du jihad : des stéréotypes aux préjugés, une menace déshumanisée ?</w:t>
               </w:r>
@@ -1357,51 +1357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Préau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pré-conférences du 15ème Congrès International de Psychologie Sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Libre de Bruxelles, Jul 2024, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1948,51 +1948,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bouchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Préau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème édition du Congrès International de Psychologie Sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bordeaux, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2030,51 +2030,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereotypes towards jihad returnees in France: Thinking about the unknown and its intentions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Préau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2106,217 +2106,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04850880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéréotypes et préjugés relatifs aux individus « revenants » du jihad : De l’intention perçue aux opinions concernant la prise en charge.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluation de l’impact du confinement sur la qualité de vie individualisée des femmes ayant ou pas une histoire de cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Doumergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Préau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème édition du Séminaire Inter-Laboratoires de Psychologie Sociale et du Travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">61e Congrès de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Tours (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04850849v1</w:t>
+                <w:t xml:space="preserve">hal-04737168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de l’impact du confinement sur la qualité de vie individualisée des femmes ayant ou pas une histoire de cancer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéréotypes et préjugés relatifs aux individus « revenants » du jihad : De l’intention perçue aux opinions concernant la prise en charge.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Préau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61e Congrès de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Tours (France), France</w:t>
+              <w:t xml:space="preserve">8ème édition du Séminaire Inter-Laboratoires de Psychologie Sociale et du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04737168v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations du risque liées à la Covid-19 et respect des pratiques de distanciation sociale : Résultats issus de l’étude RAR2C.</w:t>
               </w:r>
@@ -2843,51 +2843,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment expliquer l’accueil et l’(in)hospitalité envers les individus « revenants » du jihad ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Préau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3076,64 +3076,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bauquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Doumergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3188,51 +3188,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding (in)hospitality against jihad returnees: a multimethodological approach of stereotypes and prejudice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Préau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3438,51 +3438,51 @@
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024LYO20018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-04850533v1</w:t>
+                <w:t xml:space="preserve">tel-04756383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les individus « revenants » du jihad : Des stéréotypes aux préjugés, une menace déshumanisée ?</w:t>
               </w:r>
@@ -3509,51 +3509,51 @@
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024LYO20018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-04756383v1</w:t>
+                <w:t xml:space="preserve">tel-04850533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId91"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3629,51 +3629,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="98E46C4C"/>
+    <w:nsid w:val="CF5A89D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3860,51 +3860,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stepheline-ginguene" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5564-8849" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/276305620" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/LUW-8630-2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443472v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;ph&#233;line Ginguen&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourguignon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Preau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17539153.2025.2569910" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322116v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Caillaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;pheline Ginguene" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Leroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujen Man Maharjan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gobinda Koirala" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850551v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pr&#233;au" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722513v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bauquier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Doumergue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Lebrun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-024-03626-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850582v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantina Badea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guimond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Licata" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.586.0085" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04192683v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ginguen&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leveaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Parant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pr&#233;au" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laguette" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2023.03.001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04949650v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Della Vecchia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Girodet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carpentier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecc.13599" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03416642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Caillaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tonon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/casp.2576" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850590v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fagnoni" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mercier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850920v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850928v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Jamain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morin-Messabel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850912v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sim&#233;one" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Mabire-Yon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Puppo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Perray" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04724931v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850858v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850874v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouchat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850880v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850849v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04737168v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doumergue" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850842v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970394v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850673v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Grados" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Castel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850685v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Madiot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Laguette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850661v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716012v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Leroy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kalampalikis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04737112v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850639v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850619v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cursan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04850533v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024LYO20018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04756383v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stepheline-ginguene" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5564-8849" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/276305620" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/LUW-8630-2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443472v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;ph&#233;line Ginguen&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourguignon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Preau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17539153.2025.2569910" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322116v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Caillaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;pheline Ginguene" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Leroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujen Man Maharjan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gobinda Koirala" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722513v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bauquier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Doumergue" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Lebrun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-024-03626-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850551v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pr&#233;au" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850582v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantina Badea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guimond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Licata" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.586.0085" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04192683v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ginguen&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leveaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Parant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pr&#233;au" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laguette" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2023.03.001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04949650v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Della Vecchia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Girodet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carpentier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecc.13599" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03416642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Caillaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tonon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/casp.2576" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850590v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fagnoni" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mercier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850920v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850928v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Jamain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morin-Messabel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850912v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sim&#233;one" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Mabire-Yon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Puppo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Perray" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04724931v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850858v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850874v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouchat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850880v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04737168v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doumergue" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850849v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850842v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970394v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850673v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Grados" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Castel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850685v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Madiot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Laguette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850661v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716012v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Leroy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kalampalikis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04737112v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850639v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850619v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cursan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04756383v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024LYO20018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04850533v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>