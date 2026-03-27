--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -281,780 +281,780 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05512857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place des consommateurs dans les dynamiques territoriales de connaissance. Le cas des produits de la mer</w:t>
+                <w:t xml:space="preserve">Assessment of consumer preferences in the context of multiple labels: the case of fishery and aquaculture products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Dewals</w:t>
+                <w:t xml:space="preserve">Jean-Francois Dewals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterenn Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Daures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Le Floc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sterenn Lucas</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kilian Heutte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/reru.244.0533⟩</w:t>
+              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 105, pp.299-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41130-024-00216-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05105649v1</w:t>
+                <w:t xml:space="preserve">hal-04678630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can Environmental or Local Information Help Manage an Invasive Species Through Consumption?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Ropars-Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Cuilleret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Industrial Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/jafio-2023-0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of consumer preferences in the context of multiple labels: the case of fishery and aquaculture products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Francois Dewals</w:t>
+                <w:t xml:space="preserve">La place des consommateurs dans les dynamiques territoriales de connaissance. Le cas des produits de la mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Dewals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Le Floc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Daures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kilian Heutte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 105, pp.299-325. </w:t>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.533-561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s41130-024-00216-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/reru.244.0533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04678630v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05105649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food for thought from French scientists for a revised EU Common Fisheries Policy to protect marine ecosystems and enhance fisheries performance</w:t>
+                <w:t xml:space="preserve">Positive versus negative information: What is really shifting consumers’ intention to eat Norwegian salmon? Evidence from three European countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hilaire Drouineau</w:t>
+                <w:t xml:space="preserve">Davide Menozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Moullec</w:t>
+                <w:t xml:space="preserve">Giovanni Sogari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Gascuel</w:t>
+                <w:t xml:space="preserve">Cristina Simeone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Laloë</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sterenn Lucas</w:t>
+                <w:t xml:space="preserve">Mikołaj Czajkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Zawadzki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpol.2022.105460⟩</w:t>
+              <w:t xml:space="preserve">Food Quality and Preference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108, pp.104871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2023.104871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03903499v1</w:t>
+                <w:t xml:space="preserve">hal-04069448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fisheries and aquaculture products consumption in France: when the Covid-19 crisis did not lead to more sustainable purchases</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Daures</w:t>
+                <w:t xml:space="preserve">Food for thought from French scientists for a revised EU Common Fisheries Policy to protect marine ecosystems and enhance fisheries performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilaire Drouineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Moullec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gascuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Alban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/alr/2023004⟩</w:t>
+              <w:t xml:space="preserve">Marine Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 148, pp.105460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpol.2022.105460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04155664v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03903499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive versus negative information: What is really shifting consumers’ intention to eat Norwegian salmon? Evidence from three European countries</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cristina Simeone</w:t>
+                <w:t xml:space="preserve">Fisheries and aquaculture products consumption in France: when the Covid-19 crisis did not lead to more sustainable purchases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kilian Heutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Daures</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikołaj Czajkowski</w:t>
+                <w:t xml:space="preserve">Sophie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wojciech Zawadzki</w:t>
+                <w:t xml:space="preserve">Frédérique Alban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Quality and Preference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108, pp.104871. </w:t>
+              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (10), 19 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodqual.2023.104871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/alr/2023004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04069448v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is neighborhood satisfaction related to density perception? Promoting liveable and sustainable land use planning</w:t>
               </w:r>
@@ -1369,77 +1369,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consumers’ Preferences and Willingness to Pay for Fish Products with Health and Environmental Labels: Evidence from Five European Countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Menozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thong Tien Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Sogari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitar Taskov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1952,51 +1952,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02668881v1</w:t>
+                <w:t xml:space="preserve">hal-04556050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinants of demand for green products: An application to eco-label demand for fish in Europe</w:t>
               </w:r>
@@ -2094,51 +2094,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04556050v1</w:t>
+                <w:t xml:space="preserve">hal-02668881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2182,51 +2182,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Bazoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Ropars-Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de Recherches en Sciences Sociales INRA-SFER-CIRAD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2251,51 +2251,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French consumers' preferences for labelled FAPs, the issue of animal welfare, health and environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Dewals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Daures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2478,273 +2478,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consumers’ willingness to pay for fish products with health claim and environmental labels</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Giovanni Sogari</w:t>
+                <w:t xml:space="preserve">How to achieve growth: innovation in the seafood industry, with focus on the EU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitar Taskov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Mora</w:t>
+                <w:t xml:space="preserve">Emilia Cubero-Dudinskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Nguyen</w:t>
+                <w:t xml:space="preserve">Paul S. Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilia Cubero-Dudinskaya</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Birgit Hagen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. EAAE Congress "Towards sustainable agri-food system: balancing between markets and society"</w:t>
+              <w:t xml:space="preserve">15. EAAE Congress "Towards Sustainable Agri-food Systems: Balancing Between Markets and Society"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Aug 2017, Parmes, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734139v1</w:t>
+                <w:t xml:space="preserve">hal-02733498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to achieve growth: innovation in the seafood industry, with focus on the EU</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Consumers’ willingness to pay for fish products with health claim and environmental labels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Menozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Sogari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilia Cubero-Dudinskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. EAAE Congress "Towards Sustainable Agri-food Systems: Balancing Between Markets and Society"</w:t>
+              <w:t xml:space="preserve">15. EAAE Congress "Towards sustainable agri-food system: balancing between markets and society"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Aug 2017, Parmes, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733498v1</w:t>
+                <w:t xml:space="preserve">hal-02734139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of fish consumption and demand in France and Finland</w:t>
               </w:r>
@@ -3307,243 +3307,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consumer Preferences for Eco, Health and Fair Trade Labels. An Application to Seafood Product in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les déterminants de la demande d’éco-labels : le cas des poissons labélisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterenn Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Brécard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sterenn Lucas</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Salladarré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pichot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Salladarré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées de Recherche en Sciences Sociales SFER – INRA – CIRAD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de Recherche Agronomique (INRA). UAR Département Sciences Sociales, Agriculture et Alimentation, Espace et Environnement (0519).; AgroSup Dijon - Institut National Supérieur des Sciences Agronomiques, de l'Alimentation et de l'Environnement. FRA., 2011</w:t>
+              <w:t xml:space="preserve">Consommation durable : comment observer les dernières évolutions ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., 2011, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02747091v1</w:t>
+                <w:t xml:space="preserve">hal-02810838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les déterminants de la demande d’éco-labels : le cas des poissons labélisés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consumer Preferences for Eco, Health and Fair Trade Labels. An Application to Seafood Product in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Brécard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dorothée Brécard</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Salladarré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Pichot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consommation durable : comment observer les dernières évolutions ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., 2011, Nice, France</w:t>
+              <w:t xml:space="preserve">5. Journées de Recherche en Sciences Sociales SFER – INRA – CIRAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de Recherche Agronomique (INRA). UAR Département Sciences Sociales, Agriculture et Alimentation, Espace et Environnement (0519).; AgroSup Dijon - Institut National Supérieur des Sciences Agronomiques, de l'Alimentation et de l'Environnement. FRA., 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02810838v1</w:t>
+                <w:t xml:space="preserve">hal-02747091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinants of demande for green products: an application to eco-label demand for fish in europe.</w:t>
               </w:r>
@@ -4138,51 +4138,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01526923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles pistes d’actions pour impulser la consommation des algues en France ?</w:t>
+                <w:t xml:space="preserve">Quelles pistes d’actions pour impulser la consommation des algues en France ? Les algues et leurs applications culinaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Comparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
@@ -4210,93 +4210,93 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2016, 32 p</w:t>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01526925v1</w:t>
+                <w:t xml:space="preserve">hal-01526924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles pistes d’actions pour impulser la consommation des algues en France ? Les algues et leurs applications culinaires</w:t>
+                <w:t xml:space="preserve">Quelles pistes d’actions pour impulser la consommation des algues en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Comparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
@@ -4324,69 +4324,69 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2016</w:t>
+              <w:t xml:space="preserve">2016, 32 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01526924v1</w:t>
+                <w:t xml:space="preserve">hal-01526925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4610,51 +4610,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture and fishing: impact of food standards on biodiversity. Summary of the scientific report of the study</w:t>
+                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Résumé du rapport scientifique de l'étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
@@ -4708,51 +4708,51 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05126366v3</w:t>
+                <w:t xml:space="preserve">hal-05110171v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Synthèse du rapport scientifique de l'étude</w:t>
               </w:r>
@@ -4854,353 +4854,353 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05127327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Rapport scientifique de l'étude</w:t>
+                <w:t xml:space="preserve">Agriculture, aquaculture and fishing: impact of food standards on biodiversity. Summary of the scientific report of the study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bellassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bernard-Mongin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 581 p</w:t>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05143887v1</w:t>
+                <w:t xml:space="preserve">hal-05126366v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Résumé du rapport scientifique de l'étude</w:t>
+                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Rapport scientifique de l'étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bellassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 581 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05110171v2</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05143887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la COVID-19 sur la consommation à domicile des produits de la pêche et de l’aquaculture en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kilian Heutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Daures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Alban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IFREMER; INSTITUT AGRO RENNES ANGERS; UNIVERSITE BRETAGNE OCCIDENTALE. 2022, 67 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -5724,144 +5724,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels produits aux algues pour demain ? Produits imaginés par les consommateurs. Programme IDEALG Phase 3. Les publications du Pôle halieutique AGROCAMPUS OUEST n°38</w:t>
+                <w:t xml:space="preserve">Etude du marché français des algues alimentaires Tome 2 : Catalogue et analyse des produits existants. IDEALG ● Phase 2- Les publications du Pôle halieutique AGROCAMPUS OUEST n°37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Ritter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Fasquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">[0] 38, Agrocampus Ouest. 2015, 29 p</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] 37, Agrocampus Ouest. 2015, 41 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01344027v1</w:t>
+                <w:t xml:space="preserve">hal-01344025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du marché français des algues alimentaires. Panorama de la distribution. Programme IDEALG Phase 2 - Programme IDEALG Phase 2. Les publications du Pôle halieutique AGROCAMPUS OUEST n°36</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5896,222 +5917,201 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] 36, Agrocampus Ouest. 2015, 42p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du marché français des algues alimentaires Tome 2 : Catalogue et analyse des produits existants. IDEALG ● Phase 2- Les publications du Pôle halieutique AGROCAMPUS OUEST n°37</w:t>
+                <w:t xml:space="preserve">Quels produits aux algues pour demain ? Produits imaginés par les consommateurs. Programme IDEALG Phase 3. Les publications du Pôle halieutique AGROCAMPUS OUEST n°38</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lesueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterenn Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 38, Agrocampus Ouest. 2015, 29 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Fasquel</w:t>
-[...59 lines deleted...]
-                <w:t xml:space="preserve">hal-01344025v1</w:t>
+                <w:t xml:space="preserve">hal-01344027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude nationale de la consommation d'algues alimentaires : comportements et motivations du consommateur. Programme IDEALG Phase 1</w:t>
+                <w:t xml:space="preserve">Etude de la consommation d'algues alimentaire : les freins à la consommation. Programme IDEALG Phase 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Fasquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6124,116 +6124,116 @@
                 <w:t xml:space="preserve">Marie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] Université Européenne de Bretagne. 2014</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] Agrocampus Ouest. 2014, 72 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209012v1</w:t>
+                <w:t xml:space="preserve">hal-01209014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la consommation des algues alimentaires en France. Programme IDEALG Phase 1. Etude nationale.</w:t>
+                <w:t xml:space="preserve">Etude nationale de la consommation d'algues alimentaires : comportements et motivations du consommateur. Programme IDEALG Phase 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Fasquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6246,116 +6246,116 @@
                 <w:t xml:space="preserve">Marie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] Agrocampus Ouest : Rennes. 2014</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] Université Européenne de Bretagne. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209015v1</w:t>
+                <w:t xml:space="preserve">hal-01209012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude nationale de la consommation d'algues alimentaires : notoriété et images. Programme IDEALG Phase 1</w:t>
+                <w:t xml:space="preserve">Etude de la consommation des algues alimentaires en France. Programme IDEALG Phase 1. Etude nationale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Fasquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6368,116 +6368,116 @@
                 <w:t xml:space="preserve">Marie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] Université Européenne de Bretagne. 2014</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] Agrocampus Ouest : Rennes. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209011v1</w:t>
+                <w:t xml:space="preserve">hal-01209015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude nationale de la consommation d'algues alimentaires : le point de vue des non consommateurs. Programme IDEALG Phase 1.</w:t>
+                <w:t xml:space="preserve">Etude nationale de la consommation d'algues alimentaires : notoriété et images. Programme IDEALG Phase 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Fasquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6512,100 +6512,100 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] Université Européenne de Bretagne. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209013v1</w:t>
+                <w:t xml:space="preserve">hal-01209011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude nationale de la consommation d'algues alimentaires : Contexte et méthodologie. Programme IDEALG Phase 1.</w:t>
+                <w:t xml:space="preserve">Etude nationale de la consommation d'algues alimentaires : le point de vue des non consommateurs. Programme IDEALG Phase 1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Léa Riter</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Fasquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6634,173 +6634,173 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] Université Européenne de Bretagne. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209010v1</w:t>
+                <w:t xml:space="preserve">hal-01209013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la consommation d'algues alimentaire : les freins à la consommation. Programme IDEALG Phase 1</w:t>
+                <w:t xml:space="preserve">Etude nationale de la consommation d'algues alimentaires : Contexte et méthodologie. Programme IDEALG Phase 1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Léa Ritter</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Riter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Fasquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterenn Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] Agrocampus Ouest. 2014, 72 p</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] Université Européenne de Bretagne. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209014v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6979,51 +6979,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AD25B142"/>
+    <w:nsid w:val="37101F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7210,51 +7210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sterenn-lucas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9492-8330" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182663140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512857v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Daures" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Lucas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2026.2625429" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105649v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dewals" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Floc&#8217;h" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.244.0533" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676535v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ropars-Collet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cuilleret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jafio-2023-0031" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678630v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dewals" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Heutte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00216-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03903499v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Drouineau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Moullec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gascuel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lalo&#235;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2022.105460" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155664v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Alban" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2023004" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04069448v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Menozzi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sogari" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Simeone" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miko&#322;aj Czajkowski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Zawadzki" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2023.104871" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391930v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Boennec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2021.1957671" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192691v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Irz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Gascuel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126718" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03382627v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Revoredo-Giha" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodpol.2021.102141" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935812v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thong Tien Nguyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitar Taskov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12092650" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154469v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/704078" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01758759v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Salladarr&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Br&#233;card" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodpol.2018.02.017" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPCW9PMS-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184097v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Ollivier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/agec.12226" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668881v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubaker Hlaimi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perraudeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2009.07.017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DN2T93J9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556050v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626663v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bazoche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207359v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Floc'H" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501425v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734139v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mora" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Nguyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Cubero-Dudinskaya" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733498v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul S. Valle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Hagen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787994v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801478v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sare Revoredo-Giha" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798994v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Bras" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Comparini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738591v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209017v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Olivier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209016v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747091v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pichot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810838v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821379v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344325v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01521343v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526926v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526923v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526925v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526924v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453401v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593744v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126366v3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ulrich" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard-Mongin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127327v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143887v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110171v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03818156v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938335v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borges Lisa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Doring" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Jung" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Villasante" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441513v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505898v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rouvin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02920048v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787996v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otmane Boulagouaz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344027v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344030v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344025v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ritter" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fasquel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209012v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Fasquel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209015v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209011v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209013v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209010v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Riter" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209014v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02808700v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sterenn-lucas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9492-8330" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182663140" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512857v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Daures" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Lucas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2026.2625429" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678630v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dewals" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Floc&#8217;h" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Heutte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00216-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676535v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ropars-Collet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cuilleret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jafio-2023-0031" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105649v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dewals" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.244.0533" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04069448v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Menozzi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sogari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Simeone" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miko&#322;aj Czajkowski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Zawadzki" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2023.104871" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03903499v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Drouineau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Moullec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gascuel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lalo&#235;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2022.105460" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155664v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Alban" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2023004" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391930v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Boennec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2021.1957671" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192691v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Irz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Gascuel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126718" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03382627v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Revoredo-Giha" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodpol.2021.102141" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935812v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thong Tien Nguyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitar Taskov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12092650" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154469v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/704078" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01758759v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Salladarr&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Br&#233;card" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodpol.2018.02.017" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPCW9PMS-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184097v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Ollivier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/agec.12226" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556050v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubaker Hlaimi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perraudeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2009.07.017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DN2T93J9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668881v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626663v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bazoche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207359v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Floc'H" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501425v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733498v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Cubero-Dudinskaya" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul S. Valle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Hagen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734139v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mora" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Nguyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787994v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801478v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sare Revoredo-Giha" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798994v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Bras" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Comparini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738591v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209017v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Olivier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209016v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810838v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pichot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747091v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821379v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344325v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01521343v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526926v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526923v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526924v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01526925v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453401v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593744v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110171v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ulrich" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard-Mongin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127327v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126366v3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143887v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03818156v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938335v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borges Lisa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Doring" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Jung" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Villasante" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441513v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505898v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rouvin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02920048v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787996v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otmane Boulagouaz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344025v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ritter" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fasquel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344030v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344027v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209014v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Fasquel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209012v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209015v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209011v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209013v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209010v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Riter" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02808700v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>