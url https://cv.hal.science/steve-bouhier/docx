--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -1325,273 +1325,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signaux Opto-RF très bas bruit de phase et instabilités dynamiques d’un OEO à modulation directe</w:t>
+                <w:t xml:space="preserve">Low phase noise microwave generation from a direct-modulation optoelectronic oscillator (DM-OEO)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Sinquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Romanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Bouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2021 (CLEO-Europe/EQEC 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03285993v1</w:t>
+                <w:t xml:space="preserve">hal-03284345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low phase noise microwave generation from a direct-modulation optoelectronic oscillator (DM-OEO)</w:t>
+                <w:t xml:space="preserve">Signaux Opto-RF très bas bruit de phase et instabilités dynamiques d’un OEO à modulation directe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Sinquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Bouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Alouini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vallet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2021 (CLEO-Europe/EQEC 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t>
+              <w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03284345v1</w:t>
+                <w:t xml:space="preserve">hal-03285993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctionnement Classe A faible bruit d'un laser VECSEL injecté électriquement et émettant à 1,5 µm</w:t>
               </w:r>
@@ -4353,51 +4353,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487897v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Sinquin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Bouhier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alouini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jlt.2021.3111703" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362767v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anwar Kerchaoui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Mereuta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Caliman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Levallois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.412746" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970482v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thorette" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic van Dijk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vallet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2018.0867" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01427869v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Hallal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bondu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2016.2635639" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533213v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Pes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevalier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.011760" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343406v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2016.2532119" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Islam" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kherouz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Merupo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Frein" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouhier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irmmw-thz61557.2025.11319740" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988116v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulc'Hen Loas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367419v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Staes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367326v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285993v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284345v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386466v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Batte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386462v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386475v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474747v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8871553" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01384221v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le M&#233;haut&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284334v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142066v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;l Danion" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881520v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926871v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906170v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Carr&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944028v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF-IFC.2013.6702198" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917922v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648504v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaedze Kudjo Herman Akagla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Loiko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benayad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Camy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645549v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986413v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284744v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474785v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532491v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Audo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2017.JTu5A.109" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01384292v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01491862v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926867v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487897v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Sinquin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Bouhier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alouini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jlt.2021.3111703" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362767v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anwar Kerchaoui" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Mereuta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Caliman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Levallois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.412746" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970482v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thorette" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic van Dijk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vallet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2018.0867" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01427869v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Hallal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bondu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2016.2635639" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533213v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Pes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevalier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.011760" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343406v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2016.2532119" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Islam" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kherouz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Merupo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Frein" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouhier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irmmw-thz61557.2025.11319740" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988116v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulc'Hen Loas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367419v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Staes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367326v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284345v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285993v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386466v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Batte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386462v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386475v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474747v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8871553" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01384221v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le M&#233;haut&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284334v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142066v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;l Danion" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881520v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926871v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906170v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Carr&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944028v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF-IFC.2013.6702198" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917922v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648504v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaedze Kudjo Herman Akagla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Loiko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benayad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Camy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645549v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986413v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284744v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474785v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532491v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Audo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2017.JTu5A.109" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01384292v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01491862v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926867v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>