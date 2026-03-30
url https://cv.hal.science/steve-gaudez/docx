--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Steve Gaudez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deconvoluting cracking mechanisms in fusion processing of steel-copper multi-materials via &amp;lt;i&amp;gt;Operando&amp;lt;/i&amp;gt; X-ray characterisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andaç Özsoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William A Hearn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rijuta Jeswani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunhui Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual and Physical Prototyping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (1), </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17452759.2025.2526798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05157585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-separation-driven cracking in additive manufacturing of Ni-Cu alloy systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andaç Özsoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William A Hearn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonios Baganis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoltán Hegedüs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Additive Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 110, pp.104950. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addma.2025.104950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05237001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic Approach to Describe the Martensite Phase Transformation Kinetics &amp;lt;i&amp;gt;via&amp;lt;/i&amp;gt; the Stabilization of Austenite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Macchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Y.P. Allain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (3), pp.812-826. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-023-07287-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution reciprocal space mapping reveals dislocation structure evolution during 3D printing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouider Abdellah Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoltan Hegedüs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Lienert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Additive Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 71, pp.103602. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addma.2023.103602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martensite and nanobainite transformations in a low alloyed steel studied by in situ high energy synchrotron diffraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien da Costa Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Y.P. Allain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.111740. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchar.2022.111740⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-oxide precipitates in additively manufactured austenitic stainless steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manas Vijay Upadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Ben Haj Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikhil Mohanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lluis Yedra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-89873-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure Evolution and Competitive Reactions during Quenching and Partitioning of a Model Fe–C–Mn–Si Alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Aoued</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Danoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), 137 (22 p.). </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/met10010137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon heterogeneities in austenite during Quenching & Partitioning (Q&P) process revealed by in situ High Energy X-Ray Diffraction (HEXRD) experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Y.P. Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Danoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 181, pp.108-114. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dislocation densities in a low-carbon steel during martensite transformation determined by in situ high energy X-Ray diffraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Macchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Géandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 800, pp.140249. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2020.140249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02943929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigations of the effects of substitutional elements on the interface conditions during partitioning in quenching and partitioning steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Y.P. Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gouné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 49 (7), pp.2568-2572. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-018-4630-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internal stresses and carbon enrichment in austenite of Quenching and Partitioning steels from high energy X-ray diffraction experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Yves Pierre Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Hell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gouné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 710, pp.245-250. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2017.10.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic effetcs of substitutional elements on the CPE interface conditions in Q&P steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Y.P. Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gouné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">147th TMS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics and microstructural evolutions during the tempering of martensitic and nano-bainitic low alloyed steel: in situ experimental study and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Materials Science [cond-mat.mtrl-sci]. Université de Lorraine, 2021. English. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021LORR0016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03274130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId62"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Steve Gaudez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deconvoluting cracking mechanisms in fusion processing of steel-copper multi-materials via &amp;lt;i&amp;gt;Operando&amp;lt;/i&amp;gt; X-ray characterisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andaç Özsoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William A Hearn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rijuta Jeswani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunhui Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual and Physical Prototyping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (1), </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17452759.2025.2526798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05157585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-separation-driven cracking in additive manufacturing of Ni-Cu alloy systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andaç Özsoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William A Hearn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonios Baganis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoltán Hegedüs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Additive Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 110, pp.104950. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addma.2025.104950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05237001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic Approach to Describe the Martensite Phase Transformation Kinetics &amp;lt;i&amp;gt;via&amp;lt;/i&amp;gt; the Stabilization of Austenite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Macchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Y.P. Allain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (3), pp.812-826. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-023-07287-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution reciprocal space mapping reveals dislocation structure evolution during 3D printing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouider Abdellah Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoltan Hegedüs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Lienert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Additive Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 71, pp.103602. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addma.2023.103602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martensite and nanobainite transformations in a low alloyed steel studied by in situ high energy synchrotron diffraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien da Costa Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Y.P. Allain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.111740. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchar.2022.111740⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-oxide precipitates in additively manufactured austenitic stainless steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manas Vijay Upadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Ben Haj Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikhil Mohanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lluis Yedra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-89873-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure Evolution and Competitive Reactions during Quenching and Partitioning of a Model Fe–C–Mn–Si Alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Aoued</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Danoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), 137 (22 p.). </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/met10010137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon heterogeneities in austenite during Quenching & Partitioning (Q&P) process revealed by in situ High Energy X-Ray Diffraction (HEXRD) experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Y.P. Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Danoix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 181, pp.108-114. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dislocation densities in a low-carbon steel during martensite transformation determined by in situ high energy X-Ray diffraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Macchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Géandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 800, pp.140249. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2020.140249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02943929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internal stresses and carbon enrichment in austenite of Quenching and Partitioning steels from high energy X-ray diffraction experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Yves Pierre Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Hell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gouné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 710, pp.245-250. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2017.10.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical investigations of the effects of substitutional elements on the interface conditions during partitioning in quenching and partitioning steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Y.P. Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gouné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 49 (7), pp.2568-2572. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-018-4630-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic effetcs of substitutional elements on the CPE interface conditions in Q&P steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Y.P. Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Geandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gouné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">147th TMS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics and microstructural evolutions during the tempering of martensitic and nano-bainitic low alloyed steel: in situ experimental study and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Gaudez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Materials Science [cond-mat.mtrl-sci]. Université de Lorraine, 2021. English. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021LORR0016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03274130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId62"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157585v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda&#231; &#214;zsoy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A Hearn" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Gaudez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijuta Jeswani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunhui Chen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17452759.2025.2526798" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237001v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonios Baganis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Heged&#252;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2025.104950" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448110v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Macchi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geandier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Denis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Y.P. Allain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-023-07287-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124623v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouider Abdellah Abdesselam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Gharbi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Heged&#252;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Lienert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2023.103602" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527632v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien da Costa Teixeira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Y.P. Allain" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2022.111740" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-03221432v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manas Vijay Upadhyay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Haj Slama" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Mohanan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Yedra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89873-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02445154v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Aoued" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danoix" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Allain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10010137" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486495v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.02.022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943929v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G&#233;andier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Teixeira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.140249" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01802413v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Goun&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-018-4630-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667935v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Yves Pierre Allain" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Hell" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.10.105" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119311v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03274130v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LORR0016" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157585v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda&#231; &#214;zsoy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A Hearn" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Gaudez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijuta Jeswani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunhui Chen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17452759.2025.2526798" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237001v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonios Baganis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Heged&#252;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2025.104950" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448110v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Macchi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geandier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Denis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Y.P. Allain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-023-07287-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124623v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouider Abdellah Abdesselam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Gharbi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Heged&#252;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Lienert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2023.103602" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527632v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien da Costa Teixeira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Y.P. Allain" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2022.111740" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-03221432v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manas Vijay Upadhyay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Haj Slama" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Mohanan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Yedra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89873-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02445154v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Aoued" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danoix" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Allain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10010137" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486495v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Soler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.02.022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943929v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G&#233;andier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Teixeira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.140249" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667935v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Yves Pierre Allain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Hell" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Goun&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.10.105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01802413v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-018-4630-3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119311v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03274130v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LORR0016" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>