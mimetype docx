--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -223,321 +223,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergence-Driven Debugging: Understanding Behavioral Changes Between Two Program Versions</w:t>
+                <w:t xml:space="preserve">Empirically Evaluating the Impact of Object-Centric Breakpoints on the Debugging of Object-Oriented Programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Dufloer</w:t>
+                <w:t xml:space="preserve">Valentin Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imen Sayar</w:t>
+                <w:t xml:space="preserve">Pooja Rani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Etien</w:t>
+                <w:t xml:space="preserve">Maximilian Ignacio Willembrinck Santander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Bacchelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICPC 2025 - 33rd IEEE/ACM International Conference on Program Comprehension</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FSE 2025 - The ACM International Conference on the Foundations of Software Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Trondheim (Norvège), Norway. pp.914-935, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3715759⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05114444v1</w:t>
+                <w:t xml:space="preserve">hal-04948470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empirically Evaluating the Impact of Object-Centric Breakpoints on the Debugging of Object-Oriented Programs</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Divergence-Driven Debugging: Understanding Behavioral Changes Between Two Program Versions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilian Ignacio Willembrinck Santander</w:t>
+                <w:t xml:space="preserve">Rémi Dufloer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Bacchelli</w:t>
+                <w:t xml:space="preserve">Imen Sayar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Etien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FSE 2025 - The ACM International Conference on the Foundations of Software Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICPC 2025 - 33rd IEEE/ACM International Conference on Program Comprehension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Ottawa, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948470v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debugging Activity Blueprint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Etien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -575,51 +575,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scopeo: an Object-Centric Debugging Approach for Exploring Object-Oriented Programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -679,51 +679,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debugging Video Games: A Systematic Mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vanègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Petrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -926,51 +926,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vanègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Etien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Smalltalk Technologies : IWST 22</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Novi Sad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1021,51 +1021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilian Willembrinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Etien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ducasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2109,309 +2109,449 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01591077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Round-Trip Engineering in the context of FOMDD</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lub: A DSL for Dynamic Context Oriented Programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Costiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Kerboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Cavarlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Plantec</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Ribaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Workshop on Smalltalk Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2991041.2991056⟩</w:t>
+              <w:t xml:space="preserve">International Workshop on Smalltalk Technologies (IWST'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Prague, Czech Republic. pp.13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2991041.2991054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01448784v1</w:t>
+                <w:t xml:space="preserve">hal-01418007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lub: A DSL for Dynamic Context Oriented Programming</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic Round-Trip Engineering in the context of FOMDD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Cavarlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Plantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alain Plantec</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ribaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Smalltalk Technologies (IWST'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Prague, Czech Republic. pp.13, </w:t>
+              <w:t xml:space="preserve">11th International Workshop on Smalltalk Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Prague, Czech Republic. pp.1 - 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2991041.2991054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2991041.2991056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01418007v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysing Python Machine Learning Notebooks with Moose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Mignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Costiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Anquetil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Etien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the International Workshop on Smalltalk Technologies 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05281005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Logiciel (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pharo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2420,656 +2560,516 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Denker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demarey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Lorenzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:5f8c3e380b4d6cf015cc952a85fdc4f70ae9ac2d;origin=https://github.com/pharo-project/pharo;visit=swh:1:snp:ea8a748e273c242da49ba409b71055e0ec997732;anchor=swh:1:rev:f932e59c198e7de07759311579f37312f0ef60cb⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05048253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sindarin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vanègue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:4a7c622c61fcb3be319c91e5871b8c2d982b02c9;origin=https://github.com/pharo-spec/ScriptableDebugger;visit=swh:1:snp:5ada4e8d86339556bd6e8fe7b3026173d012c962;anchor=swh:1:rev:368543cd0b13bffbd1100db94a11ecc3bb1cda60⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04850901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:fccf734ffb8d01e9c3b03454422e97be18770f6a;origin=https://github.com/Pharo-XP-Tools/Phex;visit=swh:1:snp:cf48b926d985066e803a7c3c822eaf0b8c8bbf3c;anchor=swh:1:rev:033c1e523dfea5a12fffee1b8d88120f58e68982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04858390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vanègue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:e17ddf4f775546a6e5b4548879eee3e07e6227b3;origin=https://github.com/pharo-spec/Chest;visit=swh:1:snp:4f017094ae09aef0243db4b693cecac91e637b1a;anchor=swh:1:rev:feff10b5c8bc2888d95cc42dc189c9688dfefc52⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04858337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debugging Spy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vanègue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:0f63d67301c0ad3174d17c89a13b52e595837877;origin=https://github.com/Pharo-XP-Tools/DebuggingSpy;visit=swh:1:snp:ae7703ee9ee6f77eb10697b7d9fdf90678a768a0;anchor=swh:1:rev:fbec9a14cbdaa478f498196c0f993062441ef3ae⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04858378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scopeo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:b006859e0291f62b4e6868f51f8c705e87fb4e3d;origin=https://github.com/scopeo-project/ScopeoExampleERA;visit=swh:1:snp:1ce6fb9de2f9a812dcda8eb1e30a3a068d2782a9;anchor=swh:1:rev:eb1057b63339f394bdd712ad3a649c9492157f1f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880231v1</w:t>
-              </w:r>
-[...138 lines deleted...]
-                <w:t xml:space="preserve">hal-05281005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3100,51 +3100,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2024 ACTIVITY REPORT Project-Team EVREF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Denker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bortolaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3218,51 +3218,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2023 ACTIVITY REPORT Project-Team EVREF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Denker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bortolaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3336,90 +3336,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Project-Team RMOD 2022 Activity Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Denker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Etien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inria Lille - Nord Europe. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3454,51 +3454,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Project-Team RMOD 2021 Activity Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Denker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Aranega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3576,51 +3576,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Project-Team RMoD 2020 Activity Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Denker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Aranega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3882,51 +3882,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Project-Team RMoD 2019 Activity Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Denker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Aranega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4023,51 +4023,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Traveling Queries: Extensible Tools for Faster Program Comprehension.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilian Willembrinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4075,51 +4075,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vanègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Etien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Object Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 23 (1), pp.1. </w:t>
@@ -4287,103 +4287,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-traveling object-centric breakpoints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilian Ignacio Willembrinck Santander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vanègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Etien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computer Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.101285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4807,51 +4807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Plantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ribaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of Computer Programming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 161, pp.18 - 33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5142,51 +5142,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilian Willembrinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Costiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Etien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ducasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5591,51 +5591,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05407907v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Grigera" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Costiou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cruz Gardey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ducasse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05114444v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dufloer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Sayar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Etien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948470v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bourcier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pooja Rani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Ignacio Willembrinck Santander" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bacchelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3715759" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699796v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bergel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04627606v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SANER60148.2024.00040" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04139070v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Van&#232;gue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Petrillo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3605155.3605865" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03846015v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aranega" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Denker" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3567512.3567517" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03825736v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Willembrinck" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03463047v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02992644v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupriez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pollet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02992863v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02966704v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laborde" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Plantec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Pors" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02966691v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Pors" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280915v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Polito" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3359619.3359745" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01829183v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Kerboeuf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3191697.3214335" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02320434v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Toullec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585349v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Marra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gonzalez Boix" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Kerboeuf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3139903.3139913" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01591077v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3079368.3079391" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01448784v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Cavarl&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ribaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2991041.2991056" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01418007v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2991041.2991054" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048253v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demarey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Lorenzano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5f8c3e380b4d6cf015cc952a85fdc4f70ae9ac2d;origin=https://github.com/pharo-project/pharo;visit=swh:1:snp:ea8a748e273c242da49ba409b71055e0ec997732;anchor=swh:1:rev:f932e59c198e7de07759311579f37312f0ef60cb" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04850901v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4a7c622c61fcb3be319c91e5871b8c2d982b02c9;origin=https://github.com/pharo-spec/ScriptableDebugger;visit=swh:1:snp:5ada4e8d86339556bd6e8fe7b3026173d012c962;anchor=swh:1:rev:368543cd0b13bffbd1100db94a11ecc3bb1cda60" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04858390v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:fccf734ffb8d01e9c3b03454422e97be18770f6a;origin=https://github.com/Pharo-XP-Tools/Phex;visit=swh:1:snp:cf48b926d985066e803a7c3c822eaf0b8c8bbf3c;anchor=swh:1:rev:033c1e523dfea5a12fffee1b8d88120f58e68982" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04858337v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:e17ddf4f775546a6e5b4548879eee3e07e6227b3;origin=https://github.com/pharo-spec/Chest;visit=swh:1:snp:4f017094ae09aef0243db4b693cecac91e637b1a;anchor=swh:1:rev:feff10b5c8bc2888d95cc42dc189c9688dfefc52" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04858378v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0f63d67301c0ad3174d17c89a13b52e595837877;origin=https://github.com/Pharo-XP-Tools/DebuggingSpy;visit=swh:1:snp:ae7703ee9ee6f77eb10697b7d9fdf90678a768a0;anchor=swh:1:rev:fbec9a14cbdaa478f498196c0f993062441ef3ae" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880231v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:b006859e0291f62b4e6868f51f8c705e87fb4e3d;origin=https://github.com/scopeo-project/ScopeoExampleERA;visit=swh:1:snp:1ce6fb9de2f9a812dcda8eb1e30a3a068d2782a9;anchor=swh:1:rev:eb1057b63339f394bdd712ad3a649c9492157f1f" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281005v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Mignard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anquetil" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095553v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556508v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04112164v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03629450v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03281442v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03463035v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02999965v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03120443v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04841228v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2024.23.1.a7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04629166v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Goff" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cola.2024.101286" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04629161v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cola.2024.101285" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03462995v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11334-022-00456-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02480136v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22152/programming-journal.org/2020/4/5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929746v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2020.19.1.a1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01701593v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2018.01.001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01608971v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2017.09.006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04130163v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03738585v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03435233v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02082447v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BRES0069" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05407907v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Grigera" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Costiou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cruz Gardey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ducasse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948470v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bourcier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pooja Rani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Ignacio Willembrinck Santander" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bacchelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3715759" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05114444v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dufloer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Sayar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Etien" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699796v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bergel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04627606v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SANER60148.2024.00040" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04139070v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Van&#232;gue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Petrillo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3605155.3605865" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03846015v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aranega" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Denker" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3567512.3567517" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03825736v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Willembrinck" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03463047v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02992644v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupriez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pollet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02992863v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02966704v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laborde" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Plantec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Pors" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02966691v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Pors" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280915v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Polito" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3359619.3359745" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01829183v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Kerboeuf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3191697.3214335" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02320434v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Toullec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585349v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Marra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gonzalez Boix" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Kerboeuf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3139903.3139913" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01591077v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3079368.3079391" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01418007v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Cavarl&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2991041.2991054" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01448784v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ribaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2991041.2991056" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281005v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Mignard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anquetil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048253v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demarey" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Lorenzano" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5f8c3e380b4d6cf015cc952a85fdc4f70ae9ac2d;origin=https://github.com/pharo-project/pharo;visit=swh:1:snp:ea8a748e273c242da49ba409b71055e0ec997732;anchor=swh:1:rev:f932e59c198e7de07759311579f37312f0ef60cb" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04850901v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4a7c622c61fcb3be319c91e5871b8c2d982b02c9;origin=https://github.com/pharo-spec/ScriptableDebugger;visit=swh:1:snp:5ada4e8d86339556bd6e8fe7b3026173d012c962;anchor=swh:1:rev:368543cd0b13bffbd1100db94a11ecc3bb1cda60" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04858390v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:fccf734ffb8d01e9c3b03454422e97be18770f6a;origin=https://github.com/Pharo-XP-Tools/Phex;visit=swh:1:snp:cf48b926d985066e803a7c3c822eaf0b8c8bbf3c;anchor=swh:1:rev:033c1e523dfea5a12fffee1b8d88120f58e68982" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04858337v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:e17ddf4f775546a6e5b4548879eee3e07e6227b3;origin=https://github.com/pharo-spec/Chest;visit=swh:1:snp:4f017094ae09aef0243db4b693cecac91e637b1a;anchor=swh:1:rev:feff10b5c8bc2888d95cc42dc189c9688dfefc52" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04858378v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0f63d67301c0ad3174d17c89a13b52e595837877;origin=https://github.com/Pharo-XP-Tools/DebuggingSpy;visit=swh:1:snp:ae7703ee9ee6f77eb10697b7d9fdf90678a768a0;anchor=swh:1:rev:fbec9a14cbdaa478f498196c0f993062441ef3ae" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880231v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:b006859e0291f62b4e6868f51f8c705e87fb4e3d;origin=https://github.com/scopeo-project/ScopeoExampleERA;visit=swh:1:snp:1ce6fb9de2f9a812dcda8eb1e30a3a068d2782a9;anchor=swh:1:rev:eb1057b63339f394bdd712ad3a649c9492157f1f" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095553v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556508v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04112164v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03629450v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03281442v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03463035v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02999965v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03120443v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04841228v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2024.23.1.a7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04629166v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Goff" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cola.2024.101286" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04629161v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cola.2024.101285" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03462995v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11334-022-00456-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02480136v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22152/programming-journal.org/2020/4/5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929746v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2020.19.1.a1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01701593v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2018.01.001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01608971v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2017.09.006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04130163v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03738585v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03435233v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02082447v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BRES0069" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>