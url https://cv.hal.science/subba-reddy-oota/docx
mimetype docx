--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Subba Reddy OOTA </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuro-computational models of language comprehension : characterizing similarities and differences between language processing in brains and language models.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Artificial Intelligence [cs.AI]. Université de Bordeaux, 2024. English. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2024BORD0080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04635168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Neural Networks and Brain Alignment: Brain Encoding and Decoding (Survey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zijiao Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bapi Raju Surampudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Machine Learning Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Cross-Situational Learning on Full Sentences in Few Shots with Simple RNNs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Variengien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CogSci 2024 - 46th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the brain process syntactic structure while listening?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounika Marreddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju Surampudi Bapi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACL 2023 - The 61st Annual Meeting of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Jul 2023, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speech Taskonomy: Which Speech Tasks are the most Predictive of fMRI Brain Activity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veeral Agarwal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounika Marreddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju Surampudi Bapi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERSPEECH 2023 - 24th INTERSPEECH Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Dublin, Ireland. pp.5167--5171, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2023-121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What aspects of NLP models and brain datasets affect brain-NLP alignment?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariya Toneva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Cognitive Computational Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CCN, Aug 2023, Oxford, UK, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32470/CCN.2023.1273-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04416456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint processing of linguistic properties in brains and language models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariya Toneva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeurIPS 2023 - 37th Conference on Neural Information Processing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Neural Information Processing Systems, Dec 2023, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04400635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEG Encoding using Word Context Semantics in Listening Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Trouvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERSPEECH 2023 - 24th INTERSPEECH Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INTERSPEECH, Aug 2023, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visio-Linguistic Brain Encoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jashn Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijay Rowtula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju S. Bapi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING 2022 - the 29th International Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Gyeongju, South Korea. pp.116-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural Language Taskonomy: Which NLP Tasks are the most Predictive of fMRI Brain Activity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jashn Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veeral Agarwal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounika Marreddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAACL 2022 - Conference of the North American Chapter of the Association for Computational Linguistics - Human Language Technologies (NAACL-HLT2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Seattle, United States. pp.3220-3237, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2022.naacl-main.235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-view and Cross-view Brain Decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jashn Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju Surampudi Bapi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coling 2022 - The 29th International Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Gyeongju, South Korea. pp.105-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning for Brain Encoding and Decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jashn Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju S. Bapi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariya Toneva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COGSCI 2022 - the 44th Annual Conference of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Toronto (CA), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Short-Term Memory of Language Models for Predicting Brain Activation During Listening to Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CogSci 2022 - Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEG Encoding using Neural Language & Speech Models and Shared Context Semantics in Listening Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Trouvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNL 2023 - Society for the Neurobiology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Marseille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past Word Context Enables Better MEG Encoding Predictions than Current Word in Listening Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Trouvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroFrance 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How distinct are Syntactic and Semantic Representations in the Brain During Sentence Comprehension?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNL 2022 - 14th Annual Meeting of the Society for Neurobiology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Philadelphia, United States. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03942241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Long-Term Context of Language Models on Brain Activity during Narrative Listening in fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS Forum 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Parse Sentences with Cross-Situational Learning using Different Word Embeddings Towards Robot Grounding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spatial Language Understanding and Grounded Communication for Robotics Workshop, ACL-IJCNLP 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bangkok, Thailand. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Situational Learning Towards Robot Grounding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628290v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId47"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Subba Reddy OOTA </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Neural Networks and Brain Alignment: Brain Encoding and Decoding (Survey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zijiao Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bapi Raju Surampudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Machine Learning Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Cross-Situational Learning on Full Sentences in Few Shots with Simple RNNs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Variengien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CogSci 2024 - 46th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04906122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the brain process syntactic structure while listening?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounika Marreddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju Surampudi Bapi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACL 2023 - The 61st Annual Meeting of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Jul 2023, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speech Taskonomy: Which Speech Tasks are the most Predictive of fMRI Brain Activity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veeral Agarwal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounika Marreddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju Surampudi Bapi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERSPEECH 2023 - 24th INTERSPEECH Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Dublin, Ireland. pp.5167--5171, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2023-121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What aspects of NLP models and brain datasets affect brain-NLP alignment?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariya Toneva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Cognitive Computational Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CCN, Aug 2023, Oxford, UK, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32470/CCN.2023.1273-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04416456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint processing of linguistic properties in brains and language models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariya Toneva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeurIPS 2023 - 37th Conference on Neural Information Processing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Neural Information Processing Systems, Dec 2023, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04400635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEG Encoding using Word Context Semantics in Listening Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Trouvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERSPEECH 2023 - 24th INTERSPEECH Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INTERSPEECH, Aug 2023, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-view and Cross-view Brain Decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jashn Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju Surampudi Bapi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coling 2022 - The 29th International Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Gyeongju, South Korea. pp.105-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural Language Taskonomy: Which NLP Tasks are the most Predictive of fMRI Brain Activity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jashn Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veeral Agarwal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounika Marreddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAACL 2022 - Conference of the North American Chapter of the Association for Computational Linguistics - Human Language Technologies (NAACL-HLT2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Seattle, United States. pp.3220-3237, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2022.naacl-main.235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visio-Linguistic Brain Encoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jashn Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijay Rowtula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju S. Bapi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING 2022 - the 29th International Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Gyeongju, South Korea. pp.116-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning for Brain Encoding and Decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jashn Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manish Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raju S. Bapi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariya Toneva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COGSCI 2022 - the 44th Annual Conference of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Toronto (CA), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Short-Term Memory of Language Models for Predicting Brain Activation During Listening to Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CogSci 2022 - Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuro-computational models of language comprehension : characterizing similarities and differences between language processing in brains and language models.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Artificial Intelligence [cs.AI]. Université de Bordeaux, 2024. English. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2024BORD0080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04635168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEG Encoding using Neural Language & Speech Models and Shared Context Semantics in Listening Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Trouvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Jobard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNL 2023 - Society for the Neurobiology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Marseille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past Word Context Enables Better MEG Encoding Predictions than Current Word in Listening Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Trouvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroFrance 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How distinct are Syntactic and Semantic Representations in the Brain During Sentence Comprehension?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNL 2022 - 14th Annual Meeting of the Society for Neurobiology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Philadelphia, United States. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03942241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Long-Term Context of Language Models on Brain Activity during Narrative Listening in fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS Forum 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Parse Sentences with Cross-Situational Learning using Different Word Embeddings Towards Robot Grounding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spatial Language Understanding and Grounded Communication for Robotics Workshop, ACL-IJCNLP 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bangkok, Thailand. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Situational Learning Towards Robot Grounding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subba Reddy Oota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hinaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628290v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId47"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04635168v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subba Reddy Oota" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024BORD0080" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906035v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijiao Chen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manish Gupta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bapi Raju Surampudi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Jobard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906122v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hinaut" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Variengien" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131510v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounika Marreddy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raju Surampudi Bapi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131475v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veeral Agarwal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2023-121" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416456v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Toneva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32470/CCN.2023.1273-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04400635v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148324v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Trouvain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Alexandre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946675v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jashn Arora" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Rowtula" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raju S. Bapi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946624v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.naacl-main.235" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946696v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946727v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03697443v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401769v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04154794v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03942241v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03699886v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03533730v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628290v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906035v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subba Reddy Oota" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijiao Chen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manish Gupta" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bapi Raju Surampudi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Jobard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906122v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hinaut" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Variengien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131510v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounika Marreddy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raju Surampudi Bapi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131475v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veeral Agarwal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2023-121" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416456v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Toneva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32470/CCN.2023.1273-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04400635v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148324v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Trouvain" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Alexandre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946696v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jashn Arora" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946624v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.naacl-main.235" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946675v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Rowtula" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raju S. Bapi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946727v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03697443v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04635168v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024BORD0080" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401769v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04154794v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03942241v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03699886v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03533730v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628290v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>