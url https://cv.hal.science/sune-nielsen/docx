--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,3419 +100,3419 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global cycling of vanadium isotopes from multiple ocean water masses and a restricted euxinic basin</w:t>
+                <w:t xml:space="preserve">Phengite controls on thallium elemental and isotopic systematics in subduction-zone fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siqi Li</w:t>
+                <w:t xml:space="preserve">Yunchao Shu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sune Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Owens</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Veronique Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Mckenzie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Blusztajn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.08.037⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 697, pp.123110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2025.123110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344256v1</w:t>
+                <w:t xml:space="preserve">hal-05344360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The partitioning of H between olivine and melt at low pressures (10 – 200 MPa)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of the South Pacific's Iron Cycle Over the Cenozoic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Piccoli</w:t>
+                <w:t xml:space="preserve">Logan Tegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Austin Gion</w:t>
+                <w:t xml:space="preserve">Tristan Horner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sune Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Heard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Squires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am-2025-9738⟩</w:t>
+              <w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40 (7), pp.e2025PA005149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2025PA005149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344372v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thallium cycling and boundary exchange in a continental margin basin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kasper Olesen</w:t>
+                <w:t xml:space="preserve">Ocean Oxygenation Changes in the Arabian Sea Oxygen Minimum Zone During the Penultimate Glacial Cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fang Qian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassandra Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sune Nielsen</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Donald Canfield</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.04.005⟩</w:t>
+              <w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40 (6), pp.e2024PA005059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024PA005059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344391v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic deep marine oxygenation during the Early and Middle Paleozoic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Nikolas R. Clemente</w:t>
+                <w:t xml:space="preserve">Mélange dehydration and melting beneath South Sandwich Islands arc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunchao Shu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sune Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Stockey</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tiffani Fraser</w:t>
+                <w:t xml:space="preserve">Danielle Santiago Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Blusztajn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adw5878⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.1440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-56554-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344294v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thallium isotope cycling in a ferruginous Precambrian ocean analogue</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Dynamic deep marine oxygenation during the Early and Middle Paleozoic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadlin Ostrander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Nikolas R. Clemente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andy Heard</w:t>
+                <w:t xml:space="preserve">Richard Stockey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth Swanner</w:t>
+                <w:t xml:space="preserve">Justin Strauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yunchao Shu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wang Zheng</w:t>
+                <w:t xml:space="preserve">Tiffani Fraser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.12.008⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (36), pp.eadw5878. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adw5878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344283v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phengite controls on thallium elemental and isotopic systematics in subduction-zone fluids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Thallium isotope cycling in a ferruginous Precambrian ocean analogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadlin Ostrander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Heard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Swanner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunchao Shu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronique Le Roux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jerzy Blusztajn</w:t>
+                <w:t xml:space="preserve">Wang Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2025.123110⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 390, pp.264-275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344360v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the South Pacific's Iron Cycle Over the Cenozoic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thallium cycling and boundary exchange in a continental margin basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kasper Olesen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sune Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadlin Ostrander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicol Udy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Logan Tegler</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Donald Canfield</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2025PA005149⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 399, pp.64-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344320v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ocean Oxygenation Changes in the Arabian Sea Oxygen Minimum Zone During the Penultimate Glacial Cycle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transient marine bottom water oxygenation on continental shelves by 2.65 billion years ago</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinming Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadlin Ostrander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brett Holdaway</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fang Qian</w:t>
+                <w:t xml:space="preserve">Brian Kendall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Wang</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ariel Anbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024PA005059⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (5), pp.423-429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-025-01681-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344383v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélange dehydration and melting beneath South Sandwich Islands arc</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Veronique Le Roux</w:t>
+                <w:t xml:space="preserve">Thallium Isotopes Suggest the Global Deep Ocean Did Not Approach Modern Oxygenation During Cambrian Age 3 Metazoan Radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Clemente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danielle Santiago Ramos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jerzy Blusztajn</w:t>
+                <w:t xml:space="preserve">Haifeng Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadlin Ostrander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongjie Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanjie Wen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-56554-x⟩</w:t>
+              <w:t xml:space="preserve">Geobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (4), pp.e70028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gbi.70028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344302v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient marine bottom water oxygenation on continental shelves by 2.65 billion years ago</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vanadium isotope fractionation during early planetary evolution: Insights from achondrite analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Kendall</w:t>
+                <w:t xml:space="preserve">D.V. Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariel Anbar</w:t>
+                <w:t xml:space="preserve">M. Auro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Righter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.D. Peterson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.W. Heard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-025-01681-9⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 652, pp.119202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2025.119202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344123v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thallium Isotopes Suggest the Global Deep Ocean Did Not Approach Modern Oxygenation During Cambrian Age 3 Metazoan Radiation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hongjie Zhang</w:t>
+                <w:t xml:space="preserve">Triple iron isotopes inform iron mineralization and sedimentation at the TAG hydrothermal mound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Heard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanjie Wen</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Margaret Tivey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Blusztajn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sune Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gbi.70028⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 409, pp.163-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.09.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344355v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanadium isotope fractionation during early planetary evolution: Insights from achondrite analyses</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thallium isotope data suggest minimal recycled material within the proto-Iceland mantle plume source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Auro</w:t>
+                <w:t xml:space="preserve">J. Kaare-Rasmussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Righter</w:t>
+                <w:t xml:space="preserve">F. Horton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.D. Peterson</w:t>
+                <w:t xml:space="preserve">C.M. Ostrander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.W. Heard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S.G. Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 652, pp.119202. </w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 685, pp.122798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2025.119202⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2025.122798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05343849v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thallium isotope data suggest minimal recycled material within the proto-Iceland mantle plume source</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extending the utility of the Tl isotope paleoredox proxy to carbonates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunchao Shu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadlin Ostrander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Kaare-Rasmussen</w:t>
+                <w:t xml:space="preserve">Dalton Hardisty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Horton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S.G. Nielsen</w:t>
+                <w:t xml:space="preserve">Peter Swart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sune Nielsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2025.122798⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 394, pp.32-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.02.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344395v1</w:t>
+                <w:t xml:space="preserve">hal-05344309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extending the utility of the Tl isotope paleoredox proxy to carbonates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chadlin Ostrander</w:t>
+                <w:t xml:space="preserve">Calculating Sedimentation Rates of Oxic Pelagic Clays Using Core Top Thorium Isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassandra Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Ossa Ossa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann Dunlea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalton Hardisty</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frank Pavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Logan Tegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.02.026⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.e2024GC011717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024GC011717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344309v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triple iron isotopes inform iron mineralization and sedimentation at the TAG hydrothermal mound</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andy Heard</w:t>
+                <w:t xml:space="preserve">Global cycling of vanadium isotopes from multiple ocean water masses and a restricted euxinic basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siqi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sune Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaret Tivey</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sune Nielsen</w:t>
+                <w:t xml:space="preserve">Jeremy Owens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 409, pp.163-177. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.09.019⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 409, pp.82-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2025.08.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344162v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calculating Sedimentation Rates of Oxic Pelagic Clays Using Core Top Thorium Isotopes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kassandra Costa</w:t>
+                <w:t xml:space="preserve">The partitioning of H between olivine and melt at low pressures (10 – 200 MPa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liam Peterson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frantz Ossa Ossa</w:t>
+                <w:t xml:space="preserve">Megan Newcombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ann Dunlea</w:t>
+                <w:t xml:space="preserve">Philip Piccoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Pavia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Logan Tegler</w:t>
+                <w:t xml:space="preserve">Austin Gion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sune Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (1), pp.e2024GC011717. </w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024GC011717⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2138/am-2025-9738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344142v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Living in Their Heyday: Iron‐Oxidizing Bacteria Bloomed in Shallow‐Marine, Subtidal Environments at ca. 1.88 Ga</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distribution and Drivers of Organic Carbon Sedimentation Along the Continental Margins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Logan Tegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Horner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Kovalick</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andy Heard</w:t>
+                <w:t xml:space="preserve">Valier Galy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleisha Johnson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Luke Ootes</w:t>
+                <w:t xml:space="preserve">Shavonna Bent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gbi.70003⟩</w:t>
+              <w:t xml:space="preserve">AGU Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5 (4), pp.e2023AV001000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023AV001000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344202v1</w:t>
+                <w:t xml:space="preserve">hal-05344319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refining the roles of productivity, redox, and remineralization on the cadmium isotope composition of marine sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logan Tegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sune Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Scholz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Owens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 372, pp.134-153. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gca.2024.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution and Drivers of Organic Carbon Sedimentation Along the Continental Margins</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tristan Horner</w:t>
+                <w:t xml:space="preserve">Deep Nitrogen Fluxes and Sources Constrained by Arc Lava Phenocrysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hudak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Barry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valier Galy</w:t>
+                <w:t xml:space="preserve">David Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shavonna Bent</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yi Wang</w:t>
+                <w:t xml:space="preserve">Stephen Turner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Broadley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023AV001000⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 51 (24), pp.e2024GL111312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024GL111312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344319v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Nitrogen Fluxes and Sources Constrained by Arc Lava Phenocrysts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Hudak</w:t>
+                <w:t xml:space="preserve">Onset of coupled atmosphere–ocean oxygenation 2.3 billion years ago</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadlin Ostrander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Heard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunchao Shu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Barry</w:t>
+                <w:t xml:space="preserve">Andrey Bekker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Bekaert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michael Broadley</w:t>
+                <w:t xml:space="preserve">Simon Poulton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024GL111312⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 631 (8020), pp.335-339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-024-07551-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344178v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onset of coupled atmosphere–ocean oxygenation 2.3 billion years ago</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Anthropogenic Forcing of the Baltic Sea Thallium Cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chadlin Ostrander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunchao Shu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Poulton</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sune Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf Dellwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Blusztajn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-024-07551-5⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (19), pp.8510-8517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.4c01487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344289v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropogenic Forcing of the Baltic Sea Thallium Cycle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yunchao Shu</w:t>
+                <w:t xml:space="preserve">Global oceanic oxygenation controlled by the Southern Ocean through the last deglaciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassandra Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanyi Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophia Hines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sune Nielsen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.4c01487⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (3), pp.eadk2506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.adk2506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344278v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global oceanic oxygenation controlled by the Southern Ocean through the last deglaciation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sophia Hines</w:t>
+                <w:t xml:space="preserve">Iron cycling and isotopic fractionation in a ferruginous, seasonally ice-covered lake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Heard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadlin Ostrander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Swanner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathryn Rico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sune Nielsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.adk2506⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 383, pp.18-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.07.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344325v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron cycling and isotopic fractionation in a ferruginous, seasonally ice-covered lake</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kathryn Rico</w:t>
+                <w:t xml:space="preserve">The H-poor nature of incompletely melted planetesimals: The view from acapulcoites and lodranites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liam Peterson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan Newcombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conel M.O'D. Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianhua Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sune Nielsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 383, pp.18-42. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.07.037⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 370, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344151v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The H-poor nature of incompletely melted planetesimals: The view from acapulcoites and lodranites</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Megan Newcombe</w:t>
+                <w:t xml:space="preserve">Magnesium isotope fractionation processes during seafloor serpentinization and implications for serpentinite subduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sune Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frieder Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horst Marschall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conel M.O'D. Alexander</w:t>
+                <w:t xml:space="preserve">Philip Pogge von Strandmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianhua Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sune Nielsen</w:t>
+                <w:t xml:space="preserve">Maureen Auro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 370, pp.1-14. </w:t>
+              <w:t xml:space="preserve">Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (9), pp.1143-1154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.02.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/se-15-1143-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344300v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnesium isotope fractionation processes during seafloor serpentinization and implications for serpentinite subduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Living in Their Heyday: Iron‐Oxidizing Bacteria Bloomed in Shallow‐Marine, Subtidal Environments at ca. 1.88 Ga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frieder Klein</w:t>
+                <w:t xml:space="preserve">Alex Kovalick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Heard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horst Marschall</w:t>
+                <w:t xml:space="preserve">Aleisha Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Pogge von Strandmann</w:t>
+                <w:t xml:space="preserve">Clara Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maureen Auro</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luke Ootes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (9), pp.1143-1154. </w:t>
+              <w:t xml:space="preserve">Geobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (6), pp.e70003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/se-15-1143-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gbi.70003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344260v1</w:t>
+                <w:t xml:space="preserve">hal-05344202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear field shift in natural environments</w:t>
               </w:r>
@@ -3628,51 +3628,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The stable vanadium isotope composition of the mantle and mafic lavas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Prytulak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.G. Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitri Ionov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4084,51 +4084,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqi Li" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sune Nielsen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Owens" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.08.037" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344372v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Peterson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Newcombe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Piccoli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Gion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2025-9738" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344391v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Olesen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadlin Ostrander" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol Udy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Canfield" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.04.005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344294v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nikolas R. Clemente" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Stockey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Strauss" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffani Fraser" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adw5878" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344283v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Heard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Swanner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunchao Shu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Zheng" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.12.008" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344360v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Le Roux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Mckenzie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Blusztajn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2025.123110" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344320v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Tegler" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Horner" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Squires" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025PA005149" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344383v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Qian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassandra Costa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024PA005059" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344302v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Santiago Ramos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-56554-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344123v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinming Chen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Holdaway" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Kendall" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Anbar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-025-01681-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344355v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clemente" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifeng Fan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongjie Zhang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanjie Wen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.70028" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343849v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.V. Bekaert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Auro" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Righter" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.D. Peterson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.W. Heard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119202" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344395v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kaare-Rasmussen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Horton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Ostrander" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.G. Nielsen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2025.122798" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344309v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalton Hardisty" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Swart" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.02.026" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344162v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Tivey" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher German" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.09.019" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344142v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Ossa Ossa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Dunlea" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pavia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GC011717" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344202v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Kovalick" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleisha Johnson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Chan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Ootes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.70003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344314v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Scholz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.03.010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344319v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valier Galy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shavonna Bent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023AV001000" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344178v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hudak" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Barry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bekaert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Turner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Broadley" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL111312" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344289v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Bekker" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poulton" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07551-5" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344278v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Dellwig" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c01487" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344325v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanyi Lu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Hines" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adk2506" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344151v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Rico" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.07.037" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344300v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conel M.O'D. Alexander" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhua Wang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.02.002" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344260v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frieder Klein" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Marschall" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Pogge von Strandmann" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Auro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-15-1143-2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840958v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moynier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Fujii" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Brennecka" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2013.01.004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058388v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prytulak" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Ionov" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Halliday" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Harvey" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.01.010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464577v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Danoy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiktor Jurkowski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Krause" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Schneider" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-00385-0_59" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344360v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunchao Shu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sune Nielsen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Le Roux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Mckenzie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Blusztajn" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2025.123110" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344320v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Tegler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Horner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Heard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Squires" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025PA005149" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344383v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Qian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassandra Costa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024PA005059" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344302v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Santiago Ramos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-56554-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344294v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadlin Ostrander" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nikolas R. Clemente" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Stockey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Strauss" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffani Fraser" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adw5878" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344283v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Swanner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Zheng" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.12.008" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344391v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Olesen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol Udy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Canfield" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.04.005" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344123v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinming Chen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Holdaway" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Kendall" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Anbar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-025-01681-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344355v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clemente" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifeng Fan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongjie Zhang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanjie Wen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.70028" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343849v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.V. Bekaert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Auro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Righter" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.D. Peterson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.W. Heard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119202" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344162v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Tivey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher German" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.09.019" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344395v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kaare-Rasmussen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Horton" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Ostrander" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.G. Nielsen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2025.122798" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344309v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalton Hardisty" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Swart" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.02.026" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344142v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Ossa Ossa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Dunlea" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pavia" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GC011717" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344256v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqi Li" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Owens" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2025.08.037" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344372v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Peterson" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Newcombe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Piccoli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Gion" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2025-9738" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344319v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valier Galy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shavonna Bent" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023AV001000" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344314v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Scholz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.03.010" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344178v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hudak" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Barry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bekaert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Turner" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Broadley" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL111312" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344289v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Bekker" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poulton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07551-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344278v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Dellwig" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c01487" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344325v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanyi Lu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Hines" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adk2506" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344151v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Rico" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.07.037" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344300v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conel M.O'D. Alexander" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhua Wang" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.02.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344260v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frieder Klein" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Marschall" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Pogge von Strandmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Auro" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-15-1143-2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344202v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Kovalick" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleisha Johnson" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Chan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Ootes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gbi.70003" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840958v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moynier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Fujii" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Brennecka" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2013.01.004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058388v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prytulak" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Ionov" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Halliday" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Harvey" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.01.010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464577v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Danoy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiktor Jurkowski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Krause" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Schneider" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-00385-0_59" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>