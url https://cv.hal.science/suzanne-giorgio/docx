--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1137,429 +1137,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02992806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-assembling supramolecular dendrimer nanosystem for PET imaging of tumors</w:t>
+                <w:t xml:space="preserve">A Dual Targeting Dendrimer-Mediated siRNA Delivery System for Effective Gene Silencing in Cancer Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Garrigue</w:t>
+                <w:t xml:space="preserve">Yiwen Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jingjie Tang</w:t>
+                <w:t xml:space="preserve">Tianzhu Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ling Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Laurini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahlem Bouhlel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aura Tintaru</w:t>
+                <w:t xml:space="preserve">Yuanyu Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 115 (45), pp.11454-11459. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 140 (47), pp.16264-16274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1812938115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.8b10021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01947788v1</w:t>
+                <w:t xml:space="preserve">hal-02992903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blocking Stemness and Metastatic Properties of Ovarian Cancer Cells by Targeting p70S6K with Dendrimer Nanovector-Based siRNA Delivery</w:t>
+                <w:t xml:space="preserve">Self-assembling supramolecular dendrimer nanosystem for PET imaging of tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jing Ma</w:t>
+                <w:t xml:space="preserve">Philippe Garrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shashwati Kala</w:t>
+                <w:t xml:space="preserve">Jingjie Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ling Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susan Yung</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yu Cao</w:t>
+                <w:t xml:space="preserve">Ahlem Bouhlel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aura Tintaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymthe.2017.11.006⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (45), pp.11454-11459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1812938115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02992967v2</w:t>
+                <w:t xml:space="preserve">hal-01947788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Dual Targeting Dendrimer-Mediated siRNA Delivery System for Effective Gene Silencing in Cancer Therapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Blocking Stemness and Metastatic Properties of Ovarian Cancer Cells by Targeting p70S6K with Dendrimer Nanovector-Based siRNA Delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shashwati Kala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yiwen Dong</w:t>
+                <w:t xml:space="preserve">Susan Yung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tianzhu Yu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erik Laurini</w:t>
+                <w:t xml:space="preserve">Tak Mao Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuanyu Huang</w:t>
+                <w:t xml:space="preserve">Yu Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 140 (47), pp.16264-16274. </w:t>
+              <w:t xml:space="preserve">Molecular Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26 (1), pp.70 - 83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.8b10021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymthe.2017.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02992903v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992967v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring in situ the colloidal synthesis of AuRh/TiO 2 selective-hydrogenation nanocatalysts</w:t>
               </w:r>
@@ -1807,663 +1807,663 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01459077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fluorinated Bola-Amphiphilic Dendrimer for On-Demand Delivery of siRNA, via Specific Response to Reactive Oxygen Species</w:t>
+                <w:t xml:space="preserve">Mix and Match: Coassembly of Amphiphilic Dendrimers and Phospholipids Creates Robust, Modular, and Controllable Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoxuan Liu</w:t>
+                <w:t xml:space="preserve">Samuel Hinman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Wang</w:t>
+                <w:t xml:space="preserve">Charles Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chao Chen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yu Cao</w:t>
+                <w:t xml:space="preserve">Meghann Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingjie Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 26 (47), pp.8594-8603. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (1), pp.1029 - 1035. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adfm.201604192⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.6b11556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01459079v1</w:t>
+                <w:t xml:space="preserve">hal-01783435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mastering Dendrimer Self-Assembly for Efficient siRNA Delivery: From Conceptual Design to In Vivo Efficient Gene Silencing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">A Fluorinated Bola-Amphiphilic Dendrimer for On-Demand Delivery of siRNA, via Specific Response to Reactive Oxygen Species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxuan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Erik Laurini</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aura Tintaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/smll.201503866⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (47), pp.8594-8603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.201604192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01459075v1</w:t>
+                <w:t xml:space="preserve">hal-01459079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mix and Match: Coassembly of Amphiphilic Dendrimers and Phospholipids Creates Robust, Modular, and Controllable Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samuel Hinman</w:t>
+                <w:t xml:space="preserve">Mastering Dendrimer Self-Assembly for Efficient siRNA Delivery: From Conceptual Design to In Vivo Efficient Gene Silencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Ruiz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yu Cao</w:t>
+                <w:t xml:space="preserve">Paola Posocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxuan Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meghann Ma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jingjie Tang</w:t>
+                <w:t xml:space="preserve">Qiang Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Laurini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9 (1), pp.1029 - 1035. </w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (27), pp.3667-3676. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.6b11556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smll.201503866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783435v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01459075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pd surface and Pt subsurface segregation in Pt 1− c Pd c nanoalloys</w:t>
+                <w:t xml:space="preserve">Core-shell Pd-Pt nanocubes for the CO oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid de Clercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Giorgio</w:t>
+                <w:t xml:space="preserve">Olivier Margeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Mottet</w:t>
+                <w:t xml:space="preserve">Georges Sitja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude R. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Giorgio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/28/6/064006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 336, pp.33-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcat.2016.01.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721340v1</w:t>
+                <w:t xml:space="preserve">hal-01453098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core-shell Pd-Pt nanocubes for the CO oxidation</w:t>
+                <w:t xml:space="preserve">Pd surface and Pt subsurface segregation in Pt 1− c Pd c nanoalloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid de Clercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Sitja</w:t>
+                <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude R. Henry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Giorgio</w:t>
+                <w:t xml:space="preserve">C. Mottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 336, pp.33-40. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (6), pp.064006. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcat.2016.01.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/28/6/064006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01453098v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01721340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuprous oxide thin films prepared by thermal oxidation of copper layer. Morphological and optical properties</w:t>
               </w:r>
@@ -2475,51 +2475,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Karapetyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Reymers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2738,51 +2738,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Gabriel Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude R. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia El Kolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2964,1113 +2964,1113 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00773477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size-dependent selectivity and activity of silver nanoclusters in the partial oxidation of propylene to propylene oxide and acrolein: A joint experimental and theoretical study</w:t>
+                <w:t xml:space="preserve">TEM and HRTEM Evidence for the Role of Ligands in the Formation of Shape-Controlled Platinum Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.M. Molina</w:t>
+                <w:t xml:space="preserve">M. Rosa Axet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Yip Lee</w:t>
+                <w:t xml:space="preserve">Karine Philippot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Sell</w:t>
+                <w:t xml:space="preserve">Bruno Chaudret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Barcaro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Fortunelli</w:t>
+                <w:t xml:space="preserve">Martiane Cabié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysis Today</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (2), pp.235-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smll.201001112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00581237v1</w:t>
+                <w:t xml:space="preserve">hal-02350826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CO Oxidation on Technological Pd-Al2O3 Catalysts: Oxidation State and Activity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Size-dependent selectivity and activity of silver nanoclusters in the partial oxidation of propylene to propylene oxide and acrolein: A joint experimental and theoretical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Halwax</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C.R. Henry</w:t>
+                <w:t xml:space="preserve">L.M. Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Gronbeck</w:t>
+                <w:t xml:space="preserve">S. Yip Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Sell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Barcaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fortunelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 115 (4), pp.1103-1111</w:t>
+              <w:t xml:space="preserve">Catalysis Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 160 (1), pp.116-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00603278v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00581237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TEM and HRTEM Evidence for the Role of Ligands in the Formation of Shape-Controlled Platinum Nanoparticles</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CO Oxidation on Technological Pd-Al2O3 Catalysts: Oxidation State and Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martiane Cabié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Giorgio</w:t>
+                <w:t xml:space="preserve">K. Zorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giorgio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Halwax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.R. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Gronbeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 115 (4), pp.1103-1111</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02350826v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00603278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Observation of the Reversible Changes of the Morphology of Pt Nanoparticles under Gas Environment</w:t>
+                <w:t xml:space="preserve">Hybrid Bulk Heterojunction Solar Cells Based on P3HT and Porphyrin-Modified ZnO Nanorods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Cabié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Giorgio</w:t>
+                <w:t xml:space="preserve">A.J. Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Henry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Karine Philippot</w:t>
+                <w:t xml:space="preserve">G. Poize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Marine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 114 (5), pp.2160-2163. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, 114 (25), pp.11273-11278</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350838v1</w:t>
+                <w:t xml:space="preserve">hal-00523858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cationic Nucleoside Lipids Derived from Universal Bases: A Rational Approach for siRNA Transfection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of porphyrin grafting on the performance of bulk heterojunction solar cells based on P3HT and Zn0 nanorods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Khiati</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">S. Giorgio</w:t>
+                <w:t xml:space="preserve">A. Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Poize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Marine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 21, pp.1062-1069</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 114, pp.11273-11279</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00992904v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00583641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Bulk Heterojunction Solar Cells Based on P3HT and Porphyrin-Modified ZnO Nanorods</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">W. Marine</w:t>
+                <w:t xml:space="preserve">Direct observation of the reversible changes of the morphology of Pt nanoparticles under gas environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cabie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giorgio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.R. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.R. Axet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Philippot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 114 (25), pp.11273-11278</w:t>
+              <w:t xml:space="preserve">, 2010, 114 (5), pp.2160-2163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00523858v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00476525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of porphyrin grafting on the performance of bulk heterojunction solar cells based on P3HT and Zn0 nanorods</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Direct Observation of the Reversible Changes of the Morphology of Pt Nanoparticles under Gas Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Poize</w:t>
+                <w:t xml:space="preserve">M. Cabié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Martini</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">W. Marine</w:t>
+                <w:t xml:space="preserve">C. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rosa Axet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Philippot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 114, pp.11273-11279</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 114 (5), pp.2160-2163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp906721g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00583641v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct observation of the reversible changes of the morphology of Pt nanoparticles under gas environment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cationic Nucleoside Lipids Derived from Universal Bases: A Rational Approach for siRNA Transfection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ceballos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Khiati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Cabie</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">C.A.H. Prata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X-X. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Karine Philippot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 114 (5), pp.2160-2163</w:t>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 21, pp.1062-1069</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00476525v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cationic nucleoside lipids possessing a 3-nitropyrrole universal base for siRNA delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ceballos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.H. Prata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Payet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4125,64 +4125,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic observations of Au catalysts by environmental electron microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cabié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cr. Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4483,90 +4483,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and optical properties of pulsed laser deposited V2O5 thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Beke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Korösi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Nánai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Marine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 516, pp.4659-4664</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4643,51 +4643,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Zielasek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Rupprechter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 247 (2), pp.145-154</w:t>
@@ -4729,77 +4729,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femtosecond laser synthesized nanohybrid materials for bioapplications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.L. Satji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Khodorkovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Marine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 253 (19), pp.8111-8114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4876,51 +4876,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Helveg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. L. Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 32, pp.1-7</w:t>
@@ -4962,77 +4962,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New nanohybrid materials for biophotonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.L. Satji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Khodorkovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Marine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 89, (2), pp.315-319</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5051,290 +5051,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00182581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental electron microscopy (ETEM) for catalysts with a closed Ecell with carbon windows.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Interface structure of Ni nanoparticles on MgO (100) : a combined HRTEM and molecular dynamic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Sao-Joao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joao S. Sao</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Nitsche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Sitja</w:t>
+                <w:t xml:space="preserve">Jacek Goniakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.R. Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultramicroscopy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 600 (7), pp.L86-L90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2006.01.045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00070966v1</w:t>
+                <w:t xml:space="preserve">hal-00068031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface structure of Ni nanoparticles on MgO (100) : a combined HRTEM and molecular dynamic study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Environmental electron microscopy (ETEM) for catalysts with a closed Ecell with carbon windows.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacek Goniakowski</w:t>
+                <w:t xml:space="preserve">Joao S. Sao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nitsche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sitja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.R. Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ultramicroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 106 n° 6, pp.503</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00068031v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00070966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and Deformations of Pd−Ni Core−Shell Nanoparticles</w:t>
               </w:r>
@@ -5460,420 +5460,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00505763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENHANCEMENT OF EXCITON EMISSION FROM ZnO NANOCRYSTALLINE FILMS BY PULSED LASER ANNEALING</w:t>
+                <w:t xml:space="preserve">Phosphorus cluster production by laser ablation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A.V. Bulgakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O.F. Bobrenok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Igor Ozerov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Giorgio</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Marine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 79, pp.1369-1372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00339-004-2782-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00000831v1</w:t>
+                <w:t xml:space="preserve">hal-00001415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement of exciton emission from ZnO nanocrystalline films by pulsed laser annealing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ENHANCEMENT OF EXCITON EMISSION FROM ZnO NANOCRYSTALLINE FILMS BY PULSED LASER ANNEALING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Ozerov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Ozerov</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Madjid Arab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Safarov</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
+                <w:t xml:space="preserve">Viatcheslav I. Safarov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wladimir Marine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Giorgio</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 226 (1-3), pp.242 - 248. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2004, 226, pp.242-248</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01872989v1</w:t>
+                <w:t xml:space="preserve">hal-00000831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus cluster production by laser ablation</w:t>
+                <w:t xml:space="preserve">Enhancement of exciton emission from ZnO nanocrystalline films by pulsed laser annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.V. Bulgakov</w:t>
+                <w:t xml:space="preserve">I. Ozerov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madjid Arab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O.F. Bobrenok</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">S Safarov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Marine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 79, pp.1369-1372. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 226 (1-3), pp.242 - 248. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00339-004-2782-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2003.11.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00001415v1</w:t>
+                <w:t xml:space="preserve">hal-01872989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6275,64 +6275,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Margeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Piccolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème colloque de la Société Française de Microscopie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6476,627 +6476,627 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01016749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core-shell nanoparticles of Pd-Ni/MgO : structure and reactivity</w:t>
+                <w:t xml:space="preserve">Interface Ni/MgO – agrégats ‘cœur-coquille' de Pd-Ni/MgO – structure et réactivité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sao Joao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Piccolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacek Goniakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuropaCat VII, European Catalysis Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Sofia, Bulgaria. 4-9 septembre</w:t>
+              <w:t xml:space="preserve">JSI 2005, 17èmes Journées Surfaces-Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Villeurbanne, France. pp.26-28 janvier</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00013142v1</w:t>
+                <w:t xml:space="preserve">hal-00013155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core-shell nanoparticles of Pd-Ni/MgO : structure and reactivity</w:t>
+                <w:t xml:space="preserve">Core-shell nanoparticles of Pd-Ni/MgO : structure and reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sao Joao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Piccolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. R. Henry</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.-R. Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuropaCat VII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Sofia, Bulgaria. 28 août - 01 septembre</w:t>
+              <w:t xml:space="preserve">EuropaCat VII, European Catalysis Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Sofia, Bulgaria. 4-9 septembre</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00013139v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00013142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface Ni/MgO – agrégats ‘cœur-coquille' de Pd-Ni/MgO – structure et réactivité</w:t>
+                <w:t xml:space="preserve">Core-shell nanoparticles of Pd-Ni/MgO : structure and reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sao Joao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Piccolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. R. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSI 2005, 17èmes Journées Surfaces-Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Villeurbanne, France. pp.26-28 janvier</w:t>
+              <w:t xml:space="preserve">EuropaCat VII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Sofia, Bulgaria. 28 août - 01 septembre</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00013155v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00013139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse contrôlée de nano-agrégats d'oxyde de zinc par ablation laser. Modification des films par recuit laser et passivation par hydrogène.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Igor Ozerov</w:t>
+                <w:t xml:space="preserve">Structure and reactivity of core-shell bimetallic particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Pailharey</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Sao-Jao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chapon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Piccolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Bertolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème Congrès de la Societé Française des Microscopies, « Microscopies en Méditerranée » MIMEA-2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Toulon, France</w:t>
+              <w:t xml:space="preserve">6th European Congress on Catalysis, EUROPACAT VI 31/08/03 - 4/09/03</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00002157v1</w:t>
+                <w:t xml:space="preserve">hal-00010666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and reactivity of core-shell bimetallic particles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">L. Piccolo</w:t>
+                <w:t xml:space="preserve">Synthèse contrôlée de nano-agrégats d'oxyde de zinc par ablation laser. Modification des films par recuit laser et passivation par hydrogène.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Ozerov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.C. Bertolini</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Pailharey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Marine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Giorgio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th European Congress on Catalysis, EUROPACAT VI 31/08/03 - 4/09/03</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Innsbruck, Austria</w:t>
+              <w:t xml:space="preserve">8ème Congrès de la Societé Française des Microscopies, « Microscopies en Méditerranée » MIMEA-2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00010666v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00002157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7299,51 +7299,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6746DE60"/>
+    <w:nsid w:val="F1A87165"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7530,51 +7530,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/suzanne-giorgio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3400-896X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/032531990" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851748v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Twiany Cruz-Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Louis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Laurini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Ding" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TB01266F" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622011v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemis Kosta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Miele" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Sandri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434598v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mrunal Patil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krykun Serhii" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Garzino" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gobert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Giorgio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ardp.202300103" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03041310v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinesh Dhumal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Lan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Jiang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenbin Lyu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-020-3216-8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992689v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aura Tintaru" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202003290" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480314v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Marson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc07750b" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992806v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Ellert-Miklaszewska" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Ochocka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Maleszewska" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2019-0176" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947788v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garrigue" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjie Tang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Bouhlel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1812938115" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992967v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Ma" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashwati Kala" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Yung" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tak Mao Chan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Cao" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2017.11.006" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992903v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiwen Dong" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhu Yu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyu Huang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b10021" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01610388v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zere Konuspayeva" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berhault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Afanasiev" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Son Nguyen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ta03965d" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459077v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lautard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M. Raimundo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2016.05.055" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459079v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxuan Liu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Wang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201604192" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459075v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Posocco" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Cheng" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201503866" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783435v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hinman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ruiz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghann Ma" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b11556" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721340v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid de Clercq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giorgio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mottet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/6/064006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453098v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Margeat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Sitja" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude R. Henry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2016.01.005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130290v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karapetyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reymers" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fauquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sajti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067977v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Clercq" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Dachraoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Margeat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Pelzer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Henry" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00836230v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delannoy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Mattei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia El Kolli" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201200618" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XFD23TF2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773477v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chelnokov" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rivoal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Colignon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gachet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bekere" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581237v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Molina" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yip Lee" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sell" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barcaro" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fortunelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603278v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zorn" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Halwax" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gronbeck" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350826v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosa Axet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Philippot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaudret" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201001112" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B20N3463-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350838v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabi&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henry" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp906721g" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992904v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ceballos" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khiati" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A.H. Prata" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X-X. Zhang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523858v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Said" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poize" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Marine" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583641v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Said" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476525v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabie" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Axet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386950v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.H. Prata" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Payet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garzino" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303638v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cr. Henry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303776v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Borchert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jurgens" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nowitzki" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Behrend" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Borchert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386266v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303637v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beke" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kor&#246;si" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. N&#225;nai" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165313v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zielasek" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rupprechter" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182587v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Satji" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Khodorkovsky" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303639v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pl. Gai" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. Boyes" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Helveg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L. Hansen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182581v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00070966v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao S. Sao" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nitsche" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sitja" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068031v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Sao-Joao" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Goniakowski" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2006.01.045" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MRTQTHKL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00505763v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Sao Joao" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel P&#233;nisson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chapon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp040473i" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6J0FSWMJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000831v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Ozerov" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Arab" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viatcheslav I. Safarov" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Marine" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872989v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ozerov" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Safarov" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2003.11.038" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001415v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Bulgakov" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.F. Bobrenok" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-004-2782-z" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03944004v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Moisset" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sodreau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vivien" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Salzemann" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andreazza" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536629v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piccolo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Konuspayeva" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berhault" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Afanasiev" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.Y. Li" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369562v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Giorgio" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369871v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016749v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.T. Nguyen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nelayah" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013142v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sao Joao" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-R. Henry" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013139v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Henry" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013155v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002157v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pailharey" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010666v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sao-Jao" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bertolini" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369509v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/suzanne-giorgio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3400-896X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/032531990" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851748v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Twiany Cruz-Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Louis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Laurini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Ding" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TB01266F" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622011v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemis Kosta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Miele" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Sandri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434598v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mrunal Patil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krykun Serhii" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Garzino" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gobert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Giorgio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ardp.202300103" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03041310v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinesh Dhumal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Lan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yifan Jiang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenbin Lyu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-020-3216-8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992689v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aura Tintaru" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202003290" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480314v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Marson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc07750b" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992806v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Ellert-Miklaszewska" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Ochocka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Maleszewska" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/nnm-2019-0176" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992903v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiwen Dong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhu Yu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyu Huang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b10021" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947788v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garrigue" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjie Tang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Bouhlel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1812938115" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992967v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Ma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashwati Kala" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Yung" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tak Mao Chan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Cao" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2017.11.006" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01610388v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zere Konuspayeva" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berhault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Afanasiev" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Son Nguyen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ta03965d" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459077v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lautard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M. Raimundo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2016.05.055" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783435v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hinman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ruiz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghann Ma" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b11556" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459079v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxuan Liu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Wang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Chen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201604192" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459075v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Posocco" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Cheng" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201503866" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453098v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid de Clercq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Margeat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Sitja" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude R. Henry" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2016.01.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721340v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giorgio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mottet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/6/064006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130290v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karapetyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Reymers" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fauquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sajti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067977v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Clercq" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Dachraoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Margeat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Pelzer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Henry" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00836230v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delannoy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Mattei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia El Kolli" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201200618" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XFD23TF2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773477v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chelnokov" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rivoal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Colignon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gachet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bekere" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350826v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosa Axet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Philippot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaudret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201001112" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B20N3463-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581237v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Molina" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yip Lee" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sell" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barcaro" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fortunelli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603278v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zorn" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Halwax" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gronbeck" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523858v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Said" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poize" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martini" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Marine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583641v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Said" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476525v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Axet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350838v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabi&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henry" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp906721g" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992904v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ceballos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khiati" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A.H. Prata" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X-X. Zhang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386950v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.H. Prata" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Payet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garzino" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303638v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cr. Henry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303776v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Borchert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jurgens" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nowitzki" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Behrend" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Borchert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386266v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303637v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beke" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kor&#246;si" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. N&#225;nai" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165313v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zielasek" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rupprechter" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182587v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Satji" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Khodorkovsky" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00303639v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pl. Gai" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. Boyes" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Helveg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L. Hansen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182581v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068031v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Sao-Joao" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Goniakowski" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2006.01.045" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MRTQTHKL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00070966v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao S. Sao" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nitsche" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sitja" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00505763v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Sao Joao" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel P&#233;nisson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chapon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp040473i" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6J0FSWMJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001415v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Bulgakov" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.F. Bobrenok" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Ozerov" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-004-2782-z" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000831v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Arab" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viatcheslav I. Safarov" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Marine" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872989v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ozerov" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Safarov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2003.11.038" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03944004v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Moisset" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sodreau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vivien" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Salzemann" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andreazza" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536629v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piccolo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Konuspayeva" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berhault" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Afanasiev" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.Y. Li" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369562v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Giorgio" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369871v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016749v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.T. Nguyen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nelayah" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013155v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sao Joao" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013142v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-R. Henry" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013139v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Henry" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010666v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sao-Jao" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bertolini" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002157v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pailharey" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369509v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>