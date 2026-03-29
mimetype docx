--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -657,177 +657,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04578901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of the protistan parasite, Haplosporidium costale in Crassostrea gigas oysters from the French coast: A retrospective study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diversity and molecular epidemiology of Ostreid herpesvirus 1 in farmed Crassostrea gigas in Australia: Geographic clusters and implications for &amp;quot;microvariants&amp;quot; in global mortality events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Trancart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëva Cherif-Feildel</w:t>
+                <w:t xml:space="preserve">Alison Tweedie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Lagy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Trancart</w:t>
+                <w:t xml:space="preserve">Olivia Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ika Paul-Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Hick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jip.2022.107831⟩</w:t>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 323, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.virusres.2022.198994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03834632v1</w:t>
+                <w:t xml:space="preserve">hal-04032451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SARS-CoV-2 RNA isolation method from sewage sludge, application in field samples and comparison with bacteriophage loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Quesnelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -836,233 +836,233 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bouras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Houssin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of environmental treatment techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (4), pp.235-241. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.47277/JETT/10(4)241⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and molecular epidemiology of Ostreid herpesvirus 1 in farmed Crassostrea gigas in Australia: Geographic clusters and implications for &amp;quot;microvariants&amp;quot; in global mortality events</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of the protistan parasite, Haplosporidium costale in Crassostrea gigas oysters from the French coast: A retrospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Cherif-Feildel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Lagy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Quesnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bouras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Paul Hick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 323, </w:t>
+              <w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 195, pp.107831. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.virusres.2022.198994⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jip.2022.107831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032451v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a semi‐quantitative PCR assay for the detection of Francisella halioticida and its application to field samples</w:t>
               </w:r>
@@ -1100,51 +1100,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Glais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Houssin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fish Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 44 (8), pp.1169-1177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1364,51 +1364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gary Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Lagy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diseases of Aquatic Organisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 140, pp.203-208. </w:t>
@@ -1574,278 +1574,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abnormal mortality of triploid adult Pacific oysters: Is there a correlation with high gametogenesis in Normandy, France?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Experimental infection of Mytilus edulis by two Vibrio splendidus ‐related strains: Determination of pathogenicity level of strains and influence of the origin and annual cycle of mussels on their sensitivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Trancart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Oden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Houssin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2019.02.043⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fish Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 43 (1), pp.9-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfd.13094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03400414v1</w:t>
+                <w:t xml:space="preserve">hal-02987868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental infection of Mytilus edulis by two Vibrio splendidus ‐related strains: Determination of pathogenicity level of strains and influence of the origin and annual cycle of mussels on their sensitivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maud Charles</w:t>
+                <w:t xml:space="preserve">Abnormal mortality of triploid adult Pacific oysters: Is there a correlation with high gametogenesis in Normandy, France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Houssin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Denéchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Oden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Adeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fish Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 43 (1), pp.9-21. </w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 505, pp.63-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jfd.13094⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2019.02.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02987868v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03400414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of various approaches to study the prevalence, incidence and progression of disseminated neoplasia in mussel stocks</w:t>
               </w:r>
@@ -2004,51 +2004,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Hugues Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Houssin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquaculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 491, pp.101-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2210,578 +2210,578 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03401946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance to OsHV-1 Infection in Crassostrea gigas Larvae</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Morga</w:t>
+                <w:t xml:space="preserve">Multilocus sequence analysis of Vibrio splendidus related-strains isolated from blue mussel Mytilus sp. during mortality events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Oden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika A.V. Burioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Francois Pépin</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Hugues Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Houssin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2016.00015⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 464, pp.420-427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2016.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04200779v1</w:t>
+                <w:t xml:space="preserve">hal-03402052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilocus sequence analysis of Vibrio splendidus related-strains isolated from blue mussel Mytilus sp. during mortality events</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erika A.V. Burioli</w:t>
+                <w:t xml:space="preserve">Resistance to OsHV-1 Infection in Crassostrea gigas Larvae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Dégremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maryline Houssin</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Pépin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2016.07.024⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (15), 12p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2016.00015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03402052v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virulence of Ostreid herpesvirus 1 μVar in sea water at 16 °C and 25 °C</w:t>
+                <w:t xml:space="preserve">Detection of undescribed ostreid herpesvirus 1 (OsHV-1) specimens from Pacific oyster, Crassostrea gigas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Hubert</w:t>
+                <w:t xml:space="preserve">Ophélie Lethuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Metayer</w:t>
+                <w:t xml:space="preserve">Sarah Fourour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Oden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 439, pp.1-6. </w:t>
+              <w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 132, pp.182-189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2015.01.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jip.2015.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03402163v1</w:t>
+                <w:t xml:space="preserve">hal-03402140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of undescribed ostreid herpesvirus 1 (OsHV-1) specimens from Pacific oyster, Crassostrea gigas</w:t>
+                <w:t xml:space="preserve">Virulence of Ostreid herpesvirus 1 μVar in sea water at 16 °C and 25 °C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Denéchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Lethuillier</w:t>
+                <w:t xml:space="preserve">Paul Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Fourour</w:t>
+                <w:t xml:space="preserve">Laetitia Metayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Oden</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 132, pp.182-189. </w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 439, pp.1-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jip.2015.10.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2015.01.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03402140v1</w:t>
+                <w:t xml:space="preserve">hal-03402163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual transcriptomics of virus-host interactions: comparing two Pacific oyster families presenting contrasted susceptibility to ostreid herpesvirus 1</w:t>
               </w:r>
@@ -2959,51 +2959,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Trancart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Oden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Houssin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIème journée scientifique de l’association HerPAs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Herpas herpesvirus et pathologies associées, Jun 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3291,64 +3291,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistance du pouvoir infectieux de l’OsHV-1 µVar dans l’eau de mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Metayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Denéchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3612,51 +3612,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Le Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika A.V. Burioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Houssin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference on Vibrio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3771,51 +3771,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7AD3B4FB"/>
+    <w:nsid w:val="EC1C0CE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4002,51 +4002,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/suzanne-trancart" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7273-6215" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388653v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quesnelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Trancart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Blin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.70172" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578901v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Savary" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2024.102135" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03834632v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cherif-Feildel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Lagy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2022.107831" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04221296v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Houssin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47277/JETT/10(4)241" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04032451v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Tweedie" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Liu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hick" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2022.198994" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351628v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Glais" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13377" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400439v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Den&#233;ch&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika A.V. Burioli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Oden" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735282" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987893v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Villalba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Meyer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/dao03505" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02482956v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Bernard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107308" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400414v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Adeline" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2019.02.043" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987868v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13094" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404031v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Simon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bernard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107271" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401898v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugues Pitel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2018.03.018" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401946v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Varello" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bozzetta" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gorla" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.12698" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200779v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel D&#233;gremont" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois P&#233;pin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2016.00015" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402052v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2016.07.024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9W8CTN1-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402163v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hubert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Metayer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2015.01.012" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PC369ZRJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402140v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lethuillier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fourour" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2015.10.005" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NF0N9R2C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499619v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Segarra" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mauduit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Faury" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Degremont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-580" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616683v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04233213v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Blin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403051v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403030v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04221305v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402571v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Le Bas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/suzanne-trancart" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7273-6215" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388653v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quesnelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Trancart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Blin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.70172" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578901v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Savary" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2024.102135" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04032451v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Tweedie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Liu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hick" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2022.198994" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04221296v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Houssin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47277/JETT/10(4)241" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03834632v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Cherif-Feildel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Lagy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2022.107831" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351628v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Glais" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13377" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400439v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Den&#233;ch&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika A.V. Burioli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Oden" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2020.735282" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987893v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Villalba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Meyer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/dao03505" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02482956v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Bernard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107308" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987868v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.13094" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03400414v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Adeline" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2019.02.043" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404031v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Simon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bernard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2019.107271" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401898v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugues Pitel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2018.03.018" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03401946v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Varello" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bozzetta" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gorla" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfd.12698" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402052v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2016.07.024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9W8CTN1-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200779v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel D&#233;gremont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois P&#233;pin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2016.00015" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402140v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lethuillier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fourour" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2015.10.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NF0N9R2C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402163v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hubert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Metayer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2015.01.012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PC369ZRJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499619v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Segarra" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mauduit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Faury" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Degremont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-580" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616683v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04233213v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Blin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403051v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03403030v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04221305v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03402571v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Le Bas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>