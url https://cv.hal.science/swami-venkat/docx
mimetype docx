--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1424,256 +1424,256 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A HUMAN-ROBOT INTERACTION PLATFORM FOR INTRAORAL DENTAL SCAN</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Human-Robot Interaction Platform for Operator Well-Being: A Case-Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swaminath Venkateswaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Allport</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Swaminath Venkateswaran</w:t>
+                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMECE 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME 2024 International Mechanical Engineering Congress and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Portland, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/IMECE2024-147259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05304473v2</w:t>
+                <w:t xml:space="preserve">hal-04912328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Human-Robot Interaction Platform for Operator Well-Being: A Case-Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A HUMAN-ROBOT INTERACTION PLATFORM FOR INTRAORAL DENTAL SCAN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Allport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lebon Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Laverne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swaminath Venkateswaran</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2024 International Mechanical Engineering Congress and Exposition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IMECE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Mechanical Engineers, Nov 2025, Memphis, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04912328v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05304473v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuro-Motor Index for Upper Limb Exoskeleton Control: A Machine Learning Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinan Charafeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Houda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2535,90 +2535,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefits of intraoral cobotic scanning in the dental CAD/CAM chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Allport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lebon Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swaminath Venkateswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Laverne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée de la Recherche en Odotonlogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Montrouge, France. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4229,51 +4229,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1C5662B5"/>
+    <w:nsid w:val="CDB49ECB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4460,51 +4460,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/swami-venkat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1317-5307" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/25331478X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/84161511985770560502" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/ABG-8463-2020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.fr/citations?user=SP2ehM8AAAAJ&amp;amp;hl=fr&amp;amp;oi=ao" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Swaminath" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/stvt1991" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swaminath.venkateswaran@devinci.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240680v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminath Venkateswaran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics14090125" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233757v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Zhou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Yuan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2025.08.164" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162876v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poramate Manoonpong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R Serres" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics10070417" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045194v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics12020050" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879221v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2022.2116885" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106584v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bordure" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjan Jha" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2020.104224" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126584v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Hamon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049948" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014982v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Ottaviano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.02.006" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108495v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics8020032" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763204v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.02.015" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304473v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Allport" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebon Nicolas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Laverne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912328v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinan Charafeddine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2024-147259" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032219v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Houda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Dhaher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10928075" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610095v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189906v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Creusot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2023-115225" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811356v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045076v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Nohra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmi Ben Rejeb" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE/ITMC-IAMOT55089.2022.10033231" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233463v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626029v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2020-22021" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190720v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramakrishnan Ramachandran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189437v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Furet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wenger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2019-97544" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637456v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914323v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315467v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938480v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18251.85286" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288562v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jong-Hyeon Park" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-7258-5292-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264898v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serres" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-7258-4545-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861021v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-32-388482-2.00030-5" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860943v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Makhloufi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Diallo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Thomine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Plantey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72486-2_25" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568293v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55061-5_21" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568290v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50975-0_28" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098350v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20131-9_4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807189v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78963-7_7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808551v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ottaviano" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98020-1_37" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050398v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03164212v4" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020ECDN0024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/swami-venkat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1317-5307" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/25331478X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/84161511985770560502" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/ABG-8463-2020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.fr/citations?user=SP2ehM8AAAAJ&amp;amp;hl=fr&amp;amp;oi=ao" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Swaminath" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/stvt1991" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swaminath.venkateswaran@devinci.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240680v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminath Venkateswaran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics14090125" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233757v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Zhou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Yuan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2025.08.164" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162876v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poramate Manoonpong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R Serres" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics10070417" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045194v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics12020050" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879221v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2022.2116885" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106584v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Michel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bordure" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjan Jha" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2020.104224" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126584v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Hamon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049948" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014982v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Ottaviano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.02.006" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108495v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics8020032" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763204v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.02.015" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912328v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinan Charafeddine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2024-147259" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304473v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Allport" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebon Nicolas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Laverne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032219v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Houda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Dhaher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA62237.2024.10928075" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610095v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189906v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Creusot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2023-115225" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811356v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045076v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Nohra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmi Ben Rejeb" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE/ITMC-IAMOT55089.2022.10033231" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233463v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626029v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2020-22021" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190720v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramakrishnan Ramachandran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189437v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Furet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wenger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2019-97544" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637456v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914323v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315467v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938480v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18251.85286" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288562v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jong-Hyeon Park" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-7258-5292-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264898v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serres" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-7258-4545-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861021v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-32-388482-2.00030-5" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860943v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Makhloufi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Diallo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Thomine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Plantey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72486-2_25" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568293v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55061-5_21" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568290v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50975-0_28" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098350v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20131-9_4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807189v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78963-7_7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808551v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ottaviano" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98020-1_37" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050398v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03164212v4" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020ECDN0024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>