--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -699,291 +699,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04788475v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent interferometric control of strongly-coupled nano-electromechanical resonators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regenerative vectorial breathers in a delay-coupled neuromorphic microlaser with integrated saturable absorber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Ruschel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Correia</w:t>
+                <w:t xml:space="preserve">Venkata Pammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gladys Jara-Schulz</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rémy Braive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42005-024-01726-2⟩</w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (8), pp.2618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2409.20177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787980v1</w:t>
+                <w:t xml:space="preserve">hal-04787993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regenerative vectorial breathers in a delay-coupled neuromorphic microlaser with integrated saturable absorber</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stefan Ruschel</w:t>
+                <w:t xml:space="preserve">Coherent interferometric control of strongly-coupled nano-electromechanical resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Jara-Schulz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Venkata Pammi</w:t>
+                <w:t xml:space="preserve">Guilhem Madiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Braive</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Remy Braive</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 50 (8), pp.2618. </w:t>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.233. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2409.20177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42005-024-01726-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04787993v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merging and disconnecting resonance tongues in a pulsing excitable microlaser with delayed optical feedback</w:t>
               </w:r>
@@ -1008,64 +1008,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Krauskopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neil Broderick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venkata Pammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 33 (2), pp.023142. </w:t>
@@ -1214,564 +1214,564 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04043573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme Events Prediction from Nonlocal Partial Information in a Spatiotemporally Chaotic Microcavity Laser</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Online spike-based recognition of digits with ultrafast microlaser neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saliya Coulibaly</w:t>
+                <w:t xml:space="preserve">Amir Masominia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Barbay</w:t>
+                <w:t xml:space="preserve">Laurie Calvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.130.223801⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Computational Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.1164472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fncom.2023.1164472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04505271v1</w:t>
+                <w:t xml:space="preserve">hal-04254853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online spike-based recognition of digits with ultrafast microlaser neurons</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurie Calvet</w:t>
+                <w:t xml:space="preserve">Extreme Events Prediction from Nonlocal Partial Information in a Spatiotemporally Chaotic Microcavity Laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. A. Pammi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. G. Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Thorpe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Barbay</w:t>
+                <w:t xml:space="preserve">Saliya Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Barbay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Computational Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fncom.2023.1164472⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 130 (22), pp.223801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.130.223801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04254853v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random number generation with a chaotic electromechanical resonator</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Correia</w:t>
+                <w:t xml:space="preserve">Computing using pulse collisions in lattices of excitable microlasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Soun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Alfaro-Bittner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. G. Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/ac86da⟩</w:t>
+              <w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 164, pp.112537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chaos.2022.112537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03745415v1</w:t>
+                <w:t xml:space="preserve">hal-03780244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing using pulse collisions in lattices of excitable microlasers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. G. Clerc</w:t>
+                <w:t xml:space="preserve">Random number generation with a chaotic electromechanical resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Madiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 164, pp.112537. </w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (42), </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chaos.2022.112537⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/ac86da⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03780244v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03745415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bichromatic synchronized chaos in coupled optomechanical nanoresonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Madiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Braive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1805,77 +1805,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrational Resonance Amplification in a Thermo-Optic Optomechanical Nanocavity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Madiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21 (19), pp.8311-8316. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2033,694 +2033,694 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02879121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weak signal enhancement by non-linear resonance control in a forced nano-electromechanical resonator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pulse propagation in a 1D array of excitable semiconductor lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Alfaro-Bittner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barbay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avishek Chowdhury</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rémy Braive</w:t>
+                <w:t xml:space="preserve">M G Clerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-15827-3⟩</w:t>
+              <w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0006195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02322972v1</w:t>
+                <w:t xml:space="preserve">hal-02865468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulse propagation in a 1D array of excitable semiconductor lasers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">K. Alfaro-Bittner</w:t>
+                <w:t xml:space="preserve">Weak signal enhancement by non-linear resonance control in a forced nano-electromechanical resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avishek Chowdhury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel G. Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M G Clerc</w:t>
+                <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 30 (8), </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0006195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-15827-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865468v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-lasers for neuromorphic computing</w:t>
+                <w:t xml:space="preserve">Photonic Computing With Single and Coupled Spiking Micropillar Lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venkata Anirudh Pammi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karin Alfaro-Bittner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photoniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/photon/202010426⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Quantum Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (1), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTQE.2019.2929187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998723v1</w:t>
+                <w:t xml:space="preserve">hal-02322845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-lasers for neuromorphic computing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venkata Anirudh Pammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photoniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 104, pp.26-29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/photon/202010426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02997069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photonic Computing With Single and Coupled Spiking Micropillar Lasers</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Equalization of pulse timings in an excitable microlaser system with delay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soizic Terrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Anirudh Pammi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil G. R. Broderick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Braive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregoire Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Quantum Electronics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.023012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSTQE.2019.2929187⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02322845v1</w:t>
+                <w:t xml:space="preserve">hal-02322931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equalization of pulse timings in an excitable microlaser system with delay</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Micro-lasers for neuromorphic computing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Venkata Anirudh Pammi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barbay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Photoniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 104, pp.26-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/photon/202010426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.023012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02322931v1</w:t>
+                <w:t xml:space="preserve">hal-02998723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Power 810-nm Passively Mode-Locked Laser Diode With Al-Free Active Region</w:t>
               </w:r>
@@ -2879,64 +2879,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernd Krauskopf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neil Broderick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 43 (13), pp.3013. </w:t>
@@ -3078,64 +3078,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternation of Defects and Phase Turbulence Induces Extreme Events in an Extended Microcavity Laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saliya Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel G. Clerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entropy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 20 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3182,64 +3182,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternation of Defects and Phase Turbulence Induces Extreme Events in an Extended Microcavity Laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saliya Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Clerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entropy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 20 (10), pp.789. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3554,90 +3554,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatiotemporal chaos induces extreme events in an extended microcavity laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Selmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saliya Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z Loghmari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 116 (1), pp.013901. </w:t>
@@ -3943,51 +3943,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient chirp in high speed photonic crystal quantum dots lasers with controlled spontaneous emission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3995,51 +3995,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Miard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Robert-Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, pp.554. </w:t>
@@ -4103,451 +4103,451 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online Image Recognition with Ultrafast Spiking Microlaser Neurons</w:t>
+                <w:t xml:space="preserve">Pulse Collision Computing with Spiking Micropillar Lattices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Masominia</w:t>
+                <w:t xml:space="preserve">Léna Soun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karin Alfaro-Bittner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Masominia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Calvet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Konstantinos Pantzas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IEEE, pp.01-01, 2023, </w:t>
+              <w:t xml:space="preserve">, IEEE, pp.1-1, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CLEO/EUROPE-EQEC57999.2023.10232746⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10231783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04474839v1</w:t>
+                <w:t xml:space="preserve">hal-04474763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forecasting Extreme Events from Nonlocal Partial Information in a Spatially Extended Microcavity Laser</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Saliya Coulibaly</w:t>
+                <w:t xml:space="preserve">Online Image Recognition with Ultrafast Spiking Microlaser Neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Masominia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Calvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IEEE, pp.1-1, 2023, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CLEO/EUROPE-EQEC57999.2023.10232111⟩</w:t>
+              <w:t xml:space="preserve">, IEEE, pp.01-01, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CLEO/EUROPE-EQEC57999.2023.10232746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04474819v1</w:t>
+                <w:t xml:space="preserve">hal-04474839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulse Collision Computing with Spiking Micropillar Lattices</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Forecasting Extreme Events from Nonlocal Partial Information in a Spatially Extended Microcavity Laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Anirudh Pammi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saliya Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barbay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, pp.1-1, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10231783⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CLEO/EUROPE-EQEC57999.2023.10232111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04474763v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04474819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coherent Perfect Absorption in coupled Nano-Opto-ElectroMechanical Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Madiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Braive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5065,51 +5065,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CBFF3082"/>
+    <w:nsid w:val="33A7DE96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5296,51 +5296,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-barbay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0092-7829" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183450159" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520873v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio Beltramo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;bert Horv&#225;th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Beaudoin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sagnes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barbay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154502v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavin Shastri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Qadasi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ballani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371643v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Ruschel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Broderick" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Krauskopf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788475v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gibaek Kim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dubernard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami El-Nakouzi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hossein Masominia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2634-4386/ade1f4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787980v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Correia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Jara-Schulz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Madiot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Braive" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-024-01726-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787993v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata Pammi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Braive" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2409.20177" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780258v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Terrien" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0124693" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043573v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. A. Pammi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Clerc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coulibaly" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.130.223801" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505271v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliya Coulibaly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254853v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Masominia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Calvet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thorpe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncom.2023.1164472" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745415v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ac86da" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780244v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Soun" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Alfaro-Bittner" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2022.112537" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612323v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.104.023525" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428279v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c02879" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879121v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata A. Pammi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil G. R. Broderick" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.103.012210" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322972v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishek Chowdhury" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel G. Clerc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robert-Philip" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15827-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865468v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M G Clerc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0006195" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998723v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata Anirudh Pammi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202010426" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997069v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322845v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Alfaro-Bittner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Clerc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTQE.2019.2929187" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322931v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Anirudh Pammi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Beaudoin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.023012" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322269v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gaimard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Aubin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Merghem" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Krakowski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Parillaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2886460" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322886v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.43.003013" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322879v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Erneux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.062214" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072809v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e20100789" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474812v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664330v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bigeon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Liepvre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vassant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belabas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b02586" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796088v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Andr&#233;oli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Selmi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.043863" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233500v3" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Selmi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Loghmari" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.013901" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286970v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Minot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal Jagtap" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Galopin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Harmand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.245308" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220544v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Braive" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Beaudoin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Sagnes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Kuszelewicz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.005690" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345433v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Miard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000554" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474839v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masominia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Calvet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/EUROPE-EQEC57999.2023.10232746" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474819v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/EUROPE-EQEC57999.2023.10232111" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474763v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Soun" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Pantzas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10231783" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474784v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9542371" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474732v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pammi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Terrien" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Broderick" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Braive" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beaudoin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9541771" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474740v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Krauskopf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8873079" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474846v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chowdhury" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clerc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Robert-Philip" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW1C.7" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-barbay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0092-7829" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183450159" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520873v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio Beltramo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;bert Horv&#225;th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Beaudoin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sagnes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barbay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154502v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavin Shastri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Qadasi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ballani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371643v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Ruschel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Broderick" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Krauskopf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788475v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gibaek Kim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dubernard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami El-Nakouzi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hossein Masominia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2634-4386/ade1f4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787993v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata Pammi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Braive" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2409.20177" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787980v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Correia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Jara-Schulz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Madiot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Braive" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-024-01726-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780258v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Terrien" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0124693" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043573v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. A. Pammi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Clerc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coulibaly" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.130.223801" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254853v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Masominia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Calvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thorpe" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncom.2023.1164472" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505271v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliya Coulibaly" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780244v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Soun" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Alfaro-Bittner" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2022.112537" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745415v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ac86da" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612323v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.104.023525" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428279v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c02879" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879121v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata A. Pammi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil G. R. Broderick" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.103.012210" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865468v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M G Clerc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0006195" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322972v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishek Chowdhury" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel G. Clerc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robert-Philip" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15827-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322845v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata Anirudh Pammi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Alfaro-Bittner" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Clerc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTQE.2019.2929187" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997069v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202010426" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322931v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Anirudh Pammi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Beaudoin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.023012" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998723v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322269v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gaimard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Aubin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Merghem" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Krakowski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Parillaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2886460" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322886v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.43.003013" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322879v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Erneux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.062214" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072809v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e20100789" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474812v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664330v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bigeon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Liepvre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vassant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belabas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.7b02586" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796088v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Andr&#233;oli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Selmi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.043863" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233500v3" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Selmi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Loghmari" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.013901" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286970v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Minot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal Jagtap" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Galopin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Harmand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.245308" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220544v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Braive" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Beaudoin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Sagnes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Kuszelewicz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.005690" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345433v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Miard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000554" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474763v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Soun" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Pantzas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10231783" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474839v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masominia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Calvet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/EUROPE-EQEC57999.2023.10232746" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474819v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/EUROPE-EQEC57999.2023.10232111" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474784v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9542371" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474732v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pammi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Terrien" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Broderick" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Braive" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beaudoin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9541771" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474740v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Krauskopf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8873079" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474846v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chowdhury" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clerc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Robert-Philip" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW1C.7" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>