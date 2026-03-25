--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -442,1795 +442,1795 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02928576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déclin et résistance des syndicats d’eau potable. Une analyse des effets ambivalents de la réforme territoriale de 2015</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'environnement en correctionnelle : une sociologie du travail judiciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 43 (4), pp.481-516. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Barbier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.3917/ds.434.0481⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...34 lines deleted...]
-            </w:r>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éligibilité sectorielle. La sélection des élus dans les instances locales de gestion de l’eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 172 (4), pp.985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.172.0113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02927911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déclin et résistance des syndicats d’eau potable. Une analyse des effets ambivalents de la réforme territoriale de 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Joseph Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2019, 172 (4), pp.953-968. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rfap.172.0081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03823064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">25 ans de Pôle Sud : parcours et espaces d'une revue de science politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Alliès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Négrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Occitanie : l’invention d’une région, 1 (50), pp.5-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/psud.050.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02609482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...77 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un panorama de la jeune recherche en sciences humaines et sociales sur l'eau : retour sur trois éditions des « Doctoriales en sciences sociales de l'eau »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Destandau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 27 (3), pp.336-341. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/nss/2019046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02609980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State of the art review: Institutional arrangements for water governance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hassenforder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Water Resources Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 35 (5), pp.783-807. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07900627.2018.1431526⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07900627.2018.1431526⟩</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02607435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Barone</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que fait le New Public Management aux politiques environnementales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Mayaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Guerrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Déviance et Société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ds.434.0481⟩</w:t>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48 (1), pp.7-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/psud.048.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02607578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Has Morocco’s groundwater policy changed? Lessons from the institutional approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin del Vecchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water alternatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11 (3), pp.638-662</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01891804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building a narrative on environmental policy success: reflections from a watershed management experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Policy Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 12 (2), pp.135-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/19460171.2016.1194765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impunité environnementale : l'État entre gestion différentielle des illégalismes et désinvestissement global</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Champ Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18, pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/champpenal.9947⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : que fait le New Public Management aux politiques environnementales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Mayaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Guerrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Thema : Politiques Environnementales et New Public Management, 1 (48), pp.7-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03330133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...21 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui sont les « élus de l'eau » ? À propos de l'investissement sectoriel des élus locaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Sannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Razès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Campardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guérin-Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Champ Pénal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (2), 17 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">J. Guerrin</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01582592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La suppression de l'ingénierie publique de l'Etat dans le domaine de l'eau : les effets paradoxaux d'une réforme néo-managériale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guérin Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politiques et Management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (1), pp.49-67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01457415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GEMAPI: la réforme de l'eau au milieu du gué</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pouvoirs Locaux : les cahiers de la décentralisation / Institut de la décentralisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, III (106), pp.9-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02602940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SCOT est-il plus SAGE ? Gestion de l’eau et aménagement du territoire en France depuis la loi du 21 avril 2004</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (2), 17 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.12460⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00779387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche partenariale contre le travail scientifique ? Retour d’expériences comparatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale de politique comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19 (2), pp.79-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ripc.192.0079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les régions saisies par leurs politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pouvoirs Locaux : les cahiers de la décentralisation / Institut de la décentralisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 94 (3), pp.3-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La directive-cadre sur l'eau et ses traductions : que nous apprennent les sites &amp;quot;innovants&amp;quot; ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 48 (1), pp.7-25. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011, 35, pp.41-57</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...547 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The regionalization of rail transport in France. An analysis of the interplay between actors (from the late 1990s through the 2000s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Ollivier-Trigalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transport Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 18 (4), pp.604-612. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tranpol.2011.03.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tranpol.2011.03.001⟩</w:t>
-[...29 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-00691480v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-02596046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regionalization of rail transport in France. An analysis of the interplay between actors (from the late 1990s through the 2000s)</w:t>
               </w:r>
@@ -2393,51 +2393,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La régionalisation de l'action publique en France au prisme du transport ferroviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Ollivier-Trigalo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politique et Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 29 (2), pp.65-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2738,50 +2738,158 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La production d’énergies renouvelables à l’ombre du privé : les tentatives de reprise en main par le pouvoir local d’un secteur-clé de la transition écologique en région Occitanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Bourblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolaine Gassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. Congrès de l'Association Française de Sociologie : Intersections, circulations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Frédéric Nicolas; Gabriel Montrieux; Océane Sipan, Jul 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La fabrique politique de l’adaptation au changement climatique : la gouvernance des risques littoraux en France et en Californie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2790,181 +2898,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le territoire dans tous ses états, Colloque international des 40 ans du CEPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CEPEL, Dec 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04937785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...58 lines deleted...]
-                <w:t xml:space="preserve">Andy Smith</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Métropole et risques littoraux. Vers une gouvernance interterritoriale à Montpellier ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Congrès de l'Association Française de Sociologie : Intersections, circulations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Frédéric Nicolas; Gabriel Montrieux; Océane Sipan, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">La métropole au risque de son attractivité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, POPSU; PUCA, Nov 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04940559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risques littoraux : de l’impensé métropolitain à la gouvernance interterritoriale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2980,139 +3062,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire POPSU-Métropole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, POPSU, Sep 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940814v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04940559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risques littoraux et gouvernance métropolitaine</w:t>
               </w:r>
@@ -3174,50 +3174,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Coastal risks management in Southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sea Level Rise Community Event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aquarium of the Pacific, Oct 2019, Long Beach, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04940129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Governance of Adaptation to sea level rise: the case of the Gulf of Lion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3226,139 +3308,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sea Grant Programme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of South California, Oct 2019, Los Angeles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940998v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04940129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ingénierie publique dans le domaine de l’eau à l’épreuve de la pensée gouvernancielle</w:t>
               </w:r>
@@ -3547,51 +3547,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Governing a large river: the construction of an unexpected agreement over the ecological restoration of the Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Guerrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IPA 2015, 10th International conference on interpretive policy analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3629,51 +3629,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Policy narratives, ecological restoration, and the government of the Rhône River (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Guerrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPP 2, International Conference on Public Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Milan, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3773,51 +3773,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construite le &amp;quot;succès&amp;quot; d’une expérience locale : la gestion de l’eau dans les lagunes de Thau et Berre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gramaglia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4252,260 +4252,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Analyser les politiques régionales, des lois Defferre à la réforme territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelles perspectives sur les politiques régionales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bridges between lagoons: the political construction and uses of a &amp;quot;success story&amp;quot; in Thau and Berre (South France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gramaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International Conference on Interpretative Policy Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les rapports entre opérateurs de transport et autorités organisatrices aux échelles urbaine et régionale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IRSTV/DCS/LEMNA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02593952v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-02593954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les controverses de l'action publique : bilan méthodologique</w:t>
               </w:r>
@@ -4655,810 +4655,810 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gestion quantitative de l’eau et usages agricoles sous contrainte climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Ellies-Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Compagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Alletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Barat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Pierre Ellies, Alain Dupuy, Daniel Compagnon (coord.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions AcclimaTerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4, pp.68, 2024, Cahier Thématique, 978-2-9574665-4-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04477793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'eau, une affaire d'Etat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raisons d'agir, 2024, 979-10-97084-40-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04780035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...96 lines deleted...]
-              <w:t xml:space="preserve">, 4, pp.68, 2024, Cahier Thématique, 978-2-9574665-4-2</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Métropole et risques littoraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autrement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 136 p., 2022, Les cahiers POPSU, 9782746757073</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">, 136 p., 2022, Les cahiers POPSU, 9782746757073</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03713106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les politiques de l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Mayaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LGDJ-Lextenso, pp.153, 2019, 978-2-275-06003-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">LGDJ-Lextenso, pp.153, 2019, 978-2-275-06003-3</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques environnementales et New Public Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Guerrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ARPoS, 48, pp.188, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">ARPoS, 48, pp.188, 2018</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02607580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouvernance de l'eau : un mouvement de réforme perpétuelle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Destandau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, pp.253, 2018, 978-2-343-15029-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan, pp.253, 2018, 978-2-343-15029-1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02607581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les politiques régionales en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Découverte, 2011, 2707170631</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">La Découverte, 2011, 2707170631</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Battre la campagne. Elections et pouvoir municipal en milieu rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Troupel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, pp.296, 2010, 978-2-296-12683-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Battre la campagne : élections et pouvoir municipal en milieu rural</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Troupel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L’Harmattan, pp.296, 2010, : 978-2-296-12683-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02600086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...73 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Six régions à l'épreuve des politiques de transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Zembri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Ollivier-Trigalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5564,51 +5564,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Institutional perspectives on water services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Mayaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Routledge handbook of urban water governance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.175-187, 2022, 978-0-367-52353-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5888,51 +5888,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Destandau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouvernance de l'eau : un mouvement de réforme perpétuelle ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.19-39, 2018, 978-2-343-15029-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5951,57 +5951,139 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02607582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La force des groupes d’intérêt faibles : professions halieutiques et définition de l’intérêt général dans le bassin de Thau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouverner sous pression ? La participation des groupes d'intérêt aux affaires territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ, pp.247-260, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02603498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La modélisation d'accompagnement comme espace d'hybridation de connaissances sur les eaux et sur les territoires (projet SURGE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Richard-Ferroudji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6009,331 +6091,249 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Abrami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Cernesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concilier la gestion de l'eau et des territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Johanet Editions, pp.157-175, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02606129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La modélisation d'accompagnement comme espace d'hybridation de connaissances sur les eaux et sur les territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...12 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Richard-Ferroudji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Abrami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Johanet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concilier la gestion de l’eau et des territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp. 157-175, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02909704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...80 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voter Front national en milieu rural : une perspective ethnographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Négrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dézé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6397,51 +6397,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voter Front National en milieu rural</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Négrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6477,280 +6477,280 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le TER et la politique. Ce que les élus font aux politiques ferroviaires régionales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les politiques régionales en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Découverte, pp.85-109, 2011, Recherches, 2707170631</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02596052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Transports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des politiques territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de Sciences Po, pp.488-494, 2011, References, 2-7246-1214-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le TER et la politique. Ce que les élus font aux politiques ferroviaires régionales</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction générale : les politiques régionales à l'examen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les politiques régionales en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, La Découverte, pp.85-109, 2011, Recherches, 2707170631</w:t>
-[...80 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.9-25, 2011, Recherches, 2707170631</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -6863,51 +6863,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question régionale en culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Négrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Teillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6943,476 +6943,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02513277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les conflits d'usage de l'eau et leurs régulations. L'exemple du bassin de Thau et de la basse vallée de l'Ain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit et gestion des collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Moniteur, pp.177-188, 2010, 978-2281127393</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le train des régions. Régionalisation des transports collectifs et recompositions de l'action publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit et gestion des collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Moniteur, pp.697-708, 2010, 978-2281127393</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet Grand Coeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Volle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Négrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bernié-Boissard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montpellier, la ville inventée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Parenthèses, pp.92-109, 2010, 978-2-86364-226-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : La politique dans les espaces ruraux. Enjeux de recherche et nouveaux développements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Troupel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Battre la campagne. Elections et pouvoir municipal en milieu rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.5-24, 2010, 9782296126831</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Water governance in France: institutional framework, stakeholders, arrangements and process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water governance and public policies in Latin America and Europe. Jacobi P. and Sinisgali P. (Eds.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anna Blume, p. 137 - p. 178, 2010, 978-92-64-17453-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00857368v1</w:t>
-              </w:r>
-[...352 lines deleted...]
-                <w:t xml:space="preserve">hal-02593938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7542,151 +7542,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Romain Pasquier, Le pouvoir régional : mobilisations, décentralisation et gouvernance en France. Compte-rendu de lecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02603500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maarten A. Hajer, Authoritative governance: policy-making in the age of mediatization. Compte-rendu de lecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp.654-656</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02603499v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-02603500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7805,1186 +7805,1186 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cahier Régional Occitanie sur les Changements Climatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Hidalgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Salas y Melia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Réseau d’expertise sur les changements climatiques en Occitanie (RECO). 2021, 271 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03745777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Agrosystèmes : chapitre 8 du rapport &amp;quot;Cahier Régional Occitanie sur les Changements Climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Camillo Corrales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Alletto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Barone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Lurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Réseau d’Expertise sur les Changements climatiques en Occitanie (RECO). 2021, pp.165-191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03745761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...79 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Réseau d’expertise sur les changements climatiques en Occitanie (RECO). 2021, 271 p</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les élus des syndicats de gestion de l’eau (grand cycle) : profils, implications, perceptions et préoccupations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Sannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Campardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guérin-Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 2017, pp.57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Barone</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment la Justice traite les dommages écologiques : une sociologie des acteurs judiciaires face aux atteintes à l'eau et aux milieux aquatiques. Rapport final de l’action « La prise en compte des dommages écologiques comme critère de l’évaluation de l’effectivité du droit de l’eau »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 2016, pp.46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02604812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels redéploiements des compétences techniques parmi les acteurs de la gestion de l’eau dans le bassin Rhône-Méditerranée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guérin Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Sannier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">irstea. 2017, pp.57</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 2016, pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">C. Dedieu</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02604813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquête sur les « élus de l’eau » des bassins Rhône-Méditerranée et Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Razes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Richard Ferroudji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guérin Schneider</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">irstea. 2016, pp.46</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">irstea. 2013, pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">irstea. 2016, pp.46</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02603496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport sur l’étude de cas Thau du projet SURGE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Abrami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Richard-Ferroudji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2012, pp.67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...91 lines deleted...]
-              <w:t xml:space="preserve">irstea. 2013, pp.30</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coordination SCoT-SAGE : quels enseignements ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institutions et instruments innovants pour la mise en ouvre de la Directive Cadre Européenne sur l'eau : Leçons pour le second cycle d'application de la DCE. Comparaison des trois cas étudiés et méthode de pré-tri (QuickScan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Richard-Ferroudji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mostert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Junier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Borowski Maaser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02594059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Research Report No 2.3 I-Five: Innovative Instruments and institutions in implementing the water framework directive french case study report : implementing the WFD on the Thau basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Richard-Ferroudji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Abrami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...50 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2012, pp.67</w:t>
+              <w:t xml:space="preserve">[Research Report] irstea. 2009, pp.83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.30</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02594104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I-Five: Innovative Instruments and institutions in implementing the water framework directive French case study report: implementing the WFD on the Thau basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Abrami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] 2.3, IWRM-NET. 2009, pp.83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...182 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Maurel</w:t>
-[...58 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01699763v1</w:t>
-              </w:r>
-[...120 lines deleted...]
-                <w:t xml:space="preserve">hal-02594104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9336,51 +9336,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04679590v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eet.2121" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193775v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22106" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118714v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Michel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928576v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Guerrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1070039ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03823064v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Joseph Daniel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Destandau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.172.0081" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609482v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alli&#232;s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dedieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel N&#233;grier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.050.0005" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927911v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.172.0113" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609980v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blanchon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Destandau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2019046" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607435v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hassenforder" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07900627.2018.1431526" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609979v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.434.0481" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01891804v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin del Vecchio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804968v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19460171.2016.1194765" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330133v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Mayaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608092v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.9947" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607578v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guerrin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.048.0005" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582592v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sannier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Raz&#232;s" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campardon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457415v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dedieu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin Schneider" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602940v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779387v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.12460" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597864v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.192.0079" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597866v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00691480v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Ollivier-Trigalo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tranpol.2011.03.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSH9VJS3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596046v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bouleau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596043v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ollivier-Trigalo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593931v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00662118v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/045162ar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593932v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600074v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2008.09.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WBF2JWRZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600082v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Troupel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937785v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525402v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bourblanc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Gassier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940814v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940559v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940858v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940998v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940129v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603495v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602244v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603494v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603493v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603491v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603492v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603490v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. N&#233;grier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598530v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801655v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abrami" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Richard-Ferroudji" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tessier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597865v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596045v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593952v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593950v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593954v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593949v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593953v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780035v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04477793v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dupuy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ellies-Oury" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Compagnon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Barat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acclimaterra.fr/rapport-page-menu/cahiers-thematiques/gestion-quantitative-de-leau-et-usages-agricoles-sous-contrainte-climatique/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03713106v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autrement.com/metropole-et-risques-littoraux/9782746757073" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609186v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607580v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607581v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596044v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600086v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593935v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01583155v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zembri" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dablanc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Debizet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763495v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003057574-15" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03138364v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/1888/9782706149696/la-fusion-des-regions" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.negri.2021.02.0130" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900984v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debril" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaudin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607582v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606129v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard-Ferroudji" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02909704v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Abrami" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603498v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cadiou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603497v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre D&#233;z&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cr&#233;pon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mayer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513379v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596048v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pasquier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guigner" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cole" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596052v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596050v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596047v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abidi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Fialaire" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513277v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Teillet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857368v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593936v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593940v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Volle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Viala" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berni&#233;-Boissard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593939v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593938v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950395v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Colon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603499v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603500v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04920780v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745761v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camillo Corrales" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lurette" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745777v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fabre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Hidalgo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salas y Melia" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Simonet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606474v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604813v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604812v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603496v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Razes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Richard Ferroudji" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597652v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maurel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593941v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594059v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mostert" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Junier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Borowski Maaser" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699763v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594104v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00635822v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04789988v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04679590v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eet.2121" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193775v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22106" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118714v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Michel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928576v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Guerrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1070039ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609979v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.434.0481" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927911v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.172.0113" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03823064v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Joseph Daniel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Destandau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.172.0081" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609482v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alli&#232;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dedieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel N&#233;grier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.050.0005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609980v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blanchon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Destandau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2019046" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607435v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hassenforder" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07900627.2018.1431526" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607578v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Mayaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guerrin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.048.0005" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01891804v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin del Vecchio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804968v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19460171.2016.1194765" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608092v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.9947" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330133v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582592v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sannier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Raz&#232;s" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campardon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457415v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dedieu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin Schneider" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602940v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779387v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.12460" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597864v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.192.0079" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597866v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596046v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bouleau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00691480v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Ollivier-Trigalo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tranpol.2011.03.001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSH9VJS3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596043v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ollivier-Trigalo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593931v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00662118v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/045162ar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593932v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600074v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2008.09.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WBF2JWRZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600082v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Troupel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525402v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bourblanc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Gassier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937785v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940559v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940814v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940858v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940129v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940998v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603495v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602244v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603494v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603493v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603491v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603492v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603490v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. N&#233;grier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598530v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801655v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abrami" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Richard-Ferroudji" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tessier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597865v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596045v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593954v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593950v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593952v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593949v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593953v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04477793v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dupuy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ellies-Oury" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Compagnon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Barat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acclimaterra.fr/rapport-page-menu/cahiers-thematiques/gestion-quantitative-de-leau-et-usages-agricoles-sous-contrainte-climatique/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780035v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03713106v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autrement.com/metropole-et-risques-littoraux/9782746757073" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609186v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607580v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607581v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596044v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593935v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600086v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01583155v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zembri" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dablanc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Debizet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763495v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003057574-15" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03138364v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/1888/9782706149696/la-fusion-des-regions" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.negri.2021.02.0130" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900984v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debril" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaudin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607582v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603498v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cadiou" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606129v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard-Ferroudji" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02909704v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Abrami" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603497v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre D&#233;z&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cr&#233;pon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mayer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513379v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596052v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596048v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pasquier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guigner" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cole" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596050v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596047v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abidi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Fialaire" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513277v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Teillet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593938v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593939v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593940v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Volle" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Viala" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berni&#233;-Boissard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593936v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857368v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950395v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Colon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603500v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603499v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04920780v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745777v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fabre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Hidalgo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salas y Melia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Simonet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745761v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camillo Corrales" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lurette" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606474v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604812v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604813v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603496v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Razes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Richard Ferroudji" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597652v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maurel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593941v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594059v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mostert" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Junier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Borowski Maaser" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594104v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699763v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00635822v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04789988v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>