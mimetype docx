--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2429,51 +2429,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04772009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the whitefly Bemisia tabaci (Hemiptera: Aleyrodidae)</w:t>
+                <w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the sap-feeder Bemisia tabaci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
@@ -2508,97 +2508,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaires du Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI) 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Villeurbanne (virtual), France</w:t>
+              <w:t xml:space="preserve">DECRYPthèse E2M2 Edition 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03514239v1</w:t>
+                <w:t xml:space="preserve">hal-03514227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the sap-feeder Bemisia tabaci</w:t>
+                <w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the whitefly Bemisia tabaci (Hemiptera: Aleyrodidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
@@ -2633,73 +2633,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DECRYPthèse E2M2 Edition 20</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Webinaires du Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Villeurbanne (virtual), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03514227v1</w:t>
+                <w:t xml:space="preserve">hal-03514239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of symbionts on their host niche and partner's choice</w:t>
               </w:r>
@@ -3985,51 +3985,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368413v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Benhamou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Jouve" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Za&#239;nab Belgaidi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.121791" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127596v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Terrasson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-025-01923-0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04594296v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Diya" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Biondi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2023/2046" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530082v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Diya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rahioui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vallier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benhamou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sivignon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e26903" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706544v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desouhant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Za&#239;nab Belga&#239;di" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vavre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2023.04.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256222v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Dunan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Malanga" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papaiconomou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.117006" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154084v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lacotte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Mercier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.116610" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03435128v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bearez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Monticelli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture11090867" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432050v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro da Silva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00730-21" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418717v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753005v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753845v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04506320v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plantamp" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mottet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segura, Elorri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barr&#232;s" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524543v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Belgaidi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772172v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lacotte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797245v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772152v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772009v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514239v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514227v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788476v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mouton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524520v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797256v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927204v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927225v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927184v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788462v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788456v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04007927v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LYSE1030" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368413v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Benhamou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Jouve" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Za&#239;nab Belgaidi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.121791" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127596v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Terrasson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-025-01923-0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04594296v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Diya" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Biondi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2023/2046" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530082v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Diya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rahioui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vallier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benhamou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sivignon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e26903" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706544v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desouhant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Za&#239;nab Belga&#239;di" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vavre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2023.04.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256222v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Dunan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Malanga" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papaiconomou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.117006" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154084v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lacotte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Mercier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.116610" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03435128v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bearez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Monticelli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture11090867" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432050v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro da Silva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00730-21" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418717v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753005v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753845v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04506320v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plantamp" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mottet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segura, Elorri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barr&#232;s" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524543v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Belgaidi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772172v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lacotte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797245v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772152v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772009v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514227v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514239v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788476v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mouton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524520v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797256v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927204v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927225v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927184v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788462v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788456v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04007927v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LYSE1030" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>