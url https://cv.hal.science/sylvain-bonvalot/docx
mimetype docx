--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1213,161 +1213,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03609882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Status of the International Gravity Reference System and Frame</w:t>
+                <w:t xml:space="preserve">GravPSO2D: A Matlab package for 2D gravity inversion in sedimentary basins using the Particle Swarm Optimization algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hartmut Wziontek</w:t>
+                <w:t xml:space="preserve">J.L.G. Pallero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Fernández-Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Fernández-Muñiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germinal Gabalda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jaakko Mäkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geodesy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 95, </w:t>
+              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 146, pp.104653. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00190-020-01438-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cageo.2020.104653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03669275v1</w:t>
+                <w:t xml:space="preserve">insu-02998258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface structure, activity and microgravimetry modeling delineate contrasted mud chamber types below flat and conical mud volcanoes from Azerbaijan</w:t>
               </w:r>
@@ -1481,161 +1481,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GravPSO2D: A Matlab package for 2D gravity inversion in sedimentary basins using the Particle Swarm Optimization algorithm</w:t>
+                <w:t xml:space="preserve">Status of the International Gravity Reference System and Frame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L.G. Pallero</w:t>
+                <w:t xml:space="preserve">Hartmut Wziontek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Fernández-Martínez</w:t>
+                <w:t xml:space="preserve">Reinhard Falk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germinal Gabalda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Fernández-Muñiz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Germinal Gabalda</w:t>
+                <w:t xml:space="preserve">Jaakko Mäkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 146, pp.104653. </w:t>
+              <w:t xml:space="preserve">Journal of Geodesy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 95, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cageo.2020.104653⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00190-020-01438-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02998258v1</w:t>
+                <w:t xml:space="preserve">insu-03669275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the geopotential value on the permanent GNSS stations in Vietnam based on the Geodetic Boundary Value Problem approach</w:t>
               </w:r>
@@ -2481,295 +2481,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03661424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep structure of Pyrenees range (SW Europe) imaged by joint inversion of gravity and teleseismic delay time</w:t>
+                <w:t xml:space="preserve">Characterization of the depocenters and the basement structure, below the central Chile Andean Forearc: A 3D geophysical modelling in Santiago Basin area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Dufrechou</w:t>
+                <w:t xml:space="preserve">Felipe Andrés González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Tiberi</w:t>
+                <w:t xml:space="preserve">Andrei Maksymowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
+                <w:t xml:space="preserve">Daniel Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Chevrot</w:t>
+                <w:t xml:space="preserve">Luis Villegas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiliano Leiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggy134⟩</w:t>
+              <w:t xml:space="preserve">Basin Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (4), pp.799-815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bre.12281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01934474v1</w:t>
+                <w:t xml:space="preserve">hal-05192716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the depocenters and the basement structure, below the central Chile Andean Forearc: A 3D geophysical modelling in Santiago Basin area</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deep structure of Pyrenees range (SW Europe) imaged by joint inversion of gravity and teleseismic delay time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrei Maksymowicz</w:t>
+                <w:t xml:space="preserve">Gregory Dufrechou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Díaz</w:t>
+                <w:t xml:space="preserve">Christel Tiberi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Villegas</w:t>
+                <w:t xml:space="preserve">Roland Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximiliano Leiva</w:t>
+                <w:t xml:space="preserve">Sebastien Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basin Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 30 (4), pp.799-815. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 214 (1), pp.282-301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bre.12281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggy134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05192716v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravity measurements below 10-9 g with a transportable absolute quantum gravimeter</w:t>
               </w:r>
@@ -3153,51 +3153,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneous structure of the Northern Chile marine forearc and its implications for megathrust earthquakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Maksymowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3672,51 +3672,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high-order 3-D spectral-element method for the forward modelling and inversion of gravimetric data - Application to the western Pyrenees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3806,77 +3806,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear geophysical inversion via the discrete cosine pseudo‐inverse: application to potential fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Fernández-Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Fernández-Muñiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L.G. Pallero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4051,278 +4051,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05192758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravity inversion and uncertainty assessment of basement relief via Particle Swarm Optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Insights for the melt migration, the volcanic activity and the ultrafast lithosphere delamination related to the Yellowstone plume (Western USA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Luis Fernandez-Martinez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
+                <w:t xml:space="preserve">A. Rigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Fudym</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gerbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jappgeo.2015.03.008⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 203 (2), pp.1274-1301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggv360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01609208v1</w:t>
+                <w:t xml:space="preserve">insu-01729593v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights for the melt migration, the volcanic activity and the ultrafast lithosphere delamination related to the Yellowstone plume (Western USA)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Grégoire</w:t>
+                <w:t xml:space="preserve">Gravity inversion and uncertainty assessment of basement relief via Particle Swarm Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. G. Pallero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gerbault</w:t>
+                <w:t xml:space="preserve">Juan Luis Fernandez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Meyer</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Fudym</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 203 (2), pp.1274-1301. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 116, p. 180-191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggv360⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jappgeo.2015.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01729593v2</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01609208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrothermal and magmatic reservoirs at Lazufre volcanic area, revealed by a high-resolution seismic noise tomography</w:t>
               </w:r>
@@ -4436,416 +4436,416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01172193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi de la déformation volcanique par inversion conjointe de données GPS et Insar</w:t>
+                <w:t xml:space="preserve">Revised interpretation of recent InSAR signals observed at Llaima volcano (Chile)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cordoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lettre d'information Résif</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 42 (10), pp.3870-3879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015GL063872⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03712985v1</w:t>
+                <w:t xml:space="preserve">hal-01172186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometry of two glacial valleys in the northern Pyrenees estimated using gravity data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bérangé Moussirou</w:t>
+                <w:t xml:space="preserve">Suivi de la déformation volcanique par inversion conjointe de données GPS et Insar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Martinod</w:t>
+                <w:t xml:space="preserve">Hugo Perfettini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germinal Gabalda</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lettre d'information Résif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7, pp.5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01357853v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revised interpretation of recent InSAR signals observed at Llaima volcano (Chile)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Rémy</w:t>
+                <w:t xml:space="preserve">Geometry of two glacial valleys in the northern Pyrenees estimated using gravity data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Perrouty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangé Moussirou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+                <w:t xml:space="preserve">Joseph Martinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Cordoba</w:t>
+                <w:t xml:space="preserve">Sébastien Carretier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 42 (10), pp.3870-3879. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 347 (1), pp.13-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015GL063872⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2015.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01172186v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01357853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistent uplift of the Lazufre volcanic complex (Central Andes): New insights from PCAIM inversion of InSAR time series and GPS data</w:t>
               </w:r>
@@ -4857,51 +4857,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Perfettini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5233,90 +5233,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravity inversion using wavelet-based compression on parallel hybrid CPU/GPU systems: application to southwest Ghana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vadim Monteiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Komatitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Perrouty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Jessell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5745,290 +5745,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05192823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spherical harmonic modelling to ultra-high degree of Bouguer and isostatic anomalies</w:t>
+                <w:t xml:space="preserve">Interseismic coupling and seismic potential along the Central Andes subduction zone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Balmino</w:t>
+                <w:t xml:space="preserve">Mohamed Chlieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Perfettini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Vales</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
+                <w:t xml:space="preserve">Hernando Tavera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Briais</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Philippe Avouac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geodesy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 86 (7), pp.499-520. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 116, pp.B12405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00190-011-0533-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2010JB008166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05192839v1</w:t>
+                <w:t xml:space="preserve">hal-00658793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interseismic coupling and seismic potential along the Central Andes subduction zone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spherical harmonic modelling to ultra-high degree of Bouguer and isostatic anomalies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Balmino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Chlieh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hugo Perfettini</w:t>
+                <w:t xml:space="preserve">N. Vales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hernando Tavera</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Briais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Geodesy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 86 (7), pp.499-520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00190-011-0533-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2010JB008166⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00658793v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05192839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variability of atmospheric precipitable water in northern Chile: Impacts on interpretation of InSAR data for earthquake modeling</w:t>
               </w:r>
@@ -8327,51 +8327,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01353976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous gravity recording with Scintrex CG-3M meters: a promising tool for monitoring active zones</w:t>
+                <w:t xml:space="preserve">Continuous gravity recording with Scintrex CG-3M meters:a promising tool for monitoring active zones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Diament</w:t>
@@ -8407,75 +8407,75 @@
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1046/j.1365-246X.1998.00653.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01354070v1</w:t>
+                <w:t xml:space="preserve">hal-05193124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous gravity recording with Scintrex CG-3M meters:a promising tool for monitoring active zones</w:t>
+                <w:t xml:space="preserve">Continuous gravity recording with Scintrex CG-3M meters: a promising tool for monitoring active zones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonvalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Diament</w:t>
@@ -8511,51 +8511,51 @@
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1046/j.1365-246X.1998.00653.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05193124v1</w:t>
+                <w:t xml:space="preserve">insu-01354070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of two Scintrex CG3M instruments at the fourth International Comparison of Absolute Gravimeters</w:t>
               </w:r>
@@ -11632,51 +11632,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B5D50621"/>
+    <w:nsid w:val="E9308174"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11863,51 +11863,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-bonvalot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2753-4163" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192546v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Novoa Lizama" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Remy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Baez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oyarzun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bonvalot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2024.108253" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575105v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Toan Vu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Seoane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germinal Gabalda" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Remy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-024-01839-0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04922019v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pallero" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fern&#225;ndez-Mu&#241;iz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fern&#225;ndez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonvalot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/math.2024677" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651493v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Merlet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Pajot-M&#233;tivier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bernard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Littel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIM.2024.10654723" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618809v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bidel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Zahzam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bresson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Blanchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bonnin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB025921" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03776405v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Panet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Narteau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lemoine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024542" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661484v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Novoa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gerbault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique R&#233;my" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cembrano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. E. Lara" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117386" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03609882v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouih" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Longuevergne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117465" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669275v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Wziontek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Falk" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaakko M&#228;kinen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-020-01438-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04843118v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Odonne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Imbert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Aliyev" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2021.105315" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02998258v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.G. Pallero" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fern&#225;ndez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Fern&#225;ndez-Mu&#241;iz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2020.104653" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661464v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Bruinsma" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyen K. Bui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Balmino" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab166" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669195v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavol Zahorec" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Pap&#269;o" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Pa&#353;teka" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Bielik" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-2165-2021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661451v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-021-01415-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04831774v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios S. Vergos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12050817" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177780v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Novoa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise R&#233;my" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan C. Baez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Tassara" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.06.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-019-1045-3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661424v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dufr&#233;chou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruinsma" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2019.01.006" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934474v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Dufrechou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Tiberi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chevrot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy134" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192716v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Andr&#233;s Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Maksymowicz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D&#237;az" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Villegas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Leiva" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12281" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01880167v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;noret" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vermeulen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouyer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30608-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03589357v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0099-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04831815v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L. G. Pallero" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Zulima Fern&#225;ndez-Mu&#241;iz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cernea" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#211;scar &#193;lvarez-Machancoses" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Mariano Pedruelo-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e20020096" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836414v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ruiz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Vera" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Contreras-Reyes" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ruiz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy325" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192733v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barzaghi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carrion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vergos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tziavos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Grigoriadis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2018_33" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04831828v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. G. Pallero" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Fern&#225;ndez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fudym" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2017.02.004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906613v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Froger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Peltier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villeneuve" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.03.038" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470942v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chevrot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Komatitsch" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Seoane" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192736v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.12548" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192758v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wilmes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vitushkin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. P&#225;link&#225;&#353;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Falk" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wziontek" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2016_245" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609208v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fudym" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2015.03.008" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01729593v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rigo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adam" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerbault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Meyer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv360" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172193v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zack Spica" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Legrand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Iglesias" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas R. Walter" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Heimann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2015.03.042" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712985v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Perfettini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01357853v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrouty" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#233; Moussirou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Martinod" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carretier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2015.01.002" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172186v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Chen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cordoba" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063872" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025513v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014GC005370" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581143v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. O. Mikhailov" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Panet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hayn" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P. Timoshkina" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1069351314020062" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192779v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph F&#246;rste" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Abrikosov" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Lemoine" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Marty" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014GL062045" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00941851v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Monteiller" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Jessell" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt334" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192787v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;helene Rio" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50716" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192852v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-20338-1_130" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192823v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Jiang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V P&#225;link&#225;&#353;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Arias" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Liard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Merlet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/49/6/666" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-TWXBLM3B-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192839v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Balmino" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vales" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Briais" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-011-0533-4" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FCZNT7J4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658793v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chlieh" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernando Tavera" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Avouac" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010JB008166" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585857v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Falvey" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chlieh" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gabalda" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2011.01.003" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937204v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B&#233;jar-Pizarro" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carrizo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Socquet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Armijo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barrientos" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2010.04748.x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193100v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baldi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Briole" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coltelli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gwinner" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431160110115861" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02884064v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hinderer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Linage" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Boy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gegout" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Masson" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2009.09.014" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q2F9B1PD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193055v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2009.09.035" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594418v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322026v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deplus" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Diament" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JB005084" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193068v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Murakami" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Okuyama" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ee-2-17-2007" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330782v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R&#233;my" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193074v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Froger" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Legrand" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2006.12.012" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8TFNVP9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330774v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272144v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pavez" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Diament" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2005.10.013" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193081v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabi&#225;n Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Lahsen" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cembrano" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Alvarado" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2005.03.020" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2W34Z45Z-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193091v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(03)00331-5" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9C59B18P-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193094v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hipkin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0098-3004(02)00114-0" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQ0MQGJQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710447v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Becker" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Jiang" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Francis" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Van Dam" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/39/5/2" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270944v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Briole" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marsella" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-246x.2000.00194.x" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01353976v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Va16rie Ballu" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dubois" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/97JB02542" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01354070v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-246X.1998.00653.x" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193124v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193135v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jousset" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Van Ruymbeke" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Diament" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/32/3/012" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193129v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darharta Dahrin" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hery Harjono" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0377-0273(94)00038-I" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7P136WSL-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193136v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Becker" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Balestri" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bartell" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Berrino" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/32/3/002" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-M41FXV1L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504142v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Memin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lemoigne" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970005v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim E Jensen" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03694340v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3679" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669243v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pereira dos Santos" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12405" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669374v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Karin Cooke" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Champollion" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669381v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Antoni-Micollier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Janvier" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734881v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lautier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vermeulen" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Janvier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734279v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Busquet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desruelle" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cpem.2018.8501047" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729798v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Landragin" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803339v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00600317v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Peyrefitte" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martelet" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05313949v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M&#233;min" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boyer" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04977493v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaugne" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Greff-Lefftz" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03898978v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139686v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gonzalez-Alfaro" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Vargas" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ortlieb" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gonzalez" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724758v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193150v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02370-0_30-2" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193153v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02370-0_45-1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709797v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Coulomb" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196184v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02140226v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-bonvalot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2753-4163" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192546v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Novoa Lizama" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Remy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Baez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oyarzun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bonvalot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2024.108253" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575105v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Toan Vu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Seoane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germinal Gabalda" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Remy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-024-01839-0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04922019v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pallero" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fern&#225;ndez-Mu&#241;iz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fern&#225;ndez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonvalot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/math.2024677" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651493v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Merlet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Pajot-M&#233;tivier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bernard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Littel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIM.2024.10654723" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618809v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bidel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Zahzam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bresson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Blanchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bonnin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB025921" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03776405v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Panet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Narteau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lemoine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB024542" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661484v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Novoa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gerbault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique R&#233;my" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cembrano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. E. Lara" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117386" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03609882v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouih" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Longuevergne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117465" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02998258v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.G. Pallero" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fern&#225;ndez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Fern&#225;ndez-Mu&#241;iz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2020.104653" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04843118v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Odonne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Imbert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Aliyev" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2021.105315" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669275v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Wziontek" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Falk" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaakko M&#228;kinen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-020-01438-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661464v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Bruinsma" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyen K. Bui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Balmino" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab166" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669195v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavol Zahorec" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Pap&#269;o" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Pa&#353;teka" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Bielik" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-2165-2021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661451v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-021-01415-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04831774v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios S. Vergos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12050817" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177780v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Novoa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise R&#233;my" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan C. Baez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Tassara" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.06.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-019-1045-3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661424v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dufr&#233;chou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruinsma" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2019.01.006" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192716v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Andr&#233;s Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Maksymowicz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D&#237;az" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Villegas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Leiva" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12281" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934474v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Dufrechou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Tiberi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chevrot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy134" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01880167v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;noret" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vermeulen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouyer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30608-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03589357v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0099-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04831815v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L. G. Pallero" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Zulima Fern&#225;ndez-Mu&#241;iz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cernea" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#211;scar &#193;lvarez-Machancoses" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Mariano Pedruelo-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e20020096" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836414v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ruiz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Vera" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Contreras-Reyes" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ruiz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy325" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192733v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barzaghi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carrion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vergos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tziavos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Grigoriadis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2018_33" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04831828v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. G. Pallero" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Fern&#225;ndez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fudym" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2017.02.004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906613v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Froger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Peltier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villeneuve" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.03.038" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470942v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chevrot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Komatitsch" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Seoane" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192736v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2478.12548" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192758v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wilmes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vitushkin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. P&#225;link&#225;&#353;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Falk" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wziontek" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2016_245" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01729593v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rigo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adam" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerbault" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Meyer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv360" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609208v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis Fernandez-Martinez" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fudym" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2015.03.008" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172193v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zack Spica" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Legrand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Iglesias" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas R. Walter" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Heimann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2015.03.042" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172186v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Chen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cordoba" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063872" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712985v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Perfettini" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01357853v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrouty" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#233; Moussirou" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Martinod" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carretier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2015.01.002" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025513v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014GC005370" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581143v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. O. Mikhailov" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Panet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hayn" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P. Timoshkina" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1069351314020062" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192779v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph F&#246;rste" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Abrikosov" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Lemoine" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Marty" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014GL062045" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00941851v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Monteiller" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Jessell" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt334" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192787v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;helene Rio" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50716" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192852v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-20338-1_130" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192823v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Jiang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V P&#225;link&#225;&#353;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Arias" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Liard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Merlet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/49/6/666" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-TWXBLM3B-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658793v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chlieh" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernando Tavera" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Avouac" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010JB008166" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192839v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Balmino" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vales" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Briais" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-011-0533-4" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FCZNT7J4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585857v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Falvey" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chlieh" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gabalda" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2011.01.003" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937204v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B&#233;jar-Pizarro" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Carrizo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Socquet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Armijo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barrientos" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2010.04748.x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193100v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baldi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Briole" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coltelli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gwinner" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431160110115861" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02884064v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hinderer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Linage" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Boy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gegout" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Masson" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2009.09.014" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q2F9B1PD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193055v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2009.09.035" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594418v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322026v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deplus" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Diament" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JB005084" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193068v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Murakami" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Okuyama" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ee-2-17-2007" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330782v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R&#233;my" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193074v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Froger" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Legrand" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2006.12.012" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8TFNVP9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330774v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272144v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pavez" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Diament" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2005.10.013" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193081v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabi&#225;n Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Lahsen" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cembrano" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Alvarado" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2005.03.020" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2W34Z45Z-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193091v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(03)00331-5" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9C59B18P-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193094v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hipkin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0098-3004(02)00114-0" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQ0MQGJQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710447v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Becker" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Jiang" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Francis" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Van Dam" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/39/5/2" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270944v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Briole" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marsella" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-246x.2000.00194.x" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01353976v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Va16rie Ballu" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dubois" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/97JB02542" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193124v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-246X.1998.00653.x" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01354070v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193135v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jousset" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Van Ruymbeke" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Diament" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/32/3/012" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193129v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darharta Dahrin" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hery Harjono" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0377-0273(94)00038-I" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7P136WSL-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193136v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Becker" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Balestri" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bartell" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Berrino" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/32/3/002" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-M41FXV1L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504142v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Memin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lemoigne" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970005v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim E Jensen" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03694340v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3679" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669243v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pereira dos Santos" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12405" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669374v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Karin Cooke" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Champollion" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669381v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Antoni-Micollier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Janvier" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734881v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lautier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vermeulen" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Janvier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734279v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Busquet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desruelle" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cpem.2018.8501047" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729798v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Landragin" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803339v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00600317v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Peyrefitte" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martelet" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05313949v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M&#233;min" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boyer" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04977493v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaugne" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Greff-Lefftz" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03898978v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139686v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gonzalez-Alfaro" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Vargas" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ortlieb" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gonzalez" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724758v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193150v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02370-0_30-2" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193153v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02370-0_45-1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709797v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Coulomb" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196184v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02140226v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>