--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> sylvain celle </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences économiques, Université Lyon 2</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sylvain-celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7553-7107</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Situation professionnelle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis septembre 2023 :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences économiques, Faculté d'économie et gestion de l'Université Lyon 2 ; </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chercheur à Triangle - UMR 5206</w:t></w:r></w:hyperlink><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">, membre de la Chaire ESS - Lyon 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expériences professionnelles précédentes :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2023 :chercheur postdoctoral à la Chaire ESS de l'Université Lyon 2, Laboratoire Coactis : recherche postdoctorale sur l'évaluation d'impact social des organisations de l'ESS dans la métropole lyonnaise</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : ATER en économie et sciences sociales (mi-temps), Département CLES - Communication, Langages, Entreprise, Sports, École Centrale de Lyon : enseignements d'économie générale et sur la transition écologique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020-2022 : Assistant d'éducation, Internat, Lycée Professionnel Pierre Coton, Néronde</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014-2019 : Chargé de mission (thèse Cifre), Institut Godin, Centre de transfert en pratiques solidaires et innovation sociale, Amiens : R&D en sciences sociales, recherche, conseil, accompagnement, et formation autour de l'ESS et de l'innovation sociale*</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie sociale et solidaire (ESS) et  mouvement coopératif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : histoire économique, histoire des idées, approche socio-économique, organisations et espace méso</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation sociale et impact social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : politiques publiques, dispositifs, évaluation, analyse critique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie politique institutionnaliste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : institutionnalisme historique, théorie de la régulation, économie des conventions, épistémologie, méthodes (qualitatives)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux axes et terrains de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : histoire et socioéconomie de la transition écologique ; outils de gestion des organisations de l'ESS ; Territoire zéro chômeur de longue durée**</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qualification aux fonctions de Maître de conférences, section 05</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat en sciences économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de LilleThèse soutenue le 02 décembre 2020, sous la codirection de Florence Jany-Catrice (Professeure des Universités, Université de Lille) et Agnès Labrousse (Maîtresse de Conférences HDR, Université de Picardie-Jules Verne)CIFRE avec l’Institut Godin (association, Amiens)Laboratoires :  CLERSE - UMR 8019, Centre Lillois d’Études et de Recherches Sociologiques et Économiques, et CRIISEA, Centre de Recherche sur les Institutions, l'Industrie et les Systèmes Économiques d'Amiens</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014 : Master 2 APIESS (Action publique, institutions et économie sociale et solidaire), Université de Lille 1, Mention Très Bien2013 : Master 1 Économie Appliquée, Université de Lille 1, Mention Très Bien</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012 : Licence Économie et Gestion / Sciences Politiques ; Licence 2 Anthropologie-Ethnologie, Université de Lyon 22009 : Baccalauréat, Sciences économiques et sociales, Lycée du Forez (Feurs, 42)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distinctions</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prix de thèse : Prix de thèse de l’ADDES 2021 ; Prix de thèse Jacques Tymen de l’AES 2021</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prix mémoire M2 : Premier Prix de la Recherche coopérative du Crédit Mutuel/Recma 2015 ; Prix de mémoire Jacques Tymen de l’AES 2015</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications et communications à venir :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Articles à paraitre :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ballon, J. & Celle, S. (2023). Une lecture mésoéconomique d’écosystèmes coopératifs comme levier d’innovation sociale et de changement institutionnel. Interventions économiques, 69 (à paraitre)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">*Communications à venir : RIODD 2023</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche méso de l’économie sociale et solidaire : vers un nouveau paradigme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lévesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 74, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15na6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Institutionalisation of the Social and Solidarity Economy in France as a Meso-Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024 (36), </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11w7k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04633719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture mésoéconomique d’écosystèmes coopératifs, comme leviers d'innovation sociale et de changement institutionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 69, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/interventionseconomiques.20404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives de production : quelle spécificité du rapport social d’activités coopératif à l’aune du rapport salarial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fretel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Approches mésoéconomiques des coopératives, 2023 (34 | 1er semestre), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.22351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financements occultés : sur les usages socialistes de la coopération dans le Nord au tournant du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022/2 (138), pp.127-151. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pox.138.0127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de thèse. La dynamique démocratique de l’économie sociale. Une approche institutionnaliste de l’émergence et de l’évolution historique des organisations de l’économie sociale dans le capitalisme en France (1790-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 | 2nd semestre / Autumn 2021, https://journals.openedition.org/regulation/20585. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.20585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03579773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle professionnalisation dans le réemploi des déchets ? Les enseignements paradoxaux d’une ressourcerie en autogestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 166-167 (3), pp.75-102. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/travailemploi.13069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les innovations sociales autour du travail dans les entreprises de l’ESS : un éclairage historique à partir d’études de cas en Picardie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°36 (3), pp.39. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.036.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps forts - Au colloque international de l’AFEP-IIPPE, les chercheurs en économie politique mettent l’ESS à l’honneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 354 (4), pp.11-12. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/recma.354.0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommateurs, coopérateurs et socialistes ? L’Union de Lille (1892-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mouvement social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°266 (1), pp.29-48. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lms.266.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'entreprise au-delà de ses intérêts communs. L'apport de la pensée de Jaurès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fretel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7, pp.15-41. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09425-8.p.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle capacité de régulation de l’entreprise coopérative comme forme d’entreprise sociale ? Retour historique sur quelques conceptualisations théoriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fretel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Economie sociale et Social Business ? Au défi d'entreprendre et se financer, 31 (1), pp.21-39. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.031.0021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02019469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire de l’économie sociale à partir de la théorie économique institutionnaliste : conceptualisation, variation d’échelles et faits stylisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chaïbi, Olivier; Duverger, Timothée; Toucas-Truyen, Patricia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)Penser l’histoire de l’ESS : approches et historiographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbre bleu Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.63-74, 2024, L’écho social et solidaire, 979-10-90129-70-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">9. Réussite et échec de l’Union de Lille. Pratiques et contraintes extérieures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’utopie au jour le jour. Une histoire des expériences coopératives (XIXe-XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arbre bleu éditions, pp.135-146, 2020, 9791090129368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03112631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ESS et le design social en situation de crise – un détour par l’innovation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design écosocial : convivialités, pratiques situées &amp; nouveaux communs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It: éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2917053313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 15 : L’Investissement à Impact Social : vers une financiarisation de l’économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Martell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes et fondements de la créativité dans l'économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02019512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Investissement à Impact Social : vers une financiarisation de l’économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Martell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes et fondements de la créativité dans l'économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05459329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Esprit coopératif dans la crise des années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Louvain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie sociale : crises et renouveaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2015, 978-2-87558-402-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire les métiers et les emplois de la transition écologique et sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Rieucau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Laussu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Légé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">113, Centre d'études de l'emploi et du travail - CEET. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S'approprier (adopter) la mesure d'impact social : à quoi faut-il réfléchir ? Le regard des organisations de l'ESS en Métropole lyonnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dedun Garcia Piqueras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chaire ESS - Université Lyon 2. 2023, pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04376113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation d’impact social, une mise sous contrôle des organisations de l’ESS ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dedun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes rencontres du RIUESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04732069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La genèse du « réemploi solidaire » en France entre politique environnementale et politique d’emploi (1970-1990)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude transversales de Triangle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Triangle, Sep 2024, Aussois (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’alternance en ESS dans l’enseignement supérieur : un pari gagné ? Eléments de réflexion pour évaluer et améliorer la pérennité d’une offre de formation de master 2.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Chautagnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dedun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lelong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes rencontres du RIUESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04732080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une appropriation impossible de l’évaluation d’impact social ? Une enquête sur les stratégies locales d’organisations de l’ESS face au mythe rationnel de l’impact social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIe Congrès de l'AFEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEP, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation d’impact social, un mythe rationnel révélateur des reconfigurations territoriales de l’ESS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Rencontres du RIUESS, « Le développement territorial à la lumière de l’ESS »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIUESS, May 2023, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un regard socioéconomique et historique sur les modèles éthiques de la coopérative comme alternative à l'entreprise capitaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La coopérative, idéaltype de l’ESS et de l’entreprise éthique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Besançon (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04377094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’« invention » des Ressourceries – De l’autogestion à l’insertion du travail associatif dans le réemploi des déchets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès de l’AFEP, "Ressources"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire de l’économie sociale à partir de la théorie économique institutionnaliste – conceptualisation, variation d’échelles et faits stylisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'ESS, quelle histoire ? Dynamiques, méthodes et perspectives pour l'histoire de l'économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03112639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’émergence d’une « gouvernementalité coopérative » dans le mouvement ouvrier à travers l’expérience de l’Union coopérative d’Amiens (1890-1930)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIXe journées de l’AES, "Économie sociale et gouvernement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire de l'économie sociale et solidaire en Picardie depuis le XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AFEP-IIPPE International Conference, "Penser l'économie de demain et le futur de l'économie politique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un siècle d’Union à Lille : économie morale et politisations au sein d’une coopérative de consommation socialiste (1892-1994)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée internationale "Histoire de la coopération : expériences et pratiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie morale et formes de politisation au sein de la coopérative ouvrière socialiste 'L’Union de Lille' (1892-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association française de science politique (AFSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur la trajectoire historique des innovations sociales de l’ESS en Picardie depuis le XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVIIe journées de l’AES, "Économie sociale et économie politique : regards croisés sur l'histoire et sur les enjeux contemporains"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’émergence à la reconnaissance des grappes d’innovation sociale. Trajectoire historique d’expériences coopératives et associatives en Picardie (1830-2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Colloque international du CRISES - 2017 : Des émergences à la reconnaissance. Trajectoires d'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02019560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écosystèmes territoriaux d’innovation sociale en France. Les apports d’une approche institutionnaliste de l’innovation sociale appliquée aux Pôles territoriaux de coopération économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Colloque international du CRISES, "Des émergences à la reconnaissance. Trajectoires d’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie morale et formes de politisation au sein de la coopérative ouvrière socialiste de l’Union de Lille (1892-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’AFSP, ST 30, "La citoyenneté industrielle : pratiques militantes et sociabilités quotidiennes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A historical detour from the cooperative spirit during the interwar period in France (1918-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Anniversary Conference Voluntary Action History Society (VAHS), "Thinking about the past, thinking about the future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluer la transformation sociale des innovations sociales : comment sortir de la gestion axée sur résultat ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop International Mesures d’impact (social) et impacts des mesures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ESS et le design social en situation de crise – un détour par l’innovation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "No transition. Design en situation de crise"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESAD Valenciennes, May 2016, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The metamorphosis of the cooperative ideologies in French capitalism during the interwar period (1919-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 28th Annual EAEPE Conference 2016 - Industrialisation, socio-economic transformation and Institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association for Evolutionary Political Economy, Nov 2016, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprise entre intérêts communs et intérêt général : le cas projet de verrerie ouvrière d’Albi porté par Jaurès en 1895</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fretel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ve congrès de l’AFEP, "L’économie politique de l’entreprise : nouveaux enjeux, nouvelles perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’esprit coopératif dans la crise des années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVes journées de l'AES - Économie sociale : crises et renouveaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association d'économie sociale, Sep 2015, Bobigny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Investissement à Impact Social : vers une financiarisation de l'économie sociale et solidaire ? Version provisoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Martell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVe Rencontres du RIUESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIUESS, 2015, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation d’impact participative en pratique : quelles mesures ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Rocamora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dedun Garcia Piqueras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04866971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écologie, un nouveau travail coopératif : pistes & défis pour des coopératives militantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dynamique démocratique de l’économie sociale. Une approche institutionnaliste de l’émergence et de l’évolution historique des organisations de l’économie sociale dans le capitalisme en France (1790-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. Université de Lille, 2020. Français. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03322461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId96"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> sylvain celle </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences économiques, Université Lyon 2</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sylvain-celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7553-7107</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Situation professionnelle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis septembre 2023 :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences économiques, Faculté d'économie et gestion de l'Université Lyon 2 ; </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chercheur à Triangle - UMR 5206</w:t></w:r></w:hyperlink><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">, membre de la Chaire ESS - Lyon 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expériences professionnelles précédentes :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022-2023 :chercheur postdoctoral à la Chaire ESS de l'Université Lyon 2, Laboratoire Coactis : recherche postdoctorale sur l'évaluation d'impact social des organisations de l'ESS dans la métropole lyonnaise</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : ATER en économie et sciences sociales (mi-temps), Département CLES - Communication, Langages, Entreprise, Sports, École Centrale de Lyon : enseignements d'économie générale et sur la transition écologique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020-2022 : Assistant d'éducation, Internat, Lycée Professionnel Pierre Coton, Néronde</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014-2019 : Chargé de mission (thèse Cifre), Institut Godin, Centre de transfert en pratiques solidaires et innovation sociale, Amiens : R&D en sciences sociales, recherche, conseil, accompagnement, et formation autour de l'ESS et de l'innovation sociale*</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie sociale et solidaire (ESS) et  mouvement coopératif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : histoire économique, histoire des idées, approche socio-économique, organisations et espace méso</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation sociale et impact social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : politiques publiques, dispositifs, évaluation, analyse critique</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie politique institutionnaliste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : institutionnalisme historique, théorie de la régulation, économie des conventions, épistémologie, méthodes (qualitatives)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux axes et terrains de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : histoire et socioéconomie de la transition écologique ; outils de gestion des organisations de l'ESS ; Territoire zéro chômeur de longue durée**</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qualification aux fonctions de Maître de conférences, section 05</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat en sciences économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de LilleThèse soutenue le 02 décembre 2020, sous la codirection de Florence Jany-Catrice (Professeure des Universités, Université de Lille) et Agnès Labrousse (Maîtresse de Conférences HDR, Université de Picardie-Jules Verne)CIFRE avec l’Institut Godin (association, Amiens)Laboratoires :  CLERSE - UMR 8019, Centre Lillois d’Études et de Recherches Sociologiques et Économiques, et CRIISEA, Centre de Recherche sur les Institutions, l'Industrie et les Systèmes Économiques d'Amiens</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014 : Master 2 APIESS (Action publique, institutions et économie sociale et solidaire), Université de Lille 1, Mention Très Bien2013 : Master 1 Économie Appliquée, Université de Lille 1, Mention Très Bien</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012 : Licence Économie et Gestion / Sciences Politiques ; Licence 2 Anthropologie-Ethnologie, Université de Lyon 22009 : Baccalauréat, Sciences économiques et sociales, Lycée du Forez (Feurs, 42)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distinctions</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prix de thèse : Prix de thèse de l’ADDES 2021 ; Prix de thèse Jacques Tymen de l’AES 2021</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prix mémoire M2 : Premier Prix de la Recherche coopérative du Crédit Mutuel/Recma 2015 ; Prix de mémoire Jacques Tymen de l’AES 2015</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications et communications à venir :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Articles à paraitre :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ballon, J. & Celle, S. (2023). Une lecture mésoéconomique d’écosystèmes coopératifs comme levier d’innovation sociale et de changement institutionnel. Interventions économiques, 69 (à paraitre)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">*Communications à venir : RIODD 2023</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie d'une entreprise d'oubli : enquête sur l'effacement mémoriel d'une coopérative ouvrière et socialiste à Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 2026/1 (141), pp.32-53. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gen.141.0032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05542819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche méso de l’économie sociale et solidaire : vers un nouveau paradigme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lévesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 74, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15na6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Institutionalisation of the Social and Solidarity Economy in France as a Meso-Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024 (36), </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11w7k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04633719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture mésoéconomique d’écosystèmes coopératifs, comme leviers d'innovation sociale et de changement institutionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 69, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/interventionseconomiques.20404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives de production : quelle spécificité du rapport social d’activités coopératif à l’aune du rapport salarial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fretel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Approches mésoéconomiques des coopératives, 2023 (34 | 1er semestre), </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.22351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financements occultés : sur les usages socialistes de la coopération dans le Nord au tournant du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022/2 (138), pp.127-151. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pox.138.0127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de thèse. La dynamique démocratique de l’économie sociale. Une approche institutionnaliste de l’émergence et de l’évolution historique des organisations de l’économie sociale dans le capitalisme en France (1790-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 | 2nd semestre / Autumn 2021, https://journals.openedition.org/regulation/20585. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.20585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03579773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle professionnalisation dans le réemploi des déchets ? Les enseignements paradoxaux d’une ressourcerie en autogestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 166-167 (3), pp.75-102. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/travailemploi.13069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les innovations sociales autour du travail dans les entreprises de l’ESS : un éclairage historique à partir d’études de cas en Picardie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°36 (3), pp.39. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.036.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps forts - Au colloque international de l’AFEP-IIPPE, les chercheurs en économie politique mettent l’ESS à l’honneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 354 (4), pp.11-12. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/recma.354.0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'entreprise au-delà de ses intérêts communs. L'apport de la pensée de Jaurès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fretel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7, pp.15-41. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09425-8.p.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommateurs, coopérateurs et socialistes ? L’Union de Lille (1892-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mouvement social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n°266 (1), pp.29-48. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lms.266.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle capacité de régulation de l’entreprise coopérative comme forme d’entreprise sociale ? Retour historique sur quelques conceptualisations théoriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fretel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Economie sociale et Social Business ? Au défi d'entreprendre et se financer, 31 (1), pp.21-39. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.031.0021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02019469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire de l’économie sociale à partir de la théorie économique institutionnaliste : conceptualisation, variation d’échelles et faits stylisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chaïbi, Olivier; Duverger, Timothée; Toucas-Truyen, Patricia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)Penser l’histoire de l’ESS : approches et historiographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbre bleu Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.63-74, 2024, L’écho social et solidaire, 979-10-90129-70-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">9. Réussite et échec de l’Union de Lille. Pratiques et contraintes extérieures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’utopie au jour le jour. Une histoire des expériences coopératives (XIXe-XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arbre bleu éditions, pp.135-146, 2020, 9791090129368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03112631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ESS et le design social en situation de crise – un détour par l’innovation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design écosocial : convivialités, pratiques situées &amp; nouveaux communs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It: éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2917053313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 15 : L’Investissement à Impact Social : vers une financiarisation de l’économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Martell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes et fondements de la créativité dans l'économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02019512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Investissement à Impact Social : vers une financiarisation de l’économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Martell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes et fondements de la créativité dans l'économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05459329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Esprit coopératif dans la crise des années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Louvain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie sociale : crises et renouveaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2015, 978-2-87558-402-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire les métiers et les emplois de la transition écologique et sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Rieucau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Laussu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Légé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">113, Centre d'études de l'emploi et du travail - CEET. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S'approprier (adopter) la mesure d'impact social : à quoi faut-il réfléchir ? Le regard des organisations de l'ESS en Métropole lyonnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dedun Garcia Piqueras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chaire ESS - Université Lyon 2. 2023, pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04376113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation d’impact social, une mise sous contrôle des organisations de l’ESS ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dedun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes rencontres du RIUESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04732069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La genèse du « réemploi solidaire » en France entre politique environnementale et politique d’emploi (1970-1990)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude transversales de Triangle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Triangle, Sep 2024, Aussois (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’alternance en ESS dans l’enseignement supérieur : un pari gagné ? Eléments de réflexion pour évaluer et améliorer la pérennité d’une offre de formation de master 2.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Chautagnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dedun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lelong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23èmes rencontres du RIUESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04732080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation d’impact social, un mythe rationnel révélateur des reconfigurations territoriales de l’ESS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Rencontres du RIUESS, « Le développement territorial à la lumière de l’ESS »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIUESS, May 2023, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une appropriation impossible de l’évaluation d’impact social ? Une enquête sur les stratégies locales d’organisations de l’ESS face au mythe rationnel de l’impact social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIe Congrès de l'AFEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEP, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un regard socioéconomique et historique sur les modèles éthiques de la coopérative comme alternative à l'entreprise capitaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La coopérative, idéaltype de l’ESS et de l’entreprise éthique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Besançon (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04377094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’« invention » des Ressourceries – De l’autogestion à l’insertion du travail associatif dans le réemploi des déchets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès de l’AFEP, "Ressources"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire de l’économie sociale à partir de la théorie économique institutionnaliste – conceptualisation, variation d’échelles et faits stylisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'ESS, quelle histoire ? Dynamiques, méthodes et perspectives pour l'histoire de l'économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03112639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’émergence d’une « gouvernementalité coopérative » dans le mouvement ouvrier à travers l’expérience de l’Union coopérative d’Amiens (1890-1930)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIXe journées de l’AES, "Économie sociale et gouvernement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire de l'économie sociale et solidaire en Picardie depuis le XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AFEP-IIPPE International Conference, "Penser l'économie de demain et le futur de l'économie politique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un siècle d’Union à Lille : économie morale et politisations au sein d’une coopérative de consommation socialiste (1892-1994)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée internationale "Histoire de la coopération : expériences et pratiques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écosystèmes territoriaux d’innovation sociale en France. Les apports d’une approche institutionnaliste de l’innovation sociale appliquée aux Pôles territoriaux de coopération économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Colloque international du CRISES, "Des émergences à la reconnaissance. Trajectoires d’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’émergence à la reconnaissance des grappes d’innovation sociale. Trajectoire historique d’expériences coopératives et associatives en Picardie (1830-2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Colloque international du CRISES - 2017 : Des émergences à la reconnaissance. Trajectoires d'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02019560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie morale et formes de politisation au sein de la coopérative ouvrière socialiste 'L’Union de Lille' (1892-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association française de science politique (AFSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur la trajectoire historique des innovations sociales de l’ESS en Picardie depuis le XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVIIe journées de l’AES, "Économie sociale et économie politique : regards croisés sur l'histoire et sur les enjeux contemporains"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie morale et formes de politisation au sein de la coopérative ouvrière socialiste de l’Union de Lille (1892-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Samson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Schlegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’AFSP, ST 30, "La citoyenneté industrielle : pratiques militantes et sociabilités quotidiennes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The metamorphosis of the cooperative ideologies in French capitalism during the interwar period (1919-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 28th Annual EAEPE Conference 2016 - Industrialisation, socio-economic transformation and Institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association for Evolutionary Political Economy, Nov 2016, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ESS et le design social en situation de crise – un détour par l’innovation sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "No transition. Design en situation de crise"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESAD Valenciennes, May 2016, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A historical detour from the cooperative spirit during the interwar period in France (1918-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Anniversary Conference Voluntary Action History Society (VAHS), "Thinking about the past, thinking about the future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluer la transformation sociale des innovations sociales : comment sortir de la gestion axée sur résultat ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop International Mesures d’impact (social) et impacts des mesures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprise entre intérêts communs et intérêt général : le cas projet de verrerie ouvrière d’Albi porté par Jaurès en 1895</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fretel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ve congrès de l’AFEP, "L’économie politique de l’entreprise : nouveaux enjeux, nouvelles perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’esprit coopératif dans la crise des années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVes journées de l'AES - Économie sociale : crises et renouveaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association d'économie sociale, Sep 2015, Bobigny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Investissement à Impact Social : vers une financiarisation de l'économie sociale et solidaire ? Version provisoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Martell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVe Rencontres du RIUESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIUESS, 2015, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation d’impact participative en pratique : quelles mesures ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Rocamora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dedun Garcia Piqueras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04866971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écologie, un nouveau travail coopératif : pistes & défis pour des coopératives militantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dynamique démocratique de l’économie sociale. Une approche institutionnaliste de l’émergence et de l’évolution historique des organisations de l’économie sociale dans le capitalisme en France (1790-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Economies et finances. Université de Lille, 2020. Français. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03322461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche méso de l'économie sociale et solidaire : vers un nouveau paradigme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lévesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">74 | 2026, 2026, Interventions économiques, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15nak⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05542983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId100"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E9E64D5A"/>
+    <w:nsid w:val="C5742C38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EE69AA46"/>
+    <w:nsid w:val="C6738A03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -402,51 +402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2900C3F3"/>
+    <w:nsid w:val="B6D25DB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -550,51 +550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="04857D3C"/>
+    <w:nsid w:val="DAE08679"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -698,51 +698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="70129C2D"/>
+    <w:nsid w:val="842FCC45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -846,51 +846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="CFA8E350"/>
+    <w:nsid w:val="74E4CE74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -994,51 +994,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="B4B4BC05"/>
+    <w:nsid w:val="69D690FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1243,51 +1243,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-celle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7553-7107" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triangle.ens-lyon.fr/spip.php?article11270" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501191v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Celle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ballon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t L&#233;vesque" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15na6" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04633719v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w7k" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281226v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.20404" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167394v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fretel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vallade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.22351" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076805v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevallier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Schlegel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.138.0127" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03579773v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.20585" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167357v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.13069" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314808v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.036.0039" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450930v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gardin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Robert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.354.0006" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275714v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.266.0029" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275722v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09425-8.p.0015" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02019469v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.031.0021" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555508v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arbre-bleu-editions.com/repenser-l-histoire-de-l-ess.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03112631v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Samson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275735v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.readit.fr/index.php?/catalogue/design-ecosocial/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02019512v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Besan&#231;on" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chochoy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Guyon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Martell" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459329v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275737v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04766916v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rieucau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Laussu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Jolivet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brunet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;g&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376113v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dedun Garcia Piqueras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04732069v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dedun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798616v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04732080v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chautagnat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lelong" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198144v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198150v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377094v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322431v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03112639v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322428v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322450v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322448v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02460818v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322425v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02019560v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322446v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fontaine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322423v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322434v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322440v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958003v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280726v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322398v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061111v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957964v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866971v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Rocamora" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501152v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03322461v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-celle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7553-7107" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triangle.ens-lyon.fr/spip.php?article11270" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05542819v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Samson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Celle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevallier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Schlegel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.141.0032" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501191v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ballon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t L&#233;vesque" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15na6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04633719v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w7k" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281226v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.20404" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167394v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fretel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vallade" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.22351" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076805v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.138.0127" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03579773v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.20585" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167357v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.13069" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314808v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.036.0039" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450930v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gardin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Robert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.354.0006" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275722v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09425-8.p.0015" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275714v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.266.0029" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02019469v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.031.0021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555508v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arbre-bleu-editions.com/repenser-l-histoire-de-l-ess.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03112631v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275735v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.readit.fr/index.php?/catalogue/design-ecosocial/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02019512v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Besan&#231;on" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chochoy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Guyon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Martell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459329v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275737v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04766916v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rieucau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Laussu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Jolivet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brunet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;g&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376113v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dedun Garcia Piqueras" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04732069v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dedun" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798616v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04732080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chautagnat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lelong" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198150v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198144v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377094v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322431v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03112639v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322428v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322450v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322448v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322446v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fontaine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02019560v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02460818v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322425v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322423v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280726v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958003v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322434v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322440v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322398v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061111v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957964v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866971v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Rocamora" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501152v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03322461v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05542983v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15nak" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>