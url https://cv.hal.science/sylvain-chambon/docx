--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (56)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,1385 +234,1385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05508002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring interface tension as a tool to control the morphology of binary organic semiconductor nanoparticles prepared by nanoprecipitation</w:t>
+                <w:t xml:space="preserve">Surfactant-Driven Hydrogen Evolution in Organic Nanoparticles Prepared by Nanoprecipitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Holmes</w:t>
+                <w:t xml:space="preserve">Beatrice Galliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingemar Persson</w:t>
+                <w:t xml:space="preserve">Alejandro Salinas-Villasenor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Schmutz</w:t>
+                <w:t xml:space="preserve">Kaila Yallum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Salinas-Villasenor</w:t>
+                <w:t xml:space="preserve">Maximilian Horn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Gamarde</w:t>
+                <w:t xml:space="preserve">Julien Réhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (36), pp.21121-21131. </w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 9 (8), pp.4031-4041. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5nr01734c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.6c00416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05287135v1</w:t>
+                <w:t xml:space="preserve">hal-05540859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electropolymerized furan-based π-conjugated polymers for organic electronics</w:t>
+                <w:t xml:space="preserve">Exploring interface tension as a tool to control the morphology of binary organic semiconductor nanoparticles prepared by nanoprecipitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harmony Rondeluk</w:t>
+                <w:t xml:space="preserve">Alexandre Holmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iheb Driouech</w:t>
+                <w:t xml:space="preserve">Ingemar Persson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Cabannes-Boué</w:t>
+                <w:t xml:space="preserve">Marc Schmutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Salinas-Villasenor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Loubet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+                <w:t xml:space="preserve">Matthieu Gamarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.5c10589⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (36), pp.21121-21131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d5nr01734c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05370664v1</w:t>
+                <w:t xml:space="preserve">hal-05287135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted design of organic Janus particles for improved photocatalytic hydrogen evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electropolymerized furan-based π-conjugated polymers for organic electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harmony Rondeluk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaoula Missaoui</w:t>
+                <w:t xml:space="preserve">Iheb Driouech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Wantz</w:t>
+                <w:t xml:space="preserve">Benjamin Cabannes-Boué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Toupance</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Philippe Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (24), pp.10691-10700. </w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5sc00802f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.5c10589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05288089v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wide bandgap organic solar cells with improved photovoltaic performance via solid additive integration</w:t>
+                <w:t xml:space="preserve">Targeted design of organic Janus particles for improved photocatalytic hydrogen evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Capdevila</w:t>
+                <w:t xml:space="preserve">Khaoula Missaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saran Waiprasoet</w:t>
+                <w:t xml:space="preserve">Guillaume Wantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesc Xavier Capella Guardià</w:t>
+                <w:t xml:space="preserve">Thierry Toupance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carmen Ruiz Herrero</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexander Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D5TC02260F⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (24), pp.10691-10700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d5sc00802f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05208651v1</w:t>
+                <w:t xml:space="preserve">hal-05288089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PTQ10 ‐based organic photodetectors for visible light detection and their tolerance to impurities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wide bandgap organic solar cells with improved photovoltaic performance via solid additive integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Dindault</w:t>
+                <w:t xml:space="preserve">Saran Waiprasoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Henri Roche</w:t>
+                <w:t xml:space="preserve">Francesc Xavier Capella Guardià</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martial Leyney</w:t>
+                <w:t xml:space="preserve">Carmen Ruiz Herrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanguy Jousselin‐oba</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Vignau</w:t>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer international</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pi.70053⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5TC02260F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05398477v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic Doping in Perovskite Solar Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PTQ10 ‐based organic photodetectors for visible light detection and their tolerance to impurities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dindault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zuzanna Molenda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+                <w:t xml:space="preserve">Gilles Henri Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario M Bassani</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Martial Leyney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Jousselin‐oba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Vignau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aelm.202400090⟩</w:t>
+              <w:t xml:space="preserve">Polymer international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pi.70053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04602992v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05398477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impurity tolerance of polymer solar cells: The crucial role of palladium catalyst and its ligands</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electronic Doping in Perovskite Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Penin</w:t>
+                <w:t xml:space="preserve">Zuzanna Molenda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanguy Jousselin-Oba</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dario M Bassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 269, pp.112760. </w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2024.112760⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aelm.202400090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04488675v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-based organic solar cells from Janus nanoparticles: Closing the performance gap with reference cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impurity tolerance of polymer solar cells: The crucial role of palladium catalyst and its ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Laval</w:t>
+                <w:t xml:space="preserve">Gilles Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Deniau-Lejeune</w:t>
+                <w:t xml:space="preserve">Lucas Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Schmutz</w:t>
+                <w:t xml:space="preserve">Nicolas Penin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Blanc</w:t>
+                <w:t xml:space="preserve">Tanguy Jousselin-Oba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dindault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 266, pp.112656. </w:t>
+              <w:t xml:space="preserve">, 2024, 269, pp.112760. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2023.112656⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2024.112760⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04312079v1</w:t>
+                <w:t xml:space="preserve">hal-04488675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unmasking The Magic of Magic Blue in Perovskite Doping</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Water-based organic solar cells from Janus nanoparticles: Closing the performance gap with reference cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Holmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Deniau-Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schmutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4TC02149E⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 266, pp.112656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2023.112656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699928v1</w:t>
+                <w:t xml:space="preserve">hal-04312079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic Nano‐Junctions: Linking Nanomorphology and Charge Transport in Organic Semiconductor Nanoparticles for Organic Photovoltaic Devices</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unmasking The Magic of Magic Blue in Perovskite Doping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zuzanna Molenda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario M Bassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smll.202404112⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D4TC02149E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808632v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water-based Solar Cells Over 10% Efficiency: Designing Soft Nanoparticles for Improved Processability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Holmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Guizzardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1683,5133 +1683,5138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04346806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milli-fluidic setup for continuous flow synthesis of organic semiconductor nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Organic Nano‐Junctions: Linking Nanomorphology and Charge Transport in Organic Semiconductor Nanoparticles for Organic Photovoltaic Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenael Bonfante</w:t>
+                <w:t xml:space="preserve">Yue Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fumiyasu Awai</w:t>
+                <w:t xml:space="preserve">Virginia Lafranconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takaya Kubo</w:t>
+                <w:t xml:space="preserve">Matthew Barr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiroshi Segawa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Soo Hyeon Kim</w:t>
+                <w:t xml:space="preserve">Paul Dastoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtsust.2024.100920⟩</w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smll.202404112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04685938v1</w:t>
+                <w:t xml:space="preserve">hal-04808632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-4 nm mapping of donor–acceptor organic semiconductor nanoparticle composition</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Milli-fluidic setup for continuous flow synthesis of organic semiconductor nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenael Bonfante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kazuhiko Hirakawa</w:t>
+                <w:t xml:space="preserve">Fumiyasu Awai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takaya Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroshi Segawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soo Hyeon Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D3NR00839H⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27, pp.100920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtsust.2024.100920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271194v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04685938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward High Efficiency Water Processed Organic Photovoltaics: Controlling the Nanoparticle Morphology with Surface Energies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Sub-4 nm mapping of donor–acceptor organic semiconductor nanoparticle composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingemar Persson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gwenaël Bonfante</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenael Bonfante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazuhiko Hirakawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aenm.202300249⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (13), pp.6126-6142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3NR00839H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234257v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox-active ions unlock substitutional doping in halide perovskites</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bastien Politi</w:t>
+                <w:t xml:space="preserve">Toward High Efficiency Water Processed Organic Photovoltaics: Controlling the Nanoparticle Morphology with Surface Energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Holmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Clerc</w:t>
+                <w:t xml:space="preserve">Matthew Marcus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mamatimin Abbas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+                <w:t xml:space="preserve">Benjamin Watts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Bonfante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Horizons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3mh00663h⟩</w:t>
+              <w:t xml:space="preserve">Advanced Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (26), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aenm.202300249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04220325v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janus organic semiconductor nanoparticles prepared by simple nanoprecipitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Holmes</w:t>
+                <w:t xml:space="preserve">Redox-active ions unlock substitutional doping in halide perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zuzanna Molenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Laval</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Schmutz</w:t>
+                <w:t xml:space="preserve">Bastien Politi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Blanc</w:t>
+                <w:t xml:space="preserve">Raphaël Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joachim Allouche</w:t>
+                <w:t xml:space="preserve">Mamatimin Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 26, pp.101229. </w:t>
+              <w:t xml:space="preserve">Materials Horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (8), pp.2845-2853. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtchem.2022.101229⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3mh00663h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03836190v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the impact of ambient fabrication temperature on the performance of planar CH3NH3PbI3 perovskite solar cells</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Janus organic semiconductor nanoparticles prepared by simple nanoprecipitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario Bassani</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Holmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Schmutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Allouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.202100329⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26, pp.101229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtchem.2022.101229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03348949v1</w:t>
+                <w:t xml:space="preserve">hal-03836190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of Waterborne Organic Semiconductor Colloids for Photovoltaics</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Assessing the impact of ambient fabrication temperature on the performance of planar CH3NH3PbI3 perovskite solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zuzanna Molenda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Bassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (25), pp.2533-2538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202100329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.0c10161⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03169082v1</w:t>
+                <w:t xml:space="preserve">hal-03348949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanomorphology of eco-friendly colloidal inks, relating non-fullerene acceptor surface energy to structure formation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Review of Waterborne Organic Semiconductor Colloids for Photovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Holmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Deniau-Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lartigau-Dagron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthew A Marcus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 5 (5), pp.2218-2233. </w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (3), pp.3927-3959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0QM00980F⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.0c10161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03420257v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic semiconductor colloids: From the knowledge acquired in photovoltaics to the generation of solar hydrogen fuel</w:t>
+                <w:t xml:space="preserve">Nanomorphology of eco-friendly colloidal inks, relating non-fullerene acceptor surface energy to structure formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalie Holmes</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Matthew G Barr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoxue Xu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kazuhiko Hirakawa</w:t>
+                <w:t xml:space="preserve">Adam Fahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy W Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew A Marcus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Colloid &amp; Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cocis.2021.101511⟩</w:t>
+              <w:t xml:space="preserve">Materials Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (5), pp.2218-2233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0QM00980F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03418784v1</w:t>
+                <w:t xml:space="preserve">hal-03420257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementary Absorption versus Morphology in All-Conjugated Block Copolymer Solar Cells</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Organic semiconductor colloids: From the knowledge acquired in photovoltaics to the generation of solar hydrogen fuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wissem Khelifi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Blanc</w:t>
+                <w:t xml:space="preserve">Natalie Holmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Holmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iyad Karamé</w:t>
+                <w:t xml:space="preserve">Xiaoxue Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazuhiko Hirakawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 53, pp.9043-9053. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Colloid &amp; Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56, pp.101511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.0c01680⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cocis.2021.101511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02972444v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balanced charge transport optimizes industry-relevant ternary polymer solar cells</w:t>
+                <w:t xml:space="preserve">Complementary Absorption versus Morphology in All-Conjugated Block Copolymer Solar Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Szymanski</w:t>
+                <w:t xml:space="preserve">Hisham Idriss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reece Henry</w:t>
+                <w:t xml:space="preserve">Adèle Gapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel H Stuard</w:t>
+                <w:t xml:space="preserve">Wissem Khelifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uyxing Vongsaysy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Courtel</w:t>
+                <w:t xml:space="preserve">Iyad Karamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar RRL</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/solr.202000538⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53, pp.9043-9053. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.0c01680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03420105v1</w:t>
+                <w:t xml:space="preserve">hal-02972444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphonium‐based polythiophene conjugated polyelectrolytes with different surfactant counterions: thermal properties, self‐assembly and photovoltaic performances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Balanced charge transport optimizes industry-relevant ternary polymer solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Szymanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michèle Chevrier</w:t>
+                <w:t xml:space="preserve">Reece Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jurgen Kesters</w:t>
+                <w:t xml:space="preserve">Samuel H Stuard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Houston</w:t>
+                <w:t xml:space="preserve">Uyxing Vongsaysy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niko van den Brande</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+                <w:t xml:space="preserve">Stéphanie Courtel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer international</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Solar RRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (11), pp.2000538. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pi.6088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/solr.202000538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02999757v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03420105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration of PCBM Coated P3HT Nanoparticles: Understanding the Shell Formation</w:t>
+                <w:t xml:space="preserve">Phosphonium‐based polythiophene conjugated polyelectrolytes with different surfactant counterions: thermal properties, self‐assembly and photovoltaic performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abigail Palacio Valera</w:t>
+                <w:t xml:space="preserve">Michèle Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Schatz</w:t>
+                <w:t xml:space="preserve">Jurgen Kesters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Ibarboure</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hiroshi Segawa</w:t>
+                <w:t xml:space="preserve">Judith Houston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niko van den Brande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Energy Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fenrg.2018.00146⟩</w:t>
+              <w:t xml:space="preserve">Polymer international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pi.6088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02151677v1</w:t>
+                <w:t xml:space="preserve">hal-02999757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the Failure Mechanisms of Organic Photodetectors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elaboration of PCBM Coated P3HT Nanoparticles: Understanding the Shell Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Daanoune</w:t>
+                <w:t xml:space="preserve">Abigail Palacio Valera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier François-Martin</w:t>
+                <w:t xml:space="preserve">Christophe Schatz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Flament</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dhez</w:t>
+                <w:t xml:space="preserve">Emmanuel Ibarboure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takaya Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroshi Segawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aelm.201700526⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Energy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fenrg.2018.00146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01684953v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrode de-wetting as a failure mechanism in thermally-aged OPV devices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insights into the Failure Mechanisms of Organic Photodetectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Kielar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Greenbank</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mehdi Daanoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier François-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dhez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2018.01.011⟩</w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aelm.201700526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01784487v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface engineering of ITO electrode with a functional polymer for PEDOT:PSS-free organic solar cells</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrode de-wetting as a failure mechanism in thermally-aged OPV devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodriguez Laurent</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">William Greenbank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.orgel.2018.03.004⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 178, pp.8 - 14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2018.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01736854v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01784487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Material challenges for solar cells in the twenty-first century: directions in emerging technologies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surface engineering of ITO electrode with a functional polymer for PEDOT:PSS-free organic solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Awada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samy Almosni</w:t>
+                <w:t xml:space="preserve">Giorgio Mattana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaury Delamarre</w:t>
+                <w:t xml:space="preserve">Aurélien Tournebize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zacharie Jehl</w:t>
+                <w:t xml:space="preserve">Rodriguez Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Suchet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludmila Cojocaru</w:t>
+                <w:t xml:space="preserve">Delphine Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and Technology of Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14686996.2018.1433439⟩</w:t>
+              <w:t xml:space="preserve">Organic Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57, pp.186-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orgel.2018.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01972836v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01736854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved mechanical adhesion and electronic stability of organic solar cells with thermal ageing: the role of diffusion at the hole extraction interface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Material challenges for solar cells in the twenty-first century: directions in emerging technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Almosni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Greenbank</w:t>
+                <w:t xml:space="preserve">Amaury Delamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Rolston</w:t>
+                <w:t xml:space="preserve">Zacharie Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Destouesse</w:t>
+                <w:t xml:space="preserve">Daniel Suchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Wantz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Hirsch</w:t>
+                <w:t xml:space="preserve">Ludmila Cojocaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c6ta09665d⟩</w:t>
+              <w:t xml:space="preserve">Science and Technology of Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (1), pp.336-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14686996.2018.1433439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01639523v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crucial Role of the Electron Transport Layer and UV Light on the Open-Circuit Voltage Loss in Inverted Organic Solar Cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Giorgio Mattana</w:t>
+                <w:t xml:space="preserve">Improved mechanical adhesion and electronic stability of organic solar cells with thermal ageing: the role of diffusion at the hole extraction interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Greenbank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thérèse Gorisse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wantz</w:t>
+                <w:t xml:space="preserve">N. Rolston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Destouesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Wantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.7b09059⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (6), pp.2911 - 2919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c6ta09665d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01639525v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Bioinspired Curcuminoid Small Molecules for Solution-Processed Organic Solar Cells with High Open-Circuit Voltage</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Chahine Abbas</w:t>
+                <w:t xml:space="preserve">Crucial Role of the Electron Transport Layer and UV Light on the Open-Circuit Voltage Loss in Inverted Organic Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Tournebize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Mattana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony D ' Aléo</w:t>
+                <w:t xml:space="preserve">Thérèse Gorisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Energy Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 2 (6), pp.1303-1307. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (39), pp.34131 - 34138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsenergylett.7b00157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.7b09059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01563209v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">π-Conjugated Organosilica Semiconductors: Toward Robust Organic Electronics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis of Bioinspired Curcuminoid Small Molecules for Solution-Processed Organic Solar Cells with High Open-Circuit Voltage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Thuau</w:t>
+                <w:t xml:space="preserve">Florence Archet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Valvin</w:t>
+                <w:t xml:space="preserve">Dandan Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Clevers</w:t>
+                <w:t xml:space="preserve">Chahine Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Tjoutis</w:t>
+                <w:t xml:space="preserve">Anthony D ' Aléo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 3 (9), pp.1700218. </w:t>
+              <w:t xml:space="preserve">ACS Energy Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (6), pp.1303-1307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/aelm.201700218⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsenergylett.7b00157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01639517v1</w:t>
+                <w:t xml:space="preserve">hal-01563209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacial thermal degradation in inverted organic solar cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">π-Conjugated Organosilica Semiconductors: Toward Robust Organic Electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Greenbank William</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Damien Thuau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Valvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Clevers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Tjoutis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4938554⟩</w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (9), pp.1700218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aelm.201700218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01280417v1</w:t>
+                <w:t xml:space="preserve">hal-01639517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanum Hexaboride As Novel Interlayer for Improving the Thermal Stability of P3HT:PCBM Organic Solar Cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Interfacial thermal degradation in inverted organic solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greenbank William</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pascal Tardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 107 (26), pp.263301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4938554⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.5b06475⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01280383v1</w:t>
+                <w:t xml:space="preserve">hal-01280417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solution-Processed Small-Molecule Bulk Heterojunctions: Leakage Currents and the Dewetting Issue for Inverted Solar Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Destouesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Courtel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wantz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (44), pp.24663-24669. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5b06964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01280407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microfluidic supercritical antisolvent continuous processing and direct spray-coating of poly(3-hexylthiophene) nanoparticles for OFET devices.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Lanthanum Hexaboride As Novel Interlayer for Improving the Thermal Stability of P3HT:PCBM Organic Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Mignard</w:t>
+                <w:t xml:space="preserve">Yolande Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Pavageau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 51 (6), pp.1008-1011. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (45), pp.25334-25340. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C4CC07878K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5b06475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01101071v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity enhancement of a flexible MEMS strain sensor by a field effect transistor in an all organic approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Microfluidic supercritical antisolvent continuous processing and direct spray-coating of poly(3-hexylthiophene) nanoparticles for OFET devices.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Couto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wantz</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Aymonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Pavageau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.orgel.2014.08.063⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (6), pp.1008-1011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4CC07878K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01059848v1</w:t>
+                <w:t xml:space="preserve">hal-01101071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Stabilisation of Polymer–Fullerene Bulk Heterojunction Morphology for Effi cient Photovoltaic Solar Cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hualong Pan</w:t>
+                <w:t xml:space="preserve">Sensitivity enhancement of a flexible MEMS strain sensor by a field effect transistor in an all organic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Thuau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamatimin Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 26 (33), pp.5831-5838. </w:t>
+              <w:t xml:space="preserve">Organic Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15, pp.3096-3100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.201401062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.orgel.2014.08.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01202434v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01059848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circuital modelling of S-shape removal in the current-voltage characteristic of TiOx inverted organic solar cells through white-light soaking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal Stabilisation of Polymer–Fullerene Bulk Heterojunction Morphology for Effi cient Photovoltaic Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Derue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Romero</w:t>
+                <w:t xml:space="preserve">Olivier Dautel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Tournebize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gonzalo del Pozo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+                <w:t xml:space="preserve">Martin Drees</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belen Arrendondo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hualong Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 15 (12), pp.3546-3551. </w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (33), pp.5831-5838. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.orgel.2014.09.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adma.201401062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01229364v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01202434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-modulated TiOx interlayer dipole and contact activation in organic solar cell cathodes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Circuital modelling of S-shape removal in the current-voltage characteristic of TiOx inverted organic solar cells through white-light soaking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo del Pozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Destouesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Germa Garcia-Belmonte</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belen Arrendondo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.201401233⟩</w:t>
+              <w:t xml:space="preserve">Organic Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (12), pp.3546-3551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orgel.2014.09.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01230516v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01229364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic semiconductor core-shell nanoparticles designed through successive solvent displacements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Light-modulated TiOx interlayer dipole and contact activation in organic solar cell cathodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germa Garcia-Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Horizons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C4MH00021H⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (39), pp.6234-6240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.201401233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00967444v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01230516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution-processed bulk heterojunction solar cells based on BF2-hydroxychalcone complexes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Organic semiconductor core-shell nanoparticles designed through successive solvent displacements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Sébire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Pavageau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C3CC41351A⟩</w:t>
+              <w:t xml:space="preserve">Materials Horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1 (4), pp.431-438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4MH00021H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00869954v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00967444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Block Copolymer as a Nanostructuring Agent for High-Efficiency and Annealing-Free Bulk Heterojunction Organic Solar Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Renaud</w:t>
+                <w:t xml:space="preserve">Solution-processed bulk heterojunction solar cells based on BF2-hydroxychalcone complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Jun Mougnier</w:t>
+                <w:t xml:space="preserve">Anthony d'Aléo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleni Pavlopoulou</w:t>
+                <w:t xml:space="preserve">Carole Baffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Brochon</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Fages</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.201104461⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 49, pp.3555-3557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C3CC41351A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00817374v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00869954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an understanding of light activation processes in titanium oxide based inverted organic solar cells</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Block Copolymer as a Nanostructuring Agent for High-Efficiency and Annealing-Free Bulk Heterojunction Organic Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jun Mougnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Pavlopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Brochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4764026⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (16), pp.2196-2201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.201104461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00780596v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MoO3 Thickness, Thermal Annealing and Solvent Annealing Effects on Inverted and Direct Polymer Photovoltaic Solar Cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Towards an understanding of light activation processes in titanium oxide based inverted organic solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Destouesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Pavageau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wantz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma5122521⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 112 (9), pp.094503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4764026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00780649v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-state NMR as a tool to describe and quantify the morphology of photoactive layers used in plastic solar cells</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">MoO3 Thickness, Thermal Annealing and Solvent Annealing Effects on Inverted and Direct Polymer Photovoltaic Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jan d'Haen</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Derue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Lutsen</w:t>
+                <w:t xml:space="preserve">Michel Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Pavageau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 49 (7), pp.1699-1707. </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5 (12), pp.2521-2536. </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pola.24600⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma5122521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01004416v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of octanedithiol on the nanomorphology of PCPDTBT:PCBM blends studied by solid-state NMR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Solid-state NMR as a tool to describe and quantify the morphology of photoactive layers used in plastic solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoul Mens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ewan Clodic</w:t>
+                <w:t xml:space="preserve">Jan d'Haen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scharber Markus</w:t>
+                <w:t xml:space="preserve">Laurence Lutsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (7), pp.1699-1707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pola.24600⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00967315v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description of the nanostructured morphology of [6,6]-phenyl-C 61-butyric acid methyl ester (PCBM) by XRD, DSC and solid-state NMR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId247" w:history="1">
+                <w:t xml:space="preserve">Influence of octanedithiol on the nanomorphology of PCPDTBT:PCBM blends studied by solid-state NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raoul Mens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bart Ruttens</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koen Vandewal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewan Clodic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scharber Markus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 96 (1), pp.210-217</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01004413v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00967315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo- and thermo-oxidation of poly(p-phenylene-vinylene) and phenylene-vinylene oligomer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Description of the nanostructured morphology of [6,6]-phenyl-C 61-butyric acid methyl ester (PCBM) by XRD, DSC and solid-state NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoul Mens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agnès Rivaton</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Gardette</w:t>
+                <w:t xml:space="preserve">G. Reggers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Firon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bart Ruttens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 96 (6), pp.1149-1158. </w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (5), pp.242-247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2011.02.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mrc.2741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004003v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and quantification of defect structures in poly(2,5-thienylene vinylene) derivatives prepared via the dithiocarbamate precursor route by means of NMR spectroscopy on 13C-labeled polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanne Diliën</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas J. Cleij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lutsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Vanderzande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6845,736 +6850,865 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00967320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of fullerene ordering on the energy of the charge-transfer state and open-circuit voltage in polymer:fullerene solar cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photo- and thermo-oxidation of poly(p-phenylene-vinylene) and phenylene-vinylene oligomer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fortunato Piersimoni</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Raoul Mens</w:t>
+                <w:t xml:space="preserve">Agnès Rivaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tine Boonen</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Gardette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Firon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp110982m⟩</w:t>
+              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 96 (6), pp.1149-1158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2011.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00967322v1</w:t>
+                <w:t xml:space="preserve">hal-01004003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis,1 Hand 13C NMR assignment and electrochemical properties of novel thiophene-thiazolothiazole oligomers and polymers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Influence of fullerene ordering on the energy of the charge-transfer state and open-circuit voltage in polymer:fullerene solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fortunato Piersimoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurence Lutsen</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koen Vandewal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoul Mens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tine Boonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrc.2593⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 115, pp.10873-10880. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp110982m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01004420v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00967322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-induced degradation of the active layer of polymer-based solar cells</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Synthesis,1 Hand 13C NMR assignment and electrochemical properties of novel thiophene-thiazolothiazole oligomers and polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah van Mierloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Lemaître</w:t>
+                <w:t xml:space="preserve">A. Boyukbayram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Adriaensens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lutsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2009.11.021⟩</w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 48 (5), pp.362-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrc.2593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00512154v1</w:t>
+                <w:t xml:space="preserve">hal-01004420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of long-term UV-visible light irradiation in the absence of oxygen on P3HT and P3HT:PCBM blend</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manceau Matthieu</w:t>
+                <w:t xml:space="preserve">Light-induced degradation of the active layer of polymer-based solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chambon Sylvain</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+                <w:t xml:space="preserve">Matthieu Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gardette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Guillerez</w:t>
+                <w:t xml:space="preserve">Nicolas Lemaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, sous presse. </w:t>
+              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 95 (3), pp.278-284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2010.03.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2009.11.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00512216v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00512154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effects of long-term UV-visible light irradiation in the absence of oxygen on P3HT and P3HT:PCBM blend</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manceau Matthieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chambon Sylvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rivaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gardette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillerez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, sous presse. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2010.03.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00512216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Reactive intermediates in the initiation step of the photo-oxidation of MDMO-PPV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Rivaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gardette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Firon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 47 (22), pp.6044-6052. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pola.23628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01004703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId296"/>
+      <w:footerReference w:type="default" r:id="rId302"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7721,51 +7855,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508002v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanokwan Klahan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan N. Steinmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Treps" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles P&#233;castaings" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c19704" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05287135v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Holmes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingemar Persson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schmutz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Salinas-Villasenor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gamarde" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5nr01734c" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370664v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmony Rondeluk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iheb Driouech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cabannes-Bou&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loubet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chambon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c10589" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288089v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Missaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wantz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Toupance" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kuhn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sc00802f" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208651v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Capdevila" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saran Waiprasoet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Xavier Capella Guardi&#224;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ruiz Herrero" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Hirsch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5TC02260F" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398477v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dindault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Henri Roche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Leyney" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jousselin&#8208;oba" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vignau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.70053" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602992v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzanna Molenda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario M Bassani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400090" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488675v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Viollet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jousselin-Oba" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2024.112760" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312079v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Laval" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Deniau-Lejeune" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2023.112656" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699928v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TC02149E" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808632v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Tian" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Lafranconi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Barr" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dastoor" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202404112" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04346806v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Guizzardi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Maruzzo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Folpini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ee03744d" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685938v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Bonfante" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumiyasu Awai" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaya Kubo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Segawa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soo Hyeon Kim" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2024.100920" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271194v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Hirakawa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR00839H" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234257v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Marcus" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Watts" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Bonfante" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202300249" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220325v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Politi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Clerc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamatimin Abbas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3mh00663h" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03836190v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Holmes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laval" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blanc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Allouche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtchem.2022.101229" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348949v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Bassani" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202100329" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03169082v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lartigau-Dagron" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bousquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c10161" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420257v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew G Barr" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Fahy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy W Jones" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew A Marcus" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QM00980F" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03418784v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Holmes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxue Xu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cocis.2021.101511" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972444v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham Idriss" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Gapin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Khelifi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Karam&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c01680" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420105v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Szymanski" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reece Henry" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel H Stuard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uyxing Vongsaysy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Courtel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202000538" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999757v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Chevrier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen Kesters" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Houston" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko van den Brande" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.6088" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151677v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Palacio Valera" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schatz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ibarboure" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenrg.2018.00146" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684953v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Kielar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Daanoune" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fran&#231;ois-Martin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Flament" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dhez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201700526" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784487v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Greenbank" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.01.011" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736854v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Awada" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Mattana" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tournebize" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodriguez Laurent" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Flahaut" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2018.03.004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972836v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Almosni" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Delamarre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Jehl" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Suchet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Cojocaru" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14686996.2018.1433439" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639523v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Greenbank" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolston" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Destouesse" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wantz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hirsch" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ta09665d" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639525v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Gorisse" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.7b09059" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01563209v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Archet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dandan Yao" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahine Abbas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D ' Al&#233;o" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.7b00157" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639517v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Thuau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valvin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Clevers" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tjoutis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201700218" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280417v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greenbank William" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938554" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280383v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Murat" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tardy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5b06475" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280407v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Destouesse" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5b06964" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101071v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Couto" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aymonier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mignard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pavageau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC07878K" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059848v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2014.08.063" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202434v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Derue" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dautel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drees" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hualong Pan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201401062" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J45G8PVR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229364v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Romero" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo del Pozo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belen Arrendondo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2014.09.033" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230516v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Guerrero" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germa Garcia-Belmonte" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201401233" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E856B40788F6C672E3B4A42F74C36EC47AFADC6F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967444v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien S&#233;bire" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4MH00021H" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869954v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony d'Al&#233;o" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baffert" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fages" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CC41351A" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817374v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Renaud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jun Mougnier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Pavlopoulou" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Brochon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fleury" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201104461" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1P03NHCW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780596v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4764026" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780649v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lahaye" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma5122521" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004416v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Mens" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bertho" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan d'Haen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lutsen" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.24600" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7VXFBZS3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967315v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Vandewal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Clodic" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scharber Markus" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004413v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reggers" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Ruttens" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2741" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6HSGRHJG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004003v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivaton" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gardette" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Firon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2011.02.002" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S9MQ6SMF-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967320v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Dili&#235;n" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J. Cleij" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Vanderzande" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967322v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortunato Piersimoni" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tine Boonen" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp110982m" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004420v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah van Mierloo" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyukbayram" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Adriaensens" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2593" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TJGB8ZL8-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512154v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Manceau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lema&#238;tre" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2009.11.021" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XG4FT30T-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512216v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manceau Matthieu" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chambon Sylvain" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillerez" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2010.03.012" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4RBDM43F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004703v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23628" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LPQL3R3B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508002v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanokwan Klahan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan N. Steinmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Treps" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles P&#233;castaings" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c19704" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05540859v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Galliano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Salinas-Villasenor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaila Yallum" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Horn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;hault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.6c00416" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05287135v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Holmes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingemar Persson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schmutz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gamarde" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5nr01734c" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370664v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmony Rondeluk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iheb Driouech" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cabannes-Bou&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loubet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chambon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c10589" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288089v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Missaoui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wantz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Toupance" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kuhn" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sc00802f" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208651v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Capdevila" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saran Waiprasoet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Xavier Capella Guardi&#224;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ruiz Herrero" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Hirsch" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5TC02260F" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398477v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dindault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Henri Roche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Leyney" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jousselin&#8208;oba" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vignau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.70053" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602992v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzanna Molenda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario M Bassani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400090" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488675v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Viollet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jousselin-Oba" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2024.112760" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312079v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Laval" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Deniau-Lejeune" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2023.112656" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699928v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TC02149E" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04346806v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Guizzardi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Maruzzo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Folpini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ee03744d" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808632v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Tian" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Lafranconi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Barr" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dastoor" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202404112" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685938v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Bonfante" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumiyasu Awai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaya Kubo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Segawa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soo Hyeon Kim" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2024.100920" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271194v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Hirakawa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR00839H" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234257v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Marcus" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Watts" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Bonfante" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202300249" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220325v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Politi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Clerc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamatimin Abbas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3mh00663h" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03836190v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Holmes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laval" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blanc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Allouche" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtchem.2022.101229" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348949v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Bassani" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202100329" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03169082v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lartigau-Dagron" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bousquet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c10161" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420257v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew G Barr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Fahy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy W Jones" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew A Marcus" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QM00980F" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03418784v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Holmes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxue Xu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cocis.2021.101511" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972444v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham Idriss" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Gapin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Khelifi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Karam&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c01680" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420105v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Szymanski" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reece Henry" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel H Stuard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uyxing Vongsaysy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Courtel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202000538" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999757v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Chevrier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurgen Kesters" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Houston" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko van den Brande" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.6088" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151677v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Palacio Valera" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schatz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ibarboure" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenrg.2018.00146" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684953v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Kielar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Daanoune" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fran&#231;ois-Martin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Flament" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dhez" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201700526" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784487v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Greenbank" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.01.011" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736854v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Awada" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Mattana" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tournebize" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodriguez Laurent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Flahaut" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2018.03.004" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972836v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Almosni" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Delamarre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Jehl" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Suchet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Cojocaru" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14686996.2018.1433439" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639523v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Greenbank" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolston" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Destouesse" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wantz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hirsch" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ta09665d" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639525v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Gorisse" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.7b09059" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01563209v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Archet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dandan Yao" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahine Abbas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D ' Al&#233;o" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.7b00157" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639517v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Thuau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valvin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Clevers" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tjoutis" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201700218" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280417v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greenbank William" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4938554" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280407v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Destouesse" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5b06964" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280383v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Murat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tardy" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5b06475" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101071v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Couto" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aymonier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mignard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pavageau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC07878K" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059848v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2014.08.063" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202434v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Derue" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dautel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drees" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hualong Pan" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201401062" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J45G8PVR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229364v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Romero" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo del Pozo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belen Arrendondo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2014.09.033" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230516v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Guerrero" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germa Garcia-Belmonte" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201401233" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E856B40788F6C672E3B4A42F74C36EC47AFADC6F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967444v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien S&#233;bire" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4MH00021H" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869954v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony d'Al&#233;o" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baffert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fages" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CC41351A" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817374v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Renaud" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jun Mougnier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Pavlopoulou" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Brochon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fleury" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201104461" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1P03NHCW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780596v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4764026" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780649v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lahaye" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma5122521" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004416v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Mens" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bertho" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan d'Haen" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lutsen" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.24600" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7VXFBZS3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967315v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Vandewal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Clodic" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scharber Markus" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004413v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reggers" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Ruttens" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2741" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6HSGRHJG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967320v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Dili&#235;n" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J. Cleij" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Vanderzande" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004003v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivaton" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gardette" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Firon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2011.02.002" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S9MQ6SMF-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967322v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortunato Piersimoni" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tine Boonen" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp110982m" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004420v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah van Mierloo" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyukbayram" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Adriaensens" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2593" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TJGB8ZL8-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512154v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Manceau" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lema&#238;tre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2009.11.021" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XG4FT30T-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512216v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manceau Matthieu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chambon Sylvain" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillerez" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2010.03.012" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4RBDM43F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004703v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23628" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LPQL3R3B-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>