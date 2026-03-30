--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -953,291 +953,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the load level on the creep behaviour of adhesively bonded fastener in tension: experimental investigations, analytical and numerical modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marthe Loiseau</w:t>
+                <w:t xml:space="preserve">French Metallic Train Sheds of 1850 to 1930: Structural Specificities and the Evolution of the Restoration Practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Franz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Rinke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐Luc Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Dieng</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 37 (21), pp.2995-3012. </w:t>
+              <w:t xml:space="preserve">International Journal of Architectural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01694243.2023.2168586⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15583058.2023.2272132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03972143v1</w:t>
+                <w:t xml:space="preserve">hal-04466750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Metallic Train Sheds of 1850 to 1930: Structural Specificities and the Evolution of the Restoration Practices</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mario Rinke</w:t>
+                <w:t xml:space="preserve">Impact of the load level on the creep behaviour of adhesively bonded fastener in tension: experimental investigations, analytical and numerical modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marthe Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Créac'Hcadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lepretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐Luc Martin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Odette Quéméré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Architectural Heritage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-23. </w:t>
+              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37 (21), pp.2995-3012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15583058.2023.2272132⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01694243.2023.2168586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466750v1</w:t>
+                <w:t xml:space="preserve">hal-03972143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nondestructive evaluation of FRP-reinforced structures bonded joints using acousto-ultrasonic: Towards diagnostic of damage state</w:t>
               </w:r>
@@ -1500,1988 +1500,1988 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of diffusion mechanisms in adhesively bonded composite reinforcements for steel structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marion Girard</w:t>
+                <w:t xml:space="preserve">Evaluation of a new adhesively bonded sample configuration adapted for ELS test and creep frame setups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arij Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lepretre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chapeleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites in Civil Engineering - CICE2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, the International Institute for FRP in Construction (IIFC), Jul 2025, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">CICE 2025 - 12th International Conference on FRP Composites in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05419245v1</w:t>
+                <w:t xml:space="preserve">hal-05398814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creep monitoring of adhesively bonded joints using acoustic emission</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J Cabel</w:t>
+                <w:t xml:space="preserve">Analysis of diffusion mechanisms in adhesively bonded composite reinforcements for steel structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lepretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Gaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites in Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Composites in Civil Engineering - CICE2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, the International Institute for FRP in Construction (IIFC), Jul 2025, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419234v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale concernant l'adhérence entre armatures en PRFV à matrice thermoplastique et béton</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maha Fodda</w:t>
+                <w:t xml:space="preserve">Creep monitoring of adhesively bonded joints using acoustic emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Cabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Creac'Hcadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gaillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNC 2025 - Journées Nationales sur les Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France. pp.1-6</w:t>
+              <w:t xml:space="preserve">Composites in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05360117v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a new adhesively bonded sample configuration adapted for ELS test and creep frame setups</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilie Lepretre</w:t>
+                <w:t xml:space="preserve">Etude expérimentale concernant l'adhérence entre armatures en PRFV à matrice thermoplastique et béton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Fodda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludwig Battais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Chapeleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Quiertant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CICE 2025 - 12th International Conference on FRP Composites in Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">JNC 2025 - Journées Nationales sur les Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05398814v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Validation of a Creep Frame Adapted for ELS (End Load Split) Test</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arij Fawaz</w:t>
+                <w:t xml:space="preserve">Use of equivalent interface samples during fracture mechanics investigations for the design of adhesively bonded composite reinforcements on steel structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lepretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Chapeleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Paboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMAR 2024 – 7th International Conference on Smart Monitoring, Assessment and Rehabilitation of Civil Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Salerno, Italy. pp.89-96, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prostr.2024.09.216⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Salerno, Italy. pp.893-900, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prostr.2024.09.364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04836980v1</w:t>
+                <w:t xml:space="preserve">hal-04836994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Static and Fatigue Strength Assessment of Composite Patch Repair</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Quentin Sourisseau</w:t>
+                <w:t xml:space="preserve">Development and Validation of a Creep Frame Adapted for ELS (End Load Split) Test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arij Fawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lepretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chapeleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OMAE 2024 - 43rd International Conference on Ocean, Offshore and Arctic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/OMAE2024-121843⟩</w:t>
+              <w:t xml:space="preserve">SMAR 2024 – 7th International Conference on Smart Monitoring, Assessment and Rehabilitation of Civil Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Salerno, Italy. pp.89-96, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prostr.2024.09.216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04872935v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisture absorption comparison between bulk adhesives and adhesively bonded joints in different environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arij Fawaz</w:t>
+                <w:t xml:space="preserve">Static and Fatigue Strength Assessment of Composite Patch Repair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Paboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Deydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lepretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCM21 – 21st European Conference on Composite Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OMAE 2024 - 43rd International Conference on Ocean, Offshore and Arctic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Singapour, Singapore. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/OMAE2024-121843⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05394975v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations on the ageing of GFRP rebar-concrete bond under sustained load for a high strength concrete</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noémie Delaplanque</w:t>
+                <w:t xml:space="preserve">Moisture absorption comparison between bulk adhesives and adhesively bonded joints in different environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arij Fawaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lepretre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chapeleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMAR 2024 – 7th International Conference on Smart Monitoring, Assessment and Rehabilitation of Civil Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ECCM21 – 21st European Conference on Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04776381v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05394975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of equivalent interface samples during fracture mechanics investigations for the design of adhesively bonded composite reinforcements on steel structures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Chapeleau</w:t>
+                <w:t xml:space="preserve">Investigations on the ageing of GFRP rebar-concrete bond under sustained load for a high strength concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Delaplanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Paboeuf</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Quiertant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Benzarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMAR 2024 – 7th International Conference on Smart Monitoring, Assessment and Rehabilitation of Civil Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Salerno, Italy. pp.893-900, </w:t>
+              <w:t xml:space="preserve">, Sep 2024, Salerno, Italy. pp.1492-1499, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prostr.2024.09.364⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.prostr.2024.09.399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04836994v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la durabilité des armatures PRF et de l’influence d’une charge appliquée durant le vieillissement sur les cinétiques de dégradation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noémie Delaplanque</w:t>
+                <w:t xml:space="preserve">Evaluation de la résistance sous chargement monotone et vis-à-vis de la fatigue de patchs collés développés pour la réparation de structures métalliques offshore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lepretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Karim Benzarti</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chapeleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Deydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français du Génie Civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Gif sur Yvette, France</w:t>
+              <w:t xml:space="preserve">JNC 2023 - Journées Nationales sur les Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMAC, Jul 2023, Besançon, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04321974v1</w:t>
+                <w:t xml:space="preserve">hal-04331794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new adhesively bonded composite repair for offshore steel structures: strength assessment and fatigue</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilie Lepretre</w:t>
+                <w:t xml:space="preserve">Modal analysis of a riveted lattice beam for improved retrofitting operations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Franz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Dieng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Rinke</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CICE 2023 - 11th International Conference on Fiber-Reinforced Polymer (FRP) Composites in Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Rio de Janeiro, Brazil. pp.1-11, </w:t>
+              <w:t xml:space="preserve">Eurosteel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Amsterdam, France. pp.333-338, </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.8136454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cepa.2279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04350830v1</w:t>
+                <w:t xml:space="preserve">hal-04472865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Durability of FRP reinforcing bars exposed to an alkaline environment with/without additional sustained load</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noëmie Delaplanque</w:t>
+                <w:t xml:space="preserve">Etude de la durabilité des armatures PRF et de l’influence d’une charge appliquée durant le vieillissement sur les cinétiques de dégradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Delaplanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Quiertant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Benzarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on FRP Composites in Civil Engineering (CICE 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrès Français du Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Gif sur Yvette, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04466576v1</w:t>
+                <w:t xml:space="preserve">hal-04321974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">USE OF FRP REBARS IN REINFORCED CONCRETE STRUCTURES: AN OVERVIEW OF THE 2021 FRENCH GUIDELINE FROM AFGC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new adhesively bonded composite repair for offshore steel structures: strength assessment and fatigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lepretre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Elhem Ghorbel</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chapeleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Deydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on FRP Composites in Civil Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CICE 2023 - 11th International Conference on Fiber-Reinforced Polymer (FRP) Composites in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Rio de Janeiro, Brazil. pp.1-11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.8136454⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04466559v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RFID autonomous sensors for monitoring corrosion on prestressed concrete bridges</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yannick Falaise</w:t>
+                <w:t xml:space="preserve">Durability of FRP reinforcing bars exposed to an alkaline environment with/without additional sustained load</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëmie Delaplanque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bourbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Quiertant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROSENSORS 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Conference on FRP Composites in Civil Engineering (CICE 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Rio de Janeiro, Brazil. 12 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.8109623⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04320646v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modal analysis of a riveted lattice beam for improved retrofitting operations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">USE OF FRP REBARS IN REINFORCED CONCRETE STRUCTURES: AN OVERVIEW OF THE 2021 FRENCH GUIDELINE FROM AFGC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Benzarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elhem Ghorbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosteel</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Conference on FRP Composites in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Rio de Janeiro, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cepa.2279⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04472865v1</w:t>
+                <w:t xml:space="preserve">hal-04466559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de la résistance sous chargement monotone et vis-à-vis de la fatigue de patchs collés développés pour la réparation de structures métalliques offshore</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maxime Deydier</w:t>
+                <w:t xml:space="preserve">RFID autonomous sensors for monitoring corrosion on prestressed concrete bridges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouzaffour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Talbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lescop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Rioual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Falaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNC 2023 - Journées Nationales sur les Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AMAC, Jul 2023, Besançon, France. pp.1-8</w:t>
+              <w:t xml:space="preserve">EUROSENSORS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04331794v1</w:t>
+                <w:t xml:space="preserve">hal-04320646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a mechanical frame adapted to Arcan tests to identify the creep behaviour of adhesive joints</w:t>
               </w:r>
@@ -3592,51 +3592,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Durabilité des armatures composites en PRF et des structures en béton armé par PRF soumises à un vieillissement sous charge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëmie Delaplanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4361,64 +4361,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Créac'Hcadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odette Quéméré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Composites in Civil Engineering (CICE 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Istanbul, Turkey. pp.2365-2377, </w:t>
@@ -4456,51 +4456,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Distributed Optical Fibre to Monitor the Crack Propagation of an Adhesively Bonded Joint During an ENF Test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Sourisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lepretre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5965,51 +5965,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Rinke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐Luc Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamine Dieng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6323,51 +6323,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4C6707E1"/>
+    <w:nsid w:val="731F59C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6554,51 +6554,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-chataigner" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5711-5269" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394703v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arij Fawaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lepretre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chapeleau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois David" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chataigner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2025.105301" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04543202v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouzaffour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Talbot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lescop" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rioual" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Falaise" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097180" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663960v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Delaplanque" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tharreau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Quiertant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benzarti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.137603" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04296367v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Loiseau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cr&#233;ac'Hcadec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Court" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1520/JTE20230225" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04472833v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Franz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Rinke" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Dieng" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2023.117052" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308533v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhem Ghorbel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972143v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odette Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2023.2168586" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04466750v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Luc Martin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2023.2272132" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483007v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Sarr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gaillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.125499" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00951747v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Youssef" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Loulou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Car&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Flety" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2013.10.074" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419245v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Medina" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419234v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cabel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Creac'Hcadec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360117v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Fodda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Battais" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398814v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836980v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2024.09.216" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872935v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Paboeuf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deydier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sourisseau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2024-121843" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394975v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04776381v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rolland" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2024.09.399" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836994v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2024.09.364" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321974v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350830v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8136454" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466576v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Delaplanque" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bourbon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8109623" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466559v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04320646v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472865v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cepa.2279" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04331794v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466502v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281735v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04331767v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Cr&#233;ac'Hcadec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Court" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848152v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280126v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466521v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04331808v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Soleilhet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Houhou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-09632-7_44" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466473v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88166-5_205" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03507675v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mouton" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88166-5_21" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466453v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Wahbeh" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Boundouki" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Martin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623254v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623261v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01022795v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Le Roy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01144838v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haysam Chafi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles For&#234;t" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Geara" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948698v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayssam Chafi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00952909v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00719754v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aubagnac" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00737013v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04320550v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macadr&#233; L-M." TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerthoffert A." TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darraz M." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baet&#233; C." TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wielant J." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22456.83204" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04320538v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coolegem" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikram Pakrashi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. O'Boyle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baet&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.21617.97120" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04472883v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327139v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Chabot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326923v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-chataigner" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5711-5269" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394703v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arij Fawaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lepretre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chapeleau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois David" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chataigner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2025.105301" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04543202v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouzaffour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Talbot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lescop" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rioual" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Falaise" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097180" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663960v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Delaplanque" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tharreau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Quiertant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benzarti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.137603" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04296367v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Loiseau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cr&#233;ac'Hcadec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Court" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1520/JTE20230225" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04472833v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Franz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Rinke" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Dieng" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2023.117052" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308533v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhem Ghorbel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04466750v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Luc Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2023.2272132" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972143v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odette Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2023.2168586" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483007v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Sarr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gaillet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.125499" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00951747v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Youssef" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Loulou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Car&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Flety" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2013.10.074" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398814v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419245v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Medina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419234v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cabel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Creac'Hcadec" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360117v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Fodda" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Battais" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836994v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sourisseau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Paboeuf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2024.09.364" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836980v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2024.09.216" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872935v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deydier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2024-121843" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394975v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04776381v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rolland" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2024.09.399" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04331794v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472865v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cepa.2279" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321974v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350830v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8136454" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466576v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Delaplanque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bourbon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8109623" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466559v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04320646v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466502v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281735v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04331767v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Cr&#233;ac'Hcadec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Court" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848152v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280126v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466521v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04331808v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Soleilhet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Houhou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-09632-7_44" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466473v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88166-5_205" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03507675v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mouton" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88166-5_21" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466453v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Wahbeh" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Boundouki" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Martin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623254v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623261v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01022795v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Le Roy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01144838v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haysam Chafi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles For&#234;t" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Geara" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948698v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayssam Chafi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00952909v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00719754v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aubagnac" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00737013v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04320550v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macadr&#233; L-M." TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerthoffert A." TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darraz M." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baet&#233; C." TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wielant J." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22456.83204" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04320538v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coolegem" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Schoefs" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikram Pakrashi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. O'Boyle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baet&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.21617.97120" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04472883v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327139v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Chabot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326923v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>