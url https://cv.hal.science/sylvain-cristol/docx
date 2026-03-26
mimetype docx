--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1996,294 +1996,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00169934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CO Adsorption on CoMo and NiMo Sulfide Catalysts - A Combined IR and DFT Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DFT study of thiophene adsorption on molybdenum sulfide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Cristol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Travert</w:t>
+                <w:t xml:space="preserve">Christian Schovsbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Dujardin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Edouard Veilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Payen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 239, pp.145</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00097646v1</w:t>
+                <w:t xml:space="preserve">hal-00097680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DFT study of thiophene adsorption on molybdenum sulfide</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CO Adsorption on CoMo and NiMo Sulfide Catalysts - A Combined IR and DFT Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Travert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Maugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Veilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Catalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 110, pp.1261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp0536549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00097680v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00097646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined DFT/Spectroscopic study of MoOx species interacting with TiO2 support</w:t>
               </w:r>
@@ -3371,51 +3371,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Mamede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4491,247 +4491,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00097972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operando studies of alumina-supported oxomolybdates for methanol selective oxidation</w:t>
+                <w:t xml:space="preserve">Ab-initio study of the thiophene desulfurization mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Payen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second International Congress on Operando Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Toledo, Spain</w:t>
+              <w:t xml:space="preserve">Fifth Tokyo Conference on Advanced Catalytic Science and Technology (TOCAT5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00097917v1</w:t>
+                <w:t xml:space="preserve">hal-00097973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab-initio study of the thiophene desulfurization mechanism</w:t>
+                <w:t xml:space="preserve">Operando studies of alumina-supported oxomolybdates for methanol selective oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Capron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Mamede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hamraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifth Tokyo Conference on Advanced Catalytic Science and Technology (TOCAT5)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">Second International Congress on Operando Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Toledo, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00097973v1</w:t>
+                <w:t xml:space="preserve">hal-00097917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined DFT/spectroscopic studies of MoOx species interacting with TiO2 support</w:t>
               </w:r>
@@ -5080,51 +5080,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Mamede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Brandhorst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5421,51 +5421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Brandhorst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5533,51 +5533,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Brandhorst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5753,51 +5753,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Mamede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Brandhorst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5878,64 +5878,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Veilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Schovsbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Payen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6124,64 +6124,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cristol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Veilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Schovsbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Payen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6232,51 +6232,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An operando combined Infrared/Raman and EPR spectroscopic study of the methanol oxidation over alumina supported molybdenum oxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Brandhorst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Capron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6513,51 +6513,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763592v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier S&#233;cordel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreya Nandi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Tougerti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cristol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Paul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202400432" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04753884v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Osei-Agyemang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lucas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Foucaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2022.04.099" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879284v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Mullaliu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Stievano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliana Aquilanti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper R. Plasier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2019.05.026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01877726v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b01460" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285956v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Mamede" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nuns" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Cristol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cantrel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Ould Souvi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.01.185" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0G8SX6DZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01078740v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp503208n" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855400v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Berrier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Mamede" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille La Fontaine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201300538" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S5TQPFBL-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687281v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.125136" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00667490v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Payen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barthe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328648v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Paul" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2007.07.020" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LMFRMKW9-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328714v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryutaro Koide" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel H. J. Hensen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Payen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2007.08.015" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PMDFQD5Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328742v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Vasconcelos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Tricot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Amoureux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic800637p" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-MP5C53W0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169936v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11244-007-0261-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CFGF49HR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169934v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hamraoui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0664622" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-NXTLQSD0-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097646v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Travert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dujardin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Maug&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Veilly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0536549" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-D8L6QFKW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097680v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schovsbo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169932v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097617v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hamad" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Catlow" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja045274r" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4T2CX83R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02340332v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Chesneau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Tricot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02341545v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02341552v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863358v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bouzat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01078789v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Darsy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Babonneau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169974v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169946v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169971v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Capron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169960v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delevoye" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169997v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169942v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170001v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101487v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger A. van Santen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097955v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097954v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101754v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097972v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097917v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097973v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097933v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097959v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097910v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097970v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Brandhorst" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097967v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurpreet Singh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ganapathy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097957v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097939v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Girardon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097942v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097950v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097825v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097971v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097968v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097845v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097802v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763592v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier S&#233;cordel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreya Nandi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Tougerti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cristol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Paul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202400432" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04753884v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Osei-Agyemang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lucas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Foucaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2022.04.099" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879284v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Mullaliu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Stievano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliana Aquilanti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper R. Plasier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2019.05.026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01877726v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b01460" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285956v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Mamede" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nuns" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Cristol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cantrel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Ould Souvi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.01.185" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0G8SX6DZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01078740v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp503208n" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855400v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Berrier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Mamede" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille La Fontaine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201300538" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S5TQPFBL-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687281v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.125136" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00667490v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Payen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barthe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328648v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Paul" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2007.07.020" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LMFRMKW9-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328714v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryutaro Koide" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel H. J. Hensen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Payen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2007.08.015" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PMDFQD5Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328742v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Vasconcelos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Tricot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Amoureux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic800637p" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-MP5C53W0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169936v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11244-007-0261-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CFGF49HR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169934v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hamraoui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0664622" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-NXTLQSD0-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097680v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schovsbo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Veilly" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097646v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Travert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dujardin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Maug&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0536549" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-D8L6QFKW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169932v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097617v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hamad" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Catlow" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja045274r" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4T2CX83R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02340332v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Chesneau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charpentier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Tricot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02341545v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02341552v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863358v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bouzat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01078789v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Darsy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Babonneau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169974v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169946v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169971v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Capron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169960v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delevoye" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169997v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169942v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170001v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101487v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger A. van Santen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097955v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097954v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101754v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097972v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097973v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097917v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097933v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097959v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097910v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097970v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Brandhorst" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097967v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurpreet Singh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ganapathy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097957v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097939v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Girardon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097942v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097950v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097825v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097971v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097968v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097845v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097802v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>