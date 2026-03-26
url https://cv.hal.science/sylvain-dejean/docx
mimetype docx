--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -274,291 +274,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Licence to chill? How enforcement of mandatory registration shapes short-term rental markets in France</w:t>
+                <w:t xml:space="preserve">Une analyse de la concentration de l’attention par les groupes médiatiques en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calum Robertson</w:t>
+                <w:t xml:space="preserve">Marianne Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Suire</w:t>
+                <w:t xml:space="preserve">Stéphanie Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 59 (1), </w:t>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76 (2), pp.133-177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00343404.2025.2533472⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/reco.762.0133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05222973v1</w:t>
+                <w:t xml:space="preserve">hal-05305362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse de la concentration de l’attention par les groupes médiatiques en France</w:t>
+                <w:t xml:space="preserve">Licence to chill? How enforcement of mandatory registration shapes short-term rental markets in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Lumeau</w:t>
+                <w:t xml:space="preserve">Calum Robertson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Peltier</w:t>
+                <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Economique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 76 (2), pp.133-177. </w:t>
+              <w:t xml:space="preserve">Regional Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/reco.762.0133⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00343404.2025.2533472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05305362v1</w:t>
+                <w:t xml:space="preserve">hal-05222973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Airbnb in the City”: assessing short-term rental regulation in Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calum Robertson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Regional Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 72, pp.647-682. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
@@ -605,64 +605,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partisan selective exposure in news consumption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Economics and Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 60, pp.100992. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1405,217 +1405,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gratuité sur Internet : de la logique marchande à la logique communautaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les internautes moteurs des processus d'adoption et développement de l'e-gouvernement : une étude sur les communes bretonnes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Godefroy Dang Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Godefroy Dang Nguyen</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Souquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, pp.42-47</w:t>
+              <w:t xml:space="preserve">Politiques et Management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (1), pp.29-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965949v1</w:t>
+                <w:t xml:space="preserve">hal-00965999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les internautes moteurs des processus d'adoption et développement de l'e-gouvernement : une étude sur les communes bretonnes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La gratuité sur Internet : de la logique marchande à la logique communautaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Godefroy Dang Nguyen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Souquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques et Management public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 30 (1), pp.29-49</w:t>
+              <w:t xml:space="preserve">Réalités industrielles. Annales des mines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.42-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00965999v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gratuité est-elle une fatalité sur les marchés numériques ? Une étude sur le consentement à payer pour des offres de contenus audiovisuels sur internet</w:t>
               </w:r>
@@ -1627,51 +1627,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Prévision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 3 (194), pp.15-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1966,51 +1966,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olson's paradox revisited : an empirical analysis of file-sharing behaviour in P2P file-sharing communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Pénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2181,221 +2181,221 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">My dealer is a rock star: digital piracy and social networks in the context of the french three-strikes law (HADOPI)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le financement participatif des projets culturels et ses petits mondes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariannig Le Béchec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alloing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Made in France : Studies in Popular Music</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Routledge, 2018</w:t>
+              <w:t xml:space="preserve">Financement participatif : une voie d'avenir pour la culture ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ministère de la culture, Secrétariat général, Département des études, de la prospective et des statistiques (DEPS) : Presses de la Fondation nationale des sciences politiques, 2018, Questions de culture (Paris), ISSN 1621-4307, 978-2-72-462325-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01962639v1</w:t>
+                <w:t xml:space="preserve">halshs-01972718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le financement participatif des projets culturels et ses petits mondes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">My dealer is a rock star: digital piracy and social networks in the context of the french three-strikes law (HADOPI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...23 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Suire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guibert; Gérôme and Rudent; Catherine. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Financement participatif : une voie d'avenir pour la culture ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ministère de la culture, Secrétariat général, Département des études, de la prospective et des statistiques (DEPS) : Presses de la Fondation nationale des sciences politiques, 2018, Questions de culture (Paris), ISSN 1621-4307, 978-2-72-462325-3</w:t>
+              <w:t xml:space="preserve">Made in France : Studies in Popular Music</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01972718v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle est l’efficacité des politiques publiques contre le piratage musical et audiovisuel ? Une évaluation microéconomique de la réponse graduée de la Hadopi</w:t>
               </w:r>
@@ -2601,51 +2601,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Godefroy Dang Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Souquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le numerique en société: actes du 9eme séminaire M@rsouin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2702,64 +2702,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring gentrification through commercial amenities: The case of Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calum Robertson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2790,90 +2790,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le financement participatif des projets culturels et ses petits mondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariannig Le Béchec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariannig Le Béchec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dejean</w:t>
+                <w:t xml:space="preserve">Camille Alloing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Méric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2936,51 +2936,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'information du Sénat fait au nom de la commission de la culture, de l’éducation et de la communication par la mission d’information sur la Hadopi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dejean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Suire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 600, Sénat. 2015, pp.141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -3092,51 +3092,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7179FF22"/>
+    <w:nsid w:val="52F351BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3323,51 +3323,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-dejean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3736-4599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/134329309" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222973v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dejean" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calum Robertson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Suire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00343404.2025.2533472" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305362v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lumeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Peltier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.762.0133" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123595v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-023-01215-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754686v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infoecopol.2022.100992" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279286v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lallement" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Euz&#233;by" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2019.03.014" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01866946v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. Arnold" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darmon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;nard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/jite-2018-0016" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645147v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00343404.2019.1619924" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547505v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godefroy Dang Nguyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jullien" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1744137417000182" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184017v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darmon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr2.0066" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162738v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2015.03.001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344836v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10824-013-9208-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965949v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965999v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Souquet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965945v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecop.194.0015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965939v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963851v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cesifo/ifp006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973156v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00401582v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966000v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962639v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972718v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariannig Le B&#233;chec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alloing" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;ric" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962640v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057066v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962641v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403526v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01508423v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01238566v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-dejean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3736-4599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/134329309" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305362v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dejean" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lumeau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Peltier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.762.0133" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222973v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calum Robertson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Suire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00343404.2025.2533472" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123595v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-023-01215-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754686v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infoecopol.2022.100992" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279286v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lallement" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Euz&#233;by" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2019.03.014" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01866946v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. Arnold" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darmon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;nard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1628/jite-2018-0016" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645147v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00343404.2019.1619924" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547505v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godefroy Dang Nguyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jullien" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1744137417000182" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184017v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Darmon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr2.0066" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162738v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respol.2015.03.001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344836v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10824-013-9208-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965999v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Souquet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965949v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965945v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecop.194.0015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965939v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963851v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cesifo/ifp006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973156v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00401582v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966000v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972718v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariannig Le B&#233;chec" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alloing" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;ric" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962639v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962640v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057066v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962641v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403526v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01508423v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01238566v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>