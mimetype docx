--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -196,278 +196,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sustainable game changer? Systematic review of serious games used for agriculture and research agenda</w:t>
+                <w:t xml:space="preserve">Introduction : Jeu sérieux : comment évaluer aujourd’hui cet outil après presque un demi-siècle de pratiques en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Andreotti</w:t>
+                <w:t xml:space="preserve">François Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Martel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2024.104178⟩</w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (3), pp.253-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2025006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813562v1</w:t>
+                <w:t xml:space="preserve">hal-04984332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : Jeu sérieux : comment évaluer aujourd’hui cet outil après presque un demi-siècle de pratiques en France ?</w:t>
+                <w:t xml:space="preserve">A sustainable game changer? Systematic review of serious games used for agriculture and research agenda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Guerrier</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Andreotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Martel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 32 (3), pp.253-259. </w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 222, pp.104178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/nss/2025006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2024.104178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984332v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation et ajustement chemin faisant de la mobilisation de jeux sérieux afin d’accompagner les éleveurs dans leurs changements de pratiques</w:t>
               </w:r>
@@ -2925,200 +2925,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02165564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations socio-professionnelles et choix de spécialisation : le cas de la filière vétérinaire rurale.</w:t>
+                <w:t xml:space="preserve">Représentations de la profession vétérinaire et choix d’orientation professionnelle : un regard sur le parcours des étudiants formés en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Siméone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale de pédagogie de l’enseignement supérieur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 30 (2)</w:t>
+              <w:t xml:space="preserve">La Semaine vétérinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1597</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01562398v1</w:t>
+                <w:t xml:space="preserve">hal-02177594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations de la profession vétérinaire et choix d’orientation professionnelle : un regard sur le parcours des étudiants formés en France</w:t>
+                <w:t xml:space="preserve">Représentations socio-professionnelles et choix de spécialisation : le cas de la filière vétérinaire rurale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Siméone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Semaine vétérinaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 1597</w:t>
+              <w:t xml:space="preserve">Revue internationale de pédagogie de l’enseignement supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02177594v1</w:t>
+                <w:t xml:space="preserve">halshs-01562398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (34)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (35)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3704,790 +3704,807 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecodesign tools and approaches in viticulture for professionals and learners, contributions of the Vitarbae project</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jeux sérieux et agriculture : quels apports pour la durabilité des systèmes ? Revue de littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Grillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dernat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Andreotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Martel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45e Congrès Mondial de la Vigne et du Vin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">Jeux et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France. 3p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05319336v1</w:t>
+                <w:t xml:space="preserve">hal-04651168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeux sérieux et agriculture : quels apports pour la durabilité des systèmes ? Revue de littérature</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ecodesign tools and approaches in viticulture for professionals and learners, contributions of the Vitarbae project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Renaud-Gentié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite A Renouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Sigwalt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baillet Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeux et enjeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Montpellier, France. 3p</w:t>
+              <w:t xml:space="preserve">45e Congrès Mondial de la Vigne et du Vin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04651168v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the limits for agricultural collectives under Geographical indications (GI) to take action in transitions?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Outils et démarches d’écoconception en viticulture pour les professionnels et les apprenants, apports du projet Vitarbae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Renaud-Gentié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marguerite A. Renouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Sigwalt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.703</w:t>
+              <w:t xml:space="preserve">45ème congrès mondial de la vigne et du vin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Organisation Internationale de la Vigne et du vin, Oct 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705427v1</w:t>
+                <w:t xml:space="preserve">hal-05540600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic review of serious games on livestock and how they consider sustainability</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Myriam Grillot</w:t>
+                <w:t xml:space="preserve">What are the limits for agricultural collectives under Geographical indications (GI) to take action in transitions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Neumeister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bedoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.944</w:t>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.703</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04752224v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04705427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connecting game design and mid/long term assessment in serious agri-environmental games.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Systematic review of serious games on livestock and how they consider sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Grillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lenora Ditzler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeux et Enjeux 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.944</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654897v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04752224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sustainable game changer? Systematic review of serious games using for agriculture</w:t>
+                <w:t xml:space="preserve">Connecting game design and mid/long term assessment in serious agri-environmental games.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gilles Martel</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rébecca Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Andreotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenora Ditzler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th European Seminar on Extension &amp; Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toulouse, France. pp.209-213</w:t>
+              <w:t xml:space="preserve">Jeux et Enjeux 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04676277v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining serious games contributes to changes of farmers’ practices. Case study in a French cheese PDO</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A sustainable game changer? Systematic review of serious games using for agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Ingrand</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Grillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Martel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th EAAP annual meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">26th European Seminar on Extension &amp; Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toulouse, France. pp.209-213</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845875v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining serious games contributes to changes of farmers’ practices. Case study in a French cheese PDO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rébecca Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4513,97 +4530,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Rigolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ingrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th European Seminar on Extension &amp; Education (ESEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">74th EAAP annual meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845894v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation d’une combinaison de jeux sérieux pour accompagner l’évolution des pratiques et des comportements d’agriculteurs</w:t>
+                <w:t xml:space="preserve">Combining serious games contributes to changes of farmers’ practices. Case study in a French cheese PDO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rébecca Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
@@ -4621,1992 +4638,2100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Rigolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ingrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des 1eres journées GAMAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">26th European Seminar on Extension &amp; Education (ESEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845925v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquête en région Rhône-Alpes-Auvergne sur les connaissances des pharmaciens sur l’écologie des tiques et la prévention de la maladie de Lyme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Severine Bord</w:t>
+                <w:t xml:space="preserve">Évaluation d’une combinaison de jeux sérieux pour accompagner l’évolution des pratiques et des comportements d’agriculteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rébecca Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Rigolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ingrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion Tiques &amp; Maladies à Tiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">Actes des 1eres journées GAMAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03632312v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité des services rendus par les systèmes herbagers en France et en Europe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Carrère</w:t>
+                <w:t xml:space="preserve">Enquête en région Rhône-Alpes-Auvergne sur les connaissances des pharmaciens sur l’écologie des tiques et la prévention de la maladie de Lyme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Ouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie René-Martellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les prairies et les herbivores au coeur de la durabilité agricole et alimentaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Académie d'Agriculture de France, May 2021, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Réunion Tiques &amp; Maladies à Tiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03237685v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03632312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de discours d’agriculteurs en polyculture-élevage pour étudier leur relation à la transition agroécologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Jarousse</w:t>
+                <w:t xml:space="preserve">Diversité des services rendus par les systèmes herbagers en France et en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Brunschwig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Recherche en Sciences Sociales 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFER, Apr 2021, Clermont - Ferrand, France</w:t>
+              <w:t xml:space="preserve">Les prairies et les herbivores au coeur de la durabilité agricole et alimentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie d'Agriculture de France, May 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813965v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03237685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Grange® : outil ludique au service de la compréhension des enjeux de l’élevage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse de discours d’agriculteurs en polyculture-élevage pour étudier leur relation à la transition agroécologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jarousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Vollet</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Brunschwig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Rencontres autour des Recherches sur les Ruminants (3R 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage; inrae, Jan 2020, Paris, France. pp.596-597</w:t>
+              <w:t xml:space="preserve">Journées de la Recherche en Sciences Sociales 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFER, Apr 2021, Clermont - Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03930655v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WIKISEMIO , une plateforme collaborative pour la définition de la sémiologie de cartes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La Grange® : outil ludique au service de la compréhension des enjeux de l’élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dernat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Vollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Visualization &amp; HCI* for Crowd-Sourcing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). FRA., Jun 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">25. Rencontres autour des Recherches sur les Ruminants (3R 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage; inrae, Jan 2020, Paris, France. pp.596-597</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790334v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt des données de téléphonie mobile et des sciences participatives pour l’estimation et la compréhension du risque de transmission de maladies liées à l’environnement : Application aux maladies transmises par les tiques</w:t>
+                <w:t xml:space="preserve">WIKISEMIO , une plateforme collaborative pour la définition de la sémiologie de cartes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Bord</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+                <w:t xml:space="preserve">Sandro Bimonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Johany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Noiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie René-Martellet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Johany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REID-ImmunInv2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Visualization &amp; HCI* for Crowd-Sourcing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). FRA., Jun 2019, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02790331v1</w:t>
+                <w:t xml:space="preserve">hal-02790334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge and experiences sharing in the collective support of a cheese PDO</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intérêt des données de téléphonie mobile et des sciences participatives pour l’estimation et la compréhension du risque de transmission de maladies liées à l’environnement : Application aux maladies transmises par les tiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Bord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie René-Martellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Johany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. European Seminar on Extension and Education (ESEE 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Acireale, Italy</w:t>
+              <w:t xml:space="preserve">REID-ImmunInv2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02165429v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick bite risk as a socio-spatial representation between health and landscapes</w:t>
+                <w:t xml:space="preserve">Knowledge and experiences sharing in the collective support of a cheese PDO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Johany</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Vollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Rigolot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28. Permanent European Conference for the Study of the Rural Landscape (PESCRL) : European Landscapes for quality of Life ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. pp.12</w:t>
+              <w:t xml:space="preserve">24. European Seminar on Extension and Education (ESEE 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Acireale, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01868804v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02165429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le jeu de territoire. Un dispositif pédagogique au service de l’accompagnement de la transition professionnelle des étudiants vers les territoires</w:t>
+                <w:t xml:space="preserve">Tick bite risk as a socio-spatial representation between health and landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Johany</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international francophone « Eduquer et Former au Monde de Demain »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">28. Permanent European Conference for the Study of the Rural Landscape (PESCRL) : European Landscapes for quality of Life ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01555774v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agir sur les choix d’orientation des étudiants vétérinaires en transformant leurs représentations socio-professionnelles et socio-spatiales : test d’un dispositif pédagogique utilisant le conflit socio-cognitif</w:t>
+                <w:t xml:space="preserve">Le jeu de territoire. Un dispositif pédagogique au service de l’accompagnement de la transition professionnelle des étudiants vers les territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Siméone</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Johany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème conférence internationale sur les représentations sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Marseille, France</w:t>
+              <w:t xml:space="preserve">Colloque international francophone « Eduquer et Former au Monde de Demain »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01555784v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01555774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Territory Game: an experiment in veterinary education of an innovative educational tool to help students career choices.</w:t>
+                <w:t xml:space="preserve">Agir sur les choix d’orientation des étudiants vétérinaires en transformant leurs représentations socio-professionnelles et socio-spatiales : test d’un dispositif pédagogique utilisant le conflit socio-cognitif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Johany</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Verchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Siméone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Siméone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. European Seminar on Extension and Education (ESEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association of International Agricultural and Extension Education (AIAEE). Davie, USA.; Wageningen University and Research Centre (WUR). Wageningen, NLD., Apr 2015, Wageningen, Netherlands. 2 p</w:t>
+              <w:t xml:space="preserve">13ème conférence internationale sur les représentations sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01202871v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01555784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Territory Game: an experiment in veterinary education of an innovative educational tool to help students career choices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Simeone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Johany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Symposium of Education and Extension</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation de la tâche 2 de VeTerrA : « parcours et activités »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Territory Game: an experiment in veterinary education of an innovative educational tool to help students career choices.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Johany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Siméone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VeTerra</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Ivry, France</w:t>
+              <w:t xml:space="preserve">22. European Seminar on Extension and Education (ESEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association of International Agricultural and Extension Education (AIAEE). Davie, USA.; Wageningen University and Research Centre (WUR). Wageningen, NLD., Apr 2015, Wageningen, Netherlands. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02090773v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01202871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wiki et écriture collaborative : quel apport pour la pédagogie universitaire ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Présentation de la tâche 2 de VeTerrA : « parcours et activités »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Gouttenoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Quintin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cecile Fiorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves J.-Y. Pailleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Blasquiet-Revol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Clermontoises de la pédagogie universitaire,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">VeTerra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Ivry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02391464v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specialization choices of vet students and attactivness of rural areas</w:t>
+                <w:t xml:space="preserve">Wiki et écriture collaborative : quel apport pour la pédagogie universitaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Quintin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VetEd Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Bristol, Royaume-Uni</w:t>
+              <w:t xml:space="preserve">Journées Clermontoises de la pédagogie universitaire,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01123146v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traiter les cartes mentales : une conception socio-cognitive originale entre chorèmes et analyse de discours</w:t>
+                <w:t xml:space="preserve">Specialization choices of vet students and attactivness of rural areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque internationale « l’Espace en partage » : approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">VetEd Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Bristol, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02391453v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traiter les cartes mentales : une conception originale entre chorèmes et analyse de discours</w:t>
+                <w:t xml:space="preserve">Traiter les cartes mentales : une conception socio-cognitive originale entre chorèmes et analyse de discours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Johany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque ESO</w:t>
+              <w:t xml:space="preserve">Colloque internationale « l’Espace en partage » : approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01543276v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traiter les cartes mentales : une conception socio-cognitive originale entre chorèmes et analyse de discours</w:t>
+                <w:t xml:space="preserve">Traiter les cartes mentales : une conception originale entre chorèmes et analyse de discours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Johany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « l’Espace en partage » : approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t>
+              <w:t xml:space="preserve">Colloque ESO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01543270v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01543276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traiter les cartes mentales : une conception socio-cognitive originale entre chorèmes et analyse de discours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dernat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Johany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « l’Espace en partage » : approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01543270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-spatial distance to rural areas and career choices of veterinary students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. International Conference on Higher Education and Mobilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Pierre Mendès-France (Grenoble 2). Grenoble, FRA., Dec 2013, Grenoble, France. 166 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01123147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6616,98 +6741,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territory Game: a pedagogical tool to assist veterinary students in career choices regarding rural areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Education Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02457932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6717,279 +6842,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes des 1eres journées GAMAE.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées GAMAE 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Clermont-Ferrand, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03768182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations sociocognitives de l'espace géographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Christine Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Depeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e Jounée d'études Représentations sociocognitives de l'espace géographique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 978 - 2 -7380 -1422 - 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01934636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6999,126 +7124,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux de plateau pour l'agriculture et le paysage Penser, concevoir, animer, évaluer, diffuser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Blache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">éditions Quae, 2023, Guides pratique, 9782759237036. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.35690/978-2-7592-3704-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7128,51 +7253,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation et ajustement chemin faisant de la mobilisation de jeux sérieux afin d’accompagner les éleveurs dans leurs changements de pratiques. ANNEXES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rébecca Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7207,174 +7332,174 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ingrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce qu’il faut retenir des tiques et de la prévention de la maladie de Lyme.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Ouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie René-Martellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/c0gnl8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02998105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7384,108 +7509,108 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating the impact of serious games for ecological and social transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Fiorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05460188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7495,410 +7620,410 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques d'accompagnement des collectifs viticoles et arboricoles - Rapport d'enquête du projet VITARBAE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Batard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bussière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Rosies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Sigwalt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Fourrié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrae. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251838v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jeux sérieux en Agriculture, Alimentation, Environnement, Développement des territoires en France : Par qui ? Pour quoi ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dernat Sylvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martel Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revalo Astrid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Médulline Terrier-Gesbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAE. 2021, pp.1-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03454222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Veterra Massif Central : vétérinaires et territoires ruraux attractifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Gouttenoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Truchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blasquiet-Revol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02602258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu – Atelier 2 – Malette Pédagogique VeTerrA – 24 sept 2015,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Conrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7919,73 +8044,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Document VetAgroSup,. 2015, 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05155555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Productions JdT «VeTerrA-Orientation». Version Test –Marcy l’étoile 3 février 2015,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8007,51 +8132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Document INRAE. 2015, 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05155575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8061,100 +8186,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix de carrière dans l'enseignement vétérinaire et attractivité des territoires ruraux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université Blaise Pascal (Clermont Ferrand 2), 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02801800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8164,51 +8289,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Support de formation au jeu de territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dernat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8217,65 +8342,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Johany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Formation au développement et à l'animation de jeu de territoire, 2017, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId195"/>
+      <w:footerReference w:type="default" r:id="rId199"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8343,51 +8468,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="20858569"/>
+    <w:nsid w:val="A09B678E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8574,51 +8699,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-dernat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0204-7131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197771254" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04813562v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dernat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Andreotti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104178" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04984332v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerrier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salliou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025006" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114061v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Etienne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rigolot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04813567v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127fq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176194v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilla Khamzina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Streith" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guimond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2023022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dernat Sylvain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vollet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2023.103685" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772895v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;dulline Terrier-Gesbert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Johany" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958084v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Etienne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Pailleux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2022.776959" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672010v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Bord" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ouillon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ren&#233;-Martellet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2022.101932" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03292157v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03818591v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cayre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1389224X.2021.1873155" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03454236v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toffoletti Hugo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charrier Fran&#231;ois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johany Fran&#231;ois" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27685241.2021.1975977" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151442v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Modernel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ruggia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Soca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2020.544828" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618298v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land8030046" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860874v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sim&#233;one" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03069885.2018.1506566" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051582v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728106v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Verchere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787885v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635896v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427649v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27867" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562397v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.1753" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202151v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tierney Kinnison" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.g7631" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01532125v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277626v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sanchez-Rouissi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123165v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630532v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165564v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562398v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177594v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514428v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398941v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pichancourt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Klomski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05180345v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedoin Florence" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neumeister Delphine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polge Etienne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasbleiz Ronan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05333518v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Souch&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300883v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Guichet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Audouin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hossard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109311v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Neumeister" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bedoin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud-Genti&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite A Renouf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sigwalt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Julien" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baillet Vincent" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651168v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705427v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04752224v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654897v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Reymond" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenora Ditzler" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04676277v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845875v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845894v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845925v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632312v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Ouillon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03237685v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813965v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jarousse" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03930655v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790334v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Bimonte" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Noiret" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lebert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790331v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bord" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165429v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868804v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01555774v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01555784v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Verch&#232;re" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202871v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02391300v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simeone" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02090773v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gouttenoire" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Fiorelli" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves J.-Y. Pailleux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blasquiet-Revol" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02391464v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Quintin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123146v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02391453v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543276v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543270v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123147v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457932v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03768182v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934636v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Bronner" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Depeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197111v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Blache" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3704-3" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846068v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02998105v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Forestier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/c0gnl8" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460188v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fiorio" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251838v3" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Batard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bussi&#232;re" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rosies" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fourri&#233;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03454222v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martel Gilles" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Revalo Astrid" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602258v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Truchet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bosc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blasquiet-Revol" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155555v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Conrard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155575v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02801800v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791679v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-dernat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0204-7131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197771254" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04984332v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dernat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerrier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salliou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025006" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04813562v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Andreotti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104178" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114061v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Etienne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Rigolot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04813567v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127fq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176194v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilla Khamzina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Streith" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guimond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2023022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dernat Sylvain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vollet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2023.103685" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772895v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;dulline Terrier-Gesbert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Johany" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958084v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Etienne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Pailleux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2022.776959" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672010v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Bord" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ouillon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ren&#233;-Martellet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2022.101932" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03292157v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03818591v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cayre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1389224X.2021.1873155" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03454236v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toffoletti Hugo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charrier Fran&#231;ois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johany Fran&#231;ois" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27685241.2021.1975977" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151442v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Modernel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ruggia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Soca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2020.544828" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618298v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land8030046" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860874v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sim&#233;one" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03069885.2018.1506566" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051582v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728106v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Verchere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787885v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635896v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427649v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27867" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562397v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.1753" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202151v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tierney Kinnison" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.g7631" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01532125v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277626v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sanchez-Rouissi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123165v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630532v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165564v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177594v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562398v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514428v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398941v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pichancourt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Klomski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05180345v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedoin Florence" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neumeister Delphine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polge Etienne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasbleiz Ronan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05333518v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Souch&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300883v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Guichet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Audouin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hossard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109311v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Neumeister" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bedoin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651168v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319336v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud-Genti&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite A Renouf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sigwalt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Julien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baillet Vincent" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540600v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite A. Renouf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Julien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705427v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04752224v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654897v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Reymond" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenora Ditzler" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04676277v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845875v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845894v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845925v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632312v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Ouillon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03237685v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813965v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jarousse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03930655v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790334v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Bimonte" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Noiret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lebert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790331v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bord" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165429v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868804v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01555774v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01555784v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Verch&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02391300v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simeone" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202871v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02090773v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gouttenoire" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Fiorelli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves J.-Y. Pailleux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blasquiet-Revol" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02391464v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Quintin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123146v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02391453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543276v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543270v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123147v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02457932v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03768182v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934636v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Bronner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Depeau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197111v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Blache" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3704-3" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846068v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02998105v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Forestier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/c0gnl8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460188v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fiorio" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251838v3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Batard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bussi&#232;re" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rosies" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fourri&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03454222v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martel Gilles" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Revalo Astrid" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602258v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Truchet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bosc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blasquiet-Revol" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155555v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Conrard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155575v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02801800v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791679v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>