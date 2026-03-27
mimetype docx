--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1384,152 +1384,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00149488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance en boucle à recirculation à 10 Gbit/s d'un régénérateur 3R tout-optique à base d'amplificateurs optiques à semi-conducteurs et insensible à la polarisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance of a Polarization Insensitive 3R Optical Regenerator Based on a new SOA-NOLM Architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bramerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roncin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Fève</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Feve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er séminaire du Groupement d'Intérêt Scientifique dédié aux Fonctions Optiques pour les TélécommunicatiONs (FOTON 2004)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2004, Plestin-les-Grèves, France. pp.65-67</w:t>
+              <w:t xml:space="preserve">30th European Conference on Optical Communications (ECOC 2004)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Stockholm, Sweden. pp.378-379</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00151944v1</w:t>
+                <w:t xml:space="preserve">hal-00148598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'absorbant saturable à multipuits quantiques pour la régénération 2R optique, mise en évidence d'effets thermiques</w:t>
               </w:r>
@@ -1634,152 +1634,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00151936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of a Polarization Insensitive 3R Optical Regenerator Based on a new SOA-NOLM Architecture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance en boucle à recirculation à 10 Gbit/s d'un régénérateur 3R tout-optique à base d'amplificateurs optiques à semi-conducteurs et insensible à la polarisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bramerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roncin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Feve</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th European Conference on Optical Communications (ECOC 2004)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Stockholm, Sweden. pp.378-379</w:t>
+              <w:t xml:space="preserve">1er séminaire du Groupement d'Intérêt Scientifique dédié aux Fonctions Optiques pour les TélécommunicatiONs (FOTON 2004)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2004, Plestin-les-Grèves, France. pp.65-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148598v1</w:t>
+                <w:t xml:space="preserve">hal-00151944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques de régénération tout optique 2R et 3R</w:t>
               </w:r>
@@ -1884,260 +1884,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00148587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régénération Tout Optique du Signal pour les Systèmes de Transmission à Haut Débit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compression d'Impulsions par Mélange à Quatre Ondes dans les Amplificateurs à Semiconducteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Roncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Feve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Simon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque " Effets Non Linéaires et Télécommunications Optiques "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2002, Orsay, France</w:t>
+              <w:t xml:space="preserve">21èmes Journées Nationales d'Optique Guidée (JNOG 2002)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Dijon, France. pp.58-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00150176v1</w:t>
+                <w:t xml:space="preserve">hal-00151056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compression d'Impulsions par Mélange à Quatre Ondes dans les Amplificateurs à Semiconducteurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Régénération Tout Optique du Signal pour les Systèmes de Transmission à Haut Débit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Ginovart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Chares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roncin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21èmes Journées Nationales d'Optique Guidée (JNOG 2002)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Dijon, France. pp.58-60</w:t>
+              <w:t xml:space="preserve">Colloque " Effets Non Linéaires et Télécommunications Optiques "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2002, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00151056v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00150176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2363,51 +2363,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="20B24B1D"/>
+    <w:nsid w:val="B7F43AA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2594,51 +2594,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-feve" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6860-6250" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-1556-2008" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189825v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Le Cren" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Feve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lobo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Simon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023327v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.05.024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNB7GFJS-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148321v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bramerie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ginovart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roncin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03001223" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583610v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pohardy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Dogon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Carr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain F&#232;ve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hardy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148361v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Girault" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080238v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling M. Clarke" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lobo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO.2006.4627878" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079086v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Amaya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Sharaiha" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ginovart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rampone" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.2005.1568338" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151921v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Moreau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149488v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151944v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151936v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148598v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148587v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150176v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Goujon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Chares" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151056v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989867v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Millaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cramer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jaou&#235;n" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-feve" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6860-6250" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-1556-2008" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189825v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Le Cren" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Feve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lobo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Simon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023327v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.05.024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNB7GFJS-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148321v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bramerie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ginovart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roncin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03001223" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583610v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pohardy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Dogon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Carr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain F&#232;ve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hardy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148361v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Girault" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080238v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling M. Clarke" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lobo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO.2006.4627878" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079086v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Amaya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Sharaiha" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ginovart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rampone" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.2005.1568338" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151921v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Moreau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149488v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148598v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151936v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151944v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148587v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151056v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150176v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Goujon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Chares" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989867v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Millaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cramer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jaou&#235;n" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>