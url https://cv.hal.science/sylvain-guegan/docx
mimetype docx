--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -193,451 +193,451 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric Foam-Like Capacitive Sensors for 3D Printing of Deformable Parts with Sensing Capabilities</w:t>
+                <w:t xml:space="preserve">Robotique d’assistance : conception et commande pour l’autonomie en fauteuil roulant électrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Eduardo Aguilar-Segovia</w:t>
+                <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Grzeskowiak</w:t>
+                <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Lefebvre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guégan</w:t>
+                <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/jsen.2024.3510138⟩</w:t>
+              <w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51257/a-v1-s7794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04891580v1</w:t>
+                <w:t xml:space="preserve">hal-05116178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Customization of 3D printed sensing devices in the layered fabrication space</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parametric Foam-Like Capacitive Sensors for 3D Printing of Deformable Parts with Sensing Capabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Eduardo Aguilar-Segovia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Grzeskowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Eduardo Aguilar-Segovia</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Sylvain Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Babel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2025.104459⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (3), pp.4261-4272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/jsen.2024.3510138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05358243v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robotique d’assistance : conception et commande pour l’autonomie en fauteuil roulant électrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Customization of 3D printed sensing devices in the layered fabrication space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Eduardo Aguilar-Segovia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Perchy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Hugron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-45. </w:t>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 133, pp.104459. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.51257/a-v1-s7794⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2025.104459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05116178v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05358243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Material Torque Sensor Embedding One-Shot 3D-Printed Deformable Capacitive Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Eduardo Aguilar-Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -714,51 +714,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assistive Robotic Technologies for Next-Generation Smart Wheelchairs: Codesign and Modularity to Improve Users' Quality of Life</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Morbidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalin Stefan Teodorescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -874,51 +874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Courteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Deblaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (2), pp.48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -978,51 +978,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelling, measurement and control C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 79 (4), pp.168-172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1287,230 +1287,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00362520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Prototyping of a Partially Decoupled 4-DOF 3T1R Parallel Manipulator with High-Load Carrying Capacity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design and Prototyping of a New Balancing Mechanism for Spatial Parallel Manipulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Baradat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vigen Arakelian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Briot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vigen Arakelian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guegan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transaction of the ASME, Journal of Mechanical Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 130 (12), pp.Vol. 130, No. 12</w:t>
+              <w:t xml:space="preserve">Journal of Mechanical Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 130 (7)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00362518v1</w:t>
+                <w:t xml:space="preserve">hal-00451887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Prototyping of a New Balancing Mechanism for Spatial Parallel Manipulators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Baradat</w:t>
+                <w:t xml:space="preserve">Design and Prototyping of a Partially Decoupled 4-DOF 3T1R Parallel Manipulator with High-Load Carrying Capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vigen Arakelian</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guegan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanical Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 130 (7)</w:t>
+              <w:t xml:space="preserve">Transaction of the ASME, Journal of Mechanical Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 130 (12), pp.Vol. 130, No. 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00451887v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00362518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inverse and Direct Dynamic Modeling of Gough-Stewart Robots</w:t>
               </w:r>
@@ -1636,77 +1636,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SOFAMEA 2025 - XXIIIe Congrès de la Société Francophone d'Analyse du Mouvement chez l'Adulte et l'Enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France</w:t>
@@ -1886,77 +1886,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICORR 2025 - IEEE International Conference on Rehabilitation Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Chicago, United States. pp.1-6, </w:t>
@@ -2033,51 +2033,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Pacchierotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2141,90 +2141,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Force-Triggered Control Design for User Intent-Driven Assistive Upper-Limb Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IROS 2024 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Abu Dhabi, United Arab Emirates. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2262,90 +2262,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model-based upper-limb gravity compensation strategies for active dynamic arm supports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICORR 2023 - IEEE International Conference on Rehabilitation Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Singapore, Singapore. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2370,103 +2370,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A generic power wheelchair lumped model in the sagittal plane: towards realistic self-motion perception in a virtual reality simulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Grzeskowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRA 2023 - IEEE International Conference on Robotics and Automation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, May 2023, Londres, United Kingdom. pp.1-6</w:t>
@@ -2521,51 +2521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Leblong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Fraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2629,103 +2629,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SWALKIT: A generic augmented walker kit to provide haptic feedback navigation assistance to people with both visual and motor impairments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Grzeskowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Souza Vieira Dutra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Int. Conf. on Rehabilitation Robotics, ICORR'22</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. pp.1-6</w:t>
@@ -2806,51 +2806,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronaldo da Silva Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Alias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handicap 2020 - 11e conférence de l'IFRATH sur les technologies d'assistance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Paris, France</w:t>
@@ -2931,51 +2931,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronaldo da Silva Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Alias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handicap 2020 Technologies pour l'autonomie et l'inclusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Paris, France</w:t>
@@ -3004,64 +3004,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérience de conduite en fauteuil roulant dans une ville virtuelle avec un simulateur multisensoriel conçu selon une approche centrée sur l'utilisateur : une étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3142,64 +3142,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">User-centered design of a multisensory power wheelchair simulator: towards training and rehabilitation applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vailland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Grzeskowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoren Gaffary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3375,51 +3375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> IFRATH 2018 - 10ème Conférence sur les Aides Techniques pour les Personnes en Situation de Handicap, Handicap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3444,77 +3444,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a haptic guidance solution for assisted power wheelchair navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Devigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vishnu K Narayanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3673,77 +3673,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HandiViz project: clinical validation of a driving assistance for electrical wheelchair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gallien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3846,51 +3846,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Walaszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afia Kouadri-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihed Flifla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4183,51 +4183,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution to the Improvement of the Medical Device SurgiScope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Briot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Baradat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4389,239 +4389,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00451954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Static and Dynamic Analysis of the PAMINSA</w:t>
+                <w:t xml:space="preserve">Design and Prototyping of New 4, 5 and 6 Degrees of Freedom Parallel Manipulators Based on the Copying Properties of the Pantograph Linkage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vigen Arakelian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Briot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Briot</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Le Flecher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDETC/CIE, ASME 2005 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">36th International Symposium on Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Tokyo, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00451950v1</w:t>
+                <w:t xml:space="preserve">hal-00451948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Prototyping of New 4, 5 and 6 Degrees of Freedom Parallel Manipulators Based on the Copying Properties of the Pantograph Linkage</w:t>
+                <w:t xml:space="preserve">Static and Dynamic Analysis of the PAMINSA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vigen Arakelian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Briot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Le Flecher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th International Symposium on Robotics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IDETC/CIE, ASME 2005 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Long Beach, CA, United States. pp.803-809, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/DETC2005-84679⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00451948v1</w:t>
+                <w:t xml:space="preserve">hal-00451950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the Dynamic Parameters of the Orthoglide</w:t>
               </w:r>
@@ -4877,51 +4877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonie Plancoulaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Plestan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Chablat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5030,51 +5030,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kidiyo Kpalma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Belkasmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Saber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5159,77 +5159,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de correction d'une trajectoire dans un dispositif d'aide au déplacement de personnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Pressigout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bazin Eric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5350,51 +5350,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F2F56CD2"/>
+    <w:nsid w:val="2527F0AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5581,51 +5581,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-guegan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8797-6078" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891580v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Eduardo Aguilar-Segovia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Grzeskowiak" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lefebvre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Babel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gu&#233;gan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2024.3510138" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358243v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Eduardo Aguilar-Segovia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Perchy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Hugron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2025.104459" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116178v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Devigne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-s7794" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699911v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Manzano" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Breton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Farhi-Rivasseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2024.3440195" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709574v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Morbidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Stefan Teodorescu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Fraudet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Leblong" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2022.3178965" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657842v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Johra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Courteille" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Deblaise" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics11020048" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02124781v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Baudry" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guegan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/mmc_c.790403" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005166v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diot Ga&#235;l" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afia Kouadri-David" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Walaszek" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihed Flifla" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-013-0189-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FJ86L2G2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362520v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigen Arakelian" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362518v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451887v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baradat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401751v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wisama Khalil" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897551v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Gallois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vignais" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356901v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manzano Maxime" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallois Ma&#235;l" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;gan Sylvain" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Breton Ronan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devigne Louise" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04926088v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICORR66766.2025.11063068" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04553415v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Cabaret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bout" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pacchierotti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70061-3_21" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774539v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217470v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044201v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pasteau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217516v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI230654" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709659v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Souza Vieira Dutra" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050656v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Ertaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ragot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo da Silva Moura" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alias" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02992572v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves y Ertaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02339573v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouranton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02134530v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vailland" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoren Gaffary" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443162v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gavrus" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marco" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01821863v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01866150v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishnu K Narayanan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2018.00547" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443166v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adinel Gavrus" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Marco" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallien" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Nicolas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARSO.2015.7428213" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561188v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Diot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/520/1/012018" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005425v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dubourg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451933v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2007-35067" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451954v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maurine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451950v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2005-84679" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451948v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Flecher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362674v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lemoine" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2003.1242095" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162630v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wenger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285951v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Plancoulaine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plestan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02924575v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali El Moussati" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kidiyo Kpalma" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Belkasmi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Saber" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53187-4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245444v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pressigout" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bazin Eric" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-guegan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8797-6078" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116178v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Babel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gu&#233;gan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Devigne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-s7794" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891580v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Eduardo Aguilar-Segovia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Grzeskowiak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lefebvre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2024.3510138" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358243v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Eduardo Aguilar-Segovia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Perchy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Hugron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2025.104459" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699911v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Manzano" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Breton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Farhi-Rivasseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2024.3440195" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709574v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Morbidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalin Stefan Teodorescu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Fraudet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Leblong" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2022.3178965" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657842v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Johra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Courteille" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Deblaise" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics11020048" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02124781v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Baudry" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guegan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/mmc_c.790403" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005166v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diot Ga&#235;l" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afia Kouadri-David" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Walaszek" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihed Flifla" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-013-0189-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FJ86L2G2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362520v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigen Arakelian" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451887v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baradat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362518v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401751v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wisama Khalil" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897551v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Gallois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vignais" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356901v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manzano Maxime" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallois Ma&#235;l" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;gan Sylvain" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Breton Ronan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devigne Louise" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04926088v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICORR66766.2025.11063068" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04553415v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Cabaret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bout" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pacchierotti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70061-3_21" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774539v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217470v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044201v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pasteau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217516v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI230654" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709659v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Souza Vieira Dutra" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050656v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Ertaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ragot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo da Silva Moura" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Alias" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02992572v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves y Ertaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02339573v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouranton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02134530v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vailland" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoren Gaffary" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443162v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gavrus" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marco" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01821863v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01866150v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishnu K Narayanan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2018.00547" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443166v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adinel Gavrus" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Marco" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallien" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Nicolas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARSO.2015.7428213" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561188v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Diot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/520/1/012018" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005425v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dubourg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451933v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2007-35067" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451954v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maurine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451948v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Flecher" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451950v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2005-84679" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362674v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lemoine" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2003.1242095" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162630v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chablat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wenger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285951v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Plancoulaine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plestan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02924575v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali El Moussati" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kidiyo Kpalma" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Belkasmi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Saber" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53187-4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245444v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pressigout" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bazin Eric" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>