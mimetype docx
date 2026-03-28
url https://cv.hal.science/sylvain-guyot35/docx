--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -3161,265 +3161,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des cidres et des couleurs (Partie 2) : Comment se forme la couleur d’un jus de pomme ou d’un cidre ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Haze in Apple-Based Beverages: detailed polyphenol, polysaccharide, protein, and mineral compositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poupard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Bauduin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Bauduin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pomme à cidre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, Journal of Agricultural and Food Chemistry, 65 (31), pp.6404-6414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b05819⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02623184v1</w:t>
+                <w:t xml:space="preserve">hal-01608387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haze in Apple-Based Beverages: detailed polyphenol, polysaccharide, protein, and mineral compositions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Millet</w:t>
+                <w:t xml:space="preserve">Des cidres et des couleurs (Partie 2) : Comment se forme la couleur d’un jus de pomme ou d’un cidre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bauduin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pomme à cidre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45, pp.13-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b05819⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01608387v1</w:t>
+                <w:t xml:space="preserve">hal-02623184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphenol profile, PPO activity and pH variation in relation to colour changes in a series of red-fleshed apple juices</w:t>
               </w:r>
@@ -3910,412 +3910,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL Analysis and Candidate Gene Mapping for the Polyphenol Content in Cider Apple</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les Polyphénols de la pomme aux cidres : diversité variétale et procédés, facteurs clé de la modulation des saveurs et des couleurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Verdu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+                <w:t xml:space="preserve">Ronan Symoneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Childebrand</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R. Bauduin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0107103⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42, pp.105-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/6057-2e06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01123439v1</w:t>
+                <w:t xml:space="preserve">hal-02629833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyphenol variability in the fruits and juices of a cider apple progeny</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+                <w:t xml:space="preserve">QTL Analysis and Candidate Gene Mapping for the Polyphenol Content in Cider Apple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Verdu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Childebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Marnet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gildas Lebail</w:t>
+                <w:t xml:space="preserve">Muriel Bahut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Dupuis</w:t>
+                <w:t xml:space="preserve">Jean-Marc Celton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 94 (7), pp.1305 - 1314. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (10), pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jsfa.6411⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0107103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209956v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Polyphénols de la pomme aux cidres : diversité variétale et procédés, facteurs clé de la modulation des saveurs et des couleurs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+                <w:t xml:space="preserve">Polyphenol variability in the fruits and juices of a cider apple progeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Verdu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Childebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Symoneaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Lebail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Bauduin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabrice Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 42, pp.105-123. </w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 94 (7), pp.1305 - 1314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/6057-2e06⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jsfa.6411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02629833v1</w:t>
+                <w:t xml:space="preserve">hal-01209956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production profiles of phenolics from fungal tannic acid biodegradation in submerged and solid-state fermentation</w:t>
               </w:r>
@@ -4747,51 +4747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krzysztof Kolodziejczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Bauduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 62 (29), pp.6944-54. </w:t>
@@ -4823,437 +4823,437 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed polyphenol and tannin composition and its variability in tunisian dates (Phoenix dactylifera L.) at different maturity stages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polyphenol composition, antioxidant capacity, and antimicrobial activity of the extracts obtained from industrial sour cherry pomace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof Kolodziejczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hedi Hammouda</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain A. Baron</w:t>
+                <w:t xml:space="preserve">Michal Sojka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maribel Abadias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inmaculada Vinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf304614j⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51, pp.279-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2013.09.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651045v1</w:t>
+                <w:t xml:space="preserve">hal-02652754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyphenol composition, antioxidant capacity, and antimicrobial activity of the extracts obtained from industrial sour cherry pomace</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Histolocalization and physico-chemical characterization of dihydrochalcones: Insight into the role of apple major flavonoids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inmaculada Vinas</w:t>
+                <w:t xml:space="preserve">Matthieu Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Duge de Bernonville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lohou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guillemette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2013.09.030⟩</w:t>
+              <w:t xml:space="preserve">Phytochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 90, pp.78 - 89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phytochem.2013.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02652754v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histolocalization and physico-chemical characterization of dihydrochalcones: Insight into the role of apple major flavonoids</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Lohou</w:t>
+                <w:t xml:space="preserve">Detailed polyphenol and tannin composition and its variability in tunisian dates (Phoenix dactylifera L.) at different maturity stages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Hammouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamila Kalthoum Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Trabelsi-Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.phytochem.2013.02.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61 (3), pp.3252-3263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf304614j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01209908v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of microbial metabolism of Syrah grape products in an in vitro colon model using targeted and non-targeted analytical approaches.</w:t>
               </w:r>
@@ -5620,64 +5620,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Same ammo, different weapons: enzymatic extracts from two apple genotypes with contrasted susceptibilities to fire blight ([i]Erwinia amylovora[/i]) differentially convert phloridzin and phloretin in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Duge de Bernonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6038,51 +6038,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphenol profiles of tunisian apples and evaluation of their total antioxidant capacity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. J. Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6159,64 +6159,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The constitutive phenolic composition of two Malus x domestica genotypes is not responsible for their contrasted susceptibilities to fire blight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Duge de Bernonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6591,467 +6591,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apple proanthocyanidins do not reduce the induction of preneoplastic lesions in the colon of rats associated with human microbiota</w:t>
+                <w:t xml:space="preserve">Kinetics of Polyphenol Losses During Soaking and Drying of Cider Apples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Lhoste</w:t>
+                <w:t xml:space="preserve">Emilie Devic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelia Bruneau</w:t>
+                <w:t xml:space="preserve">Jean-Dominique Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Bensaada</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Bonazzi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf904010a⟩</w:t>
+              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3 (6), pp.867-877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11947-010-0361-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204235v1</w:t>
+                <w:t xml:space="preserve">hal-02665368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotransformation of procyanidins by a purified fungal dioxygenase : identification and characterization of the products using mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roopesh Krishnankutty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulhameed Sabu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roopesh Krishnankutty</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+                <w:t xml:space="preserve">M. Haridas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Perraud Gaime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Process Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 45 (6), pp.904-913. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procbio.2010.02.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02661495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetics of Polyphenol Losses During Soaking and Drying of Cider Apples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apple proanthocyanidins do not reduce the induction of preneoplastic lesions in the colon of rats associated with human microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelia Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Devic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+                <w:t xml:space="preserve">Martine Bensaada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Dominique Daudin</w:t>
+                <w:t xml:space="preserve">Claire Cherbuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Bonazzi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Catherine Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 3 (6), pp.867-877. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 58 (7), pp.4120-4125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11947-010-0361-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jf904010a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665368v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A detailed survey of seed coat flavonoids in developing seeds of Brassica napus L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bathilde Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7128,90 +7128,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of temperature and cultivar on polyphenol retention and mass transfer during osmotic dehydration of apples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Devic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Dominique Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bonazzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 58 (1), pp.606-614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7637,51 +7637,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composition and properties of purified phenolics preparations obtained from an extract of industrial blackcurrant (Ribes nigrum L.) pomace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Sojka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8088,273 +8088,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of alcoholic fermentation in the content of phenolic compounds in cider processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Nogueira</w:t>
+                <w:t xml:space="preserve">The procyanidin-mediated induction of apoptosis and cell-cycle arrest in esophageal adenocarcinoma cells is not dependent on p21 Cip1/WAF1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Pierini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Kroon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.T. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.J. Belshaw</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brazilian Archives of Biology and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 51 (5), pp.1025-1032</w:t>
+              <w:t xml:space="preserve">Cancer Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 270, pp.234-241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02664244v1</w:t>
+                <w:t xml:space="preserve">hal-02658246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The procyanidin-mediated induction of apoptosis and cell-cycle arrest in esophageal adenocarcinoma cells is not dependent on p21 Cip1/WAF1</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P.A. Kroon</w:t>
+                <w:t xml:space="preserve">Effect of alcoholic fermentation in the content of phenolic compounds in cider processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Nogueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">I.T. Johnson</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.J. Belshaw</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-François Drilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 270, pp.234-241</w:t>
+              <w:t xml:space="preserve">Brazilian Archives of Biology and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 51 (5), pp.1025-1032</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02658246v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02664244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procyanidin effects on oesophageal adenocarcinoma cells strongly depend on flavan-3-ol degree of polymerization</w:t>
               </w:r>
@@ -8392,51 +8392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Ivory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.T. Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 52, pp.1399-1407</w:t>
@@ -8459,277 +8459,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02654781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tannin-assisted aggregation of natively unfolded proteins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of plum procyanidins by thiolytic depolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Narayanan</w:t>
+                <w:t xml:space="preserve">Cláudia Nunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Hagenmüller</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+                <w:t xml:space="preserve">Antonio Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Saraiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 82, pp.58001-58005</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 56, pp.5188-5196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454020v1</w:t>
+                <w:t xml:space="preserve">hal-02664126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of plum procyanidins by thiolytic depolymerization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cláudia Nunes</w:t>
+                <w:t xml:space="preserve">Tannin-assisted aggregation of natively unfolded proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drazen Zanchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Narayanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hagenmüller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jorge Saraiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 56, pp.5188-5196</w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 82, pp.58001-58005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02664126v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors affecting the conversion of apple polyphenols to phenolic acids and fruit matrix to short-chain fatty acids by human faecal microbiota in vitro</w:t>
               </w:r>
@@ -9284,307 +9284,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02661501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Degradation of procyanidins by Aspergillus fumigatus</w:t>
+                <w:t xml:space="preserve">Potentiation of apple procyanidin-triggered apoptosis by the polyamine oxidase inactivator MDL 72527 in human colon cancer-derived metastatic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monica Contreras-Dominguez</w:t>
+                <w:t xml:space="preserve">Francine Gossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stamatiki Roussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Perraud-Gaime</w:t>
+                <w:t xml:space="preserve">Angèle Schoenfelder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Mann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2006.07.011⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 29 (2), pp.423-428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3892/ijo.29.2.423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02659760v1</w:t>
+                <w:t xml:space="preserve">hal-02653764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentiation of apple procyanidin-triggered apoptosis by the polyamine oxidase inactivator MDL 72527 in human colon cancer-derived metastatic cells</w:t>
+                <w:t xml:space="preserve">Degradation of procyanidins by Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francine Gossé</w:t>
+                <w:t xml:space="preserve">Monica Contreras-Dominguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stamatiki Roussi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+                <w:t xml:space="preserve">Jean Le Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angèle Schoenfelder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">André Mann</w:t>
+                <w:t xml:space="preserve">Isabelle Perraud-Gaime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Oncology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88, pp.1899-1908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2006.07.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3892/ijo.29.2.423⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02653764v1</w:t>
+                <w:t xml:space="preserve">hal-02659760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of oleuropein oligomers in olive pulp and pomace</w:t>
               </w:r>
@@ -9596,51 +9596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Lopes-Da-Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9784,277 +9784,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02653774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of phenolic extracts from olive pulp and olive pomace by electrospray mass spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Susana Cardoso</w:t>
+                <w:t xml:space="preserve">Chemopreventive properties of apple procyanidins on human colon cancer-derived metastatic SW 620 cells and in a rat model of colon carcinogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Gossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stamatiki Roussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelise Lobstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, pp.21-32</w:t>
+              <w:t xml:space="preserve">Carcinogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.1291-1295</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02681549v1</w:t>
+                <w:t xml:space="preserve">hal-02678078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemopreventive properties of apple procyanidins on human colon cancer-derived metastatic SW 620 cells and in a rat model of colon carcinogenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francine Gossé</w:t>
+                <w:t xml:space="preserve">Characterisation of phenolic extracts from olive pulp and olive pomace by electrospray mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Barbara Fischer</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Lopes-Da-Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carcinogenesis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, pp.1291-1295</w:t>
+              <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.21-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678078v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemometric classification of Basque and French ciders based on their total polyphenol contents and CIELab parameters</w:t>
               </w:r>
@@ -10092,51 +10092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Herrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Berrueta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, pp.91-98</w:t>
@@ -10178,51 +10178,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and estimation of proanthocyanidins and other phenolics in coffee pulp (Coffea arabica) by thiolysis-high-performance liquid chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Ascencion Ramirez-Coronel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.S.K. Kolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10316,51 +10316,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10424,51 +10424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Guerneve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sanoner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10521,363 +10521,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02676148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of phenolic oxidation products in cider apple juice by HPLC electrospray ionisation ion trap mass spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bernillon</w:t>
+                <w:t xml:space="preserve">Chemometric characterisation of Basque and French ciders according to their polyphenolic profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.M. Alonso-Salces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Herrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.A. Berrueta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Drilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 379, pp.464-475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-004-2625-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02670880v1</w:t>
+                <w:t xml:space="preserve">hal-02681509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-covalent interaction between procyanidins and apple cell wall material. Part I. Effect of some environmental parameters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
+                <w:t xml:space="preserve">Detection of phenolic oxidation products in cider apple juice by HPLC electrospray ionisation ion trap mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bernillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 1672, pp.192-202</w:t>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, pp.939-943</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670984v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemometric characterisation of Basque and French ciders according to their polyphenolic profiles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R.M. Alonso-Salces</w:t>
+                <w:t xml:space="preserve">Non-covalent interaction between procyanidins and apple cell wall material. Part I. Effect of some environmental parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 1672, pp.192-202</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02681509v1</w:t>
+                <w:t xml:space="preserve">hal-02670984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apple pectin and a polyphenol-rich apple concentrate are more effective together than separately on cecal fermentations and plasma lipids in rats</w:t>
               </w:r>
@@ -11027,51 +11027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Francis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kwiatkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11160,64 +11160,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, pp.289-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11268,51 +11268,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulcinea Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivonne Delgadillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11380,64 +11380,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiolysis-HPLC characterization of apple procyanidins covering a large range of polymerization states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 49, pp.14-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11583,51 +11583,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct thiolysis on crude apple materials for high-performance liquid chromatography characterization and quantification of polyphenols in cider apple tissues and juices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sanoner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11704,51 +11704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sanoner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11812,51 +11812,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reversed-phase HPLC following thiolysis for quantitative estimation and characterization of the four main classes of phenolic compounds in different tissue zone of a French cider apple variety (Malus domestica var. Kermerrien)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Laraba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13628,273 +13628,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05023564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AN ORIGINAL NON-TARGETED LC-MS APPROACH FOR POLYPHENOL OXIDATION PRODUCTS ELUCIDATION IN APPLE JUICE</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">EFFECT OF ENDOGENOUS TANNINS ON LIPID OXIDATION IN OIL-INWATER EMULSIONS STABILIZED BY SORGHUM PROTEIN INGREDIENTS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thais Cristina Benatti Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Ribourg-Birault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Sotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Kermarrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Viau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Polyphenols - ICP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, inrae BIA, Jul 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04683829v1</w:t>
+                <w:t xml:space="preserve">hal-04684011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EFFECT OF ENDOGENOUS TANNINS ON LIPID OXIDATION IN OIL-INWATER EMULSIONS STABILIZED BY SORGHUM PROTEIN INGREDIENTS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AN ORIGINAL NON-TARGETED LC-MS APPROACH FOR POLYPHENOL OXIDATION PRODUCTS ELUCIDATION IN APPLE JUICE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Bourseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guilois Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chéreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Polyphenols - ICP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, inrae BIA, Jul 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04684011v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04683829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PRODUCTION OF ESCULETIN FROM 5-O-CAFFEOYLQUINIC ACID BY A GUT BACTERIUM AND ITS IMPACT ON THEIR GUT BARRIER INTEGRITY</w:t>
               </w:r>
@@ -14018,51 +14018,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reversible Haze Caused By Self-Aggregation Of Oxidised Procyandins In An Apple-Based Beverage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dražen Zanchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14991,342 +14991,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversible self-aggregation of oxidized tannins in model solutions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ivana Horvat</w:t>
+                <w:t xml:space="preserve">Preparative fractionation of 5’-o-caffeoylquinic acid oxidation products using centrifugal partition chromatography and their characterization by mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Mariana Castillo Fraire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guilois-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Poupard</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICP 2018 The XXIXth International Conference on Polyphenols</w:t>
+              <w:t xml:space="preserve">ICP2018 The XXIXth International Conference on Polyphenols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Madison, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03325951v1</w:t>
+                <w:t xml:space="preserve">hal-02733771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparative fractionation of 5’-o-caffeoylquinic acid oxidation products using centrifugal partition chromatography and their characterization by mass spectrometry</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La Pomme (à Cidre) dans tous ses états : composition-biodiversité-applications-propriétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICP2018 The XXIXth International Conference on Polyphenols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Madison, United States</w:t>
+              <w:t xml:space="preserve">Conférence dans le cadre de la Fête de la Science 2018, UBS, Vannes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Vannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733771v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Pomme (à Cidre) dans tous ses états : composition-biodiversité-applications-propriétés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reversible self-aggregation of oxidized tannins in model solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivana Horvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guilois-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poupard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence dans le cadre de la Fête de la Science 2018, UBS, Vannes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Vannes, France</w:t>
+              <w:t xml:space="preserve">ICP 2018 The XXIXth International Conference on Polyphenols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Madison, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325909v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphenols and Analysis in fruits and products</w:t>
               </w:r>
@@ -15375,385 +15375,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does food processing influence the functional properties of secondary metabolites in fruit-derived foodstuffs? The example of polyphenol oxidation in apple juices and ciders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polyphenol interactions mitigate the immunogenicity and allergenicity of gliadins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Perot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Lupi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Delayre-Orthez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Gadonna-Widehem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BACIF 2017 - Bioactive Compounds in Foods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th International Conference on Polyphenols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Vienne, Austria. pp.10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b05371⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02785644v1</w:t>
+                <w:t xml:space="preserve">hal-01608386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryo-microscopie confocale pour la localisation des ions pariétaux dans les tissus fruits charnus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Vidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Siret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11èmes Journées du Réseau Français des Parois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyphenol interactions mitigate the immunogenicity and allergenicity of gliadins</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How does food processing influence the functional properties of secondary metabolites in fruit-derived foodstuffs? The example of polyphenol oxidation in apple juices and ciders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International Conference on Polyphenols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BACIF 2017 - Bioactive Compounds in Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Lodz, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b05371⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01608386v1</w:t>
+                <w:t xml:space="preserve">hal-02785644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidised polyphenols are involved in haze formation in apple-based beverages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drazen Zanchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15824,277 +15824,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyphenols interactions with major wheat allergens reduce their capacity to induce allergic response</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId473" w:history="1">
+                <w:t xml:space="preserve">Reducing wheat allergic response by polyphenol-allergen interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Perot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roberta Lupi</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta R. Lupi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Gadonna-Widehem</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Delayre-Orthez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Gadonna-Widehem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meeting of the European-Academy-of-Allergy-and-Clinical-Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Acad Allergy &amp; Clin Immunol., Jun 2015, Vienne, Austria. pp.2</w:t>
+              <w:t xml:space="preserve">28. International Conference on Polyphenols - ICP 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vienna University of Technology (TU Wien). Vienne, AUT., Jul 2016, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602906v1</w:t>
+                <w:t xml:space="preserve">hal-02743518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing wheat allergic response by polyphenol-allergen interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId473" w:history="1">
+                <w:t xml:space="preserve">Polyphenols interactions with major wheat allergens reduce their capacity to induce allergic response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Perot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Lupi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delayre-Orthez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta R. Lupi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pascale Gadonna-Widehem</w:t>
+                <w:t xml:space="preserve">P. Gadonna-Widehem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28. International Conference on Polyphenols - ICP 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vienna University of Technology (TU Wien). Vienne, AUT., Jul 2016, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Meeting of the European-Academy-of-Allergy-and-Clinical-Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Acad Allergy &amp; Clin Immunol., Jun 2015, Vienne, Austria. pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743518v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphenols in apple fruits and their derived products, an overview of their variability, reactivity and properties in relation to organoleptic qualities of French juices and ciders</w:t>
               </w:r>
@@ -16257,51 +16257,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Février</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Bauduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16477,51 +16477,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Polyphénols de la Pomme aux Cidres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16995,51 +16995,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profilage polyphenolique LC-UV-ESI-MS de la datte (Phoenix dactylifera) en relation avec la maturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Trabelsi-Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17116,64 +17116,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profiling of tannins, flavonoids and hydroxycinnamic esters in the fruits of a cider apple progeny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Childebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17241,77 +17241,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of polyphenol losses during soaking and drying of cider apples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Devic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Dominique Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Bonazzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17349,51 +17349,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dihydrochalcones sont impliquées dans la résistance du pommier à Erwinia amylovora par leurs activités antibactériennes et antioxydantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Duge de Bernonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17779,221 +17779,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02816605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New developments in procyanidins analysis : thiolysis and MS. Applications to ciders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel phenolic compounds in olive pulp and pomace detected by mass spectrometry and NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lopes-Da-Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de Clerck Chair</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Belgium. 15pp</w:t>
+              <w:t xml:space="preserve">24. International Conference on Polyphenols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Salamanca, Spain. 2pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02815307v1</w:t>
+                <w:t xml:space="preserve">hal-02823786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel phenolic compounds in olive pulp and pomace detected by mass spectrometry and NMR</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New developments in procyanidins analysis : thiolysis and MS. Applications to ciders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. International Conference on Polyphenols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Salamanca, Spain. 2pp</w:t>
+              <w:t xml:space="preserve">13. Journées de Clerck Chair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Belgium. 15pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02823786v1</w:t>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02815307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulating polyphenol composition and sensorial properties of apple juice by manipulating pressing conditions</w:t>
               </w:r>
@@ -18018,64 +18018,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Bauduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23 International Conference on Polyphenols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Salamanca, Spain. pp.455-457</w:t>
@@ -18104,51 +18104,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a fungal procyanidin-degrading dioxygenase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roopesh Krishnankutty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18156,51 +18156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Perraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sevastianos Roussos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdulhameed Sabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. International Conference on Polyphenols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Salamanca, Spain. 2pp</w:t>
@@ -18292,364 +18292,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les polyphénols de la pulpe de café</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxidation products of procyanidins in apple juice model solution : which preferential pathways between polymerisation and intramolecular additions ? Which consequences for their tanning properties ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poupard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. Ramirez-Coronel</w:t>
+                <w:t xml:space="preserve">Anthony Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Augur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées Scientifiques du Réseau de Chercheurs GP3A de l'Agence Universitaire de Francophonie "Génie des Procédés Appliquée à l'agro-alimentaire"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Belgium. 1pp</w:t>
+              <w:t xml:space="preserve">24. International Conference on Polyphenols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Salamanca, Spain. 2pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02817417v1</w:t>
+                <w:t xml:space="preserve">hal-02814327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation structurale, voies de formation et propriétés tannantes des produits issus de l'oxydation des procyanidines, en solution modèle jus de pomme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Poupard</w:t>
+                <w:t xml:space="preserve">Les polyphénols de la pulpe de café</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Ramirez-Coronel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Delarue</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain A. Baron</w:t>
+                <w:t xml:space="preserve">Christian Augur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées Scientifiques du Réseau de Chercheurs GP3A de l'Agence Universitaire de la Francophonie "Génie des Procédés appliqué à l'agro-alimentaire"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, France. pp.1PP</w:t>
+              <w:t xml:space="preserve">1. Journées Scientifiques du Réseau de Chercheurs GP3A de l'Agence Universitaire de Francophonie "Génie des Procédés Appliquée à l'agro-alimentaire"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Belgium. 1pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814564v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation products of procyanidins in apple juice model solution : which preferential pathways between polymerisation and intramolecular additions ? Which consequences for their tanning properties ?</w:t>
+                <w:t xml:space="preserve">Caractérisation structurale, voies de formation et propriétés tannantes des produits issus de l'oxydation des procyanidines, en solution modèle jus de pomme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain A. Baron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. International Conference on Polyphenols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Salamanca, Spain. 2pp</w:t>
+              <w:t xml:space="preserve">1. Journées Scientifiques du Réseau de Chercheurs GP3A de l'Agence Universitaire de la Francophonie "Génie des Procédés appliqué à l'agro-alimentaire"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, France. pp.1PP</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02814327v1</w:t>
+                <w:t xml:space="preserve">hal-02814564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les polyphénols du safou (Dacryodes edulis (G. Don) H.J. Lam) et leur évolution au cours de la maturation</w:t>
               </w:r>
@@ -18806,256 +18806,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02812419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of polyphenoloxidase in the synthesis of a yellow pigment derived from apple</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Sanoner</w:t>
+                <w:t xml:space="preserve">Influence of the clarification and fermentation on phenolic compounds and the color of apple juices and ciders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Baron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Symposium EFF 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Rennes, France</w:t>
+              <w:t xml:space="preserve">18. World Congress of Food Science and Technology - IUFOST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Nantes, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754733v1</w:t>
+                <w:t xml:space="preserve">hal-02822100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the clarification and fermentation on phenolic compounds and the color of apple juices and ciders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Hubert</w:t>
+                <w:t xml:space="preserve">The role of polyphenoloxidase in the synthesis of a yellow pigment derived from apple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Serrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bernillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sanoner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain A. Baron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. World Congress of Food Science and Technology - IUFOST</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Nantes, France. 1 p</w:t>
+              <w:t xml:space="preserve">European Symposium EFF 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId535" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02822100v1</w:t>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phloridzin oxidation products (POP), new water-soluble yellow pigments deriving from apple</w:t>
               </w:r>
@@ -19175,51 +19175,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphenols in ciders, from the fruits to the end product</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19346,243 +19346,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATR-FTMIR spectroscopy of cider apple and perry pear polyphenol extracts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique D. Bertrand</w:t>
+                <w:t xml:space="preserve">Phloroglucinolysis applied to the characterisation and the quantification of procyanidins in apples and their derived products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. International Conference on Polyphenols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02760224v1</w:t>
+                <w:t xml:space="preserve">hal-02761109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phloroglucinolysis applied to the characterisation and the quantification of procyanidins in apples and their derived products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Marnet</w:t>
+                <w:t xml:space="preserve">ATR-FTMIR spectroscopy of cider apple and perry pear polyphenol extracts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique D. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. International Conference on Polyphenols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761109v1</w:t>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procyanidin B2 oxidation products, multi linked dimers ?</w:t>
               </w:r>
@@ -19620,51 +19620,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bernillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fulcrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. International Conference on Polyphenols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Marrakech, Morocco</w:t>
@@ -19719,51 +19719,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z.J. Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine M.G.C. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20651,256 +20651,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04682715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyphenols, oxidation products &amp; proteins: Towards the food transition</w:t>
+                <w:t xml:space="preserve">POLYPHENOL OXIDATION, A WAY TO MODULATE POLYPHENOL-PROTEIN INTERACTIONS?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Billet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guilois Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXI èmes International Conference on Polyphenols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Nantes (44000), France</w:t>
+              <w:t xml:space="preserve">ICP2023, XXXI International Conference on Polyphenols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05200290v1</w:t>
+                <w:t xml:space="preserve">hal-04683812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POLYPHENOL OXIDATION, A WAY TO MODULATE POLYPHENOL-PROTEIN INTERACTIONS?</w:t>
+                <w:t xml:space="preserve">Polyphenols, oxidation products &amp; proteins: Towards the food transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guilois Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICP2023, XXXI International Conference on Polyphenols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">XXXI èmes International Conference on Polyphenols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Nantes (44000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04683812v1</w:t>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COOKING INFLUENCE ON COLOR ATTRIBUTES, TOTAL PHENOLIC CONTENT, PHENOLIC PROFILE (LC-UV-MS) AND POLYPHENOL OXIDASE ACTIVITY IN NEW HYBRIDS OF YAM (DIOSCOREA ALATA)</w:t>
               </w:r>
@@ -21308,51 +21308,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guilois Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chéreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21384,549 +21384,549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparative isolation of apple Flavan-3-ols by pH-zone-refining centrifugal partition chromatography combined with reversed-phase liquid chromatography</w:t>
-[...42 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biotransformation of 5-O-caffeoylquinic acid by gut bacteria: an interesting oxidative pathway.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gentiana Balaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Tamanai Shacoori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Sauvager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Ferron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rouaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">https://icp2023.symposium.inrae.fr/scientific-program. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICP2021, XXX International Conference on Polyphenol</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Turku, Finland</w:t>
+              <w:t xml:space="preserve">International Conference on Polyphenols - ICP2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Turku, Finland. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04684202v1</w:t>
+                <w:t xml:space="preserve">hal-04684285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l’oxydation des polyphénols en modèle jus de fruit sur la perception et les mécanismes de l’astringence</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Feron</w:t>
+                <w:t xml:space="preserve">Preparative isolation of apple Flavan-3-ols by pH-zone-refining centrifugal partition chromatography combined with reversed-phase liquid chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guilois-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francis Canon</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poupard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">ICP2020 XXX International Conference on Polyphenols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Turku, Finland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04684380v1</w:t>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotransformation of 5-O-caffeoylquinic acid by gut bacteria: an interesting oxidative pathway.</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preparative isolation of apple Flavan-3-ols by pH-zone-refining centrifugal partition chromatography combined with reversed-phase liquid chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guilois Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poupard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Polyphenols - ICP2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Turku, Finland. 2021</w:t>
+              <w:t xml:space="preserve">ICP2021, XXX International Conference on Polyphenol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Turku, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04684285v1</w:t>
+                <w:t xml:space="preserve">hal-04684202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparative isolation of apple Flavan-3-ols by pH-zone-refining centrifugal partition chromatography combined with reversed-phase liquid chromatography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Guilois-Dubois</w:t>
+                <w:t xml:space="preserve">Impact de l’oxydation des polyphénols en modèle jus de fruit sur la perception et les mécanismes de l’astringence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Septier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guilois Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Poupard</w:t>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICP2020 XXX International Conference on Polyphenols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Turku, Finland. </w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03326250v1</w:t>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of different polyphenols on wheat allergic response in in vitro and in vivo models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Lupi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Thebaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Delayre-Orthez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Gadonna-Widehem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd EFFoST International Conference 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Nantes, France</w:t>
@@ -21994,51 +21994,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -22352,51 +22352,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoxi Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Sotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -22434,51 +22434,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macromolecular composition of haze in apple-based beverages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22676,77 +22676,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Color of Cider : cider color preference and cider consumption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Symoneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Bauduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23246,51 +23246,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fractionation and LC-MS characterisation of the coloured fraction in a cider apple juices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remmelt van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -23328,64 +23328,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phloridzin and phloretin are differentially converted during the Erwinia amylovora/apple tree interaction according to the susceptibility of genotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Duge de Bernonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Dat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23449,51 +23449,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphenols variability and their complexation with cell-wall polysaccharides and/or proteins in tunisian dates (Phoenix dactilyfera L.) from different maturity stages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. K. Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23688,51 +23688,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HPLC-ESI-MS study of flavonoids in oilseed rape testa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bathilde Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23802,51 +23802,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphenols and PPO variability in Tunisian dates (Phoenix dactylifera L.) from different maturity stages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Hammouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamila-Kalthoum Chérif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23968,51 +23968,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Kosmala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.K. Kolodziejczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Sojka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4. Isafruit General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Angers, France. 1pp, 2009</w:t>
@@ -24304,77 +24304,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly polymerised procyanidins in fruits and juices of perry pear (Pyrus Communis) varieties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Le Bourvellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Drilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. International Conference on Polyphenols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Morocco. Ismaïl El Hadrami, 2002, Polyphenols Communications 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24431,90 +24431,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyphenols degradation mechanisms during soaking and drying of cider apples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Devic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Dominique Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bonazzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 5th CIGR Section VI International Symposium on Food Processing, Monitoring Technology in Bioprocesses and Food Quality Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Potsdam, Germany. AgroParisTech, 10pp, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24886,51 +24886,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzymatic degradation of procyanidin B1 by &amp;lt;em&amp;gt;Aspergillus fumigatus&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Contreras-Dominguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25954,51 +25954,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F17A68FE"/>
+    <w:nsid w:val="6B4FB795"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26185,51 +26185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-guyot35" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9367-3196" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095164448" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515365v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Quideau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c00365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531997v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Cristina Benatti Gallo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaumal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Houinsou-Houssou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Viau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ribourg-Birault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fufo.2024.100323" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557683v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#252;zeyyen Berkel Kasikci" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guilois Dubois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Billet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c00468" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04076296v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilu Feng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Schro&#235;n" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gacel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Fogliano" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c07365" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03986058v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lopez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sotin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12010211" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182430v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabanty Zambou Goldefroy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Tenyang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Birault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Kermarrec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Gacel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.3636" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429436v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mariana Castillo-Fraire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poupard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guilois-Dubois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Salas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2023.105450" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03871720v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Yu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Qu&#233;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Citeau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dauguet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2022.105004" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03557587v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ducrocq" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132254" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372196v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rinaldo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila P&#233;tro" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Lebail" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2022.113410" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349274v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pottier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bondon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.131117" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03149052v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Brand&#227;o" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.128496" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319902v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trude Wicklund" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/crops1010003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316062v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuwei Liu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Renard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12797" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03134976v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge E. Wong-Paz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aguilar-Zarate P." TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana B. Muniz-Marquez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Contreras-Esquivel, Jc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.127830" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02919985v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bauduin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cottereau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Charrier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Meistermann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/gyp6-wz96" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03208859v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Vidot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Maury" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Siret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104870" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03188174v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Millet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poiraud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fanuel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.125636" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03104341v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Laguna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Broudiscou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chapoutot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020056" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626278v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drazen Zanchi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.09.171" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627692v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mariana Castillo Fraire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.01.071" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02507443v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ma" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tribet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dra&#382;en Zanchi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5128057" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623396v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Lizeth Chavez Gonzalez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Rodriguez-Herrera" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arely Prado-Barragan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristbal N. Aguilar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-017-2663-5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623184v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608387v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Millet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Bauduin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b05819" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624352v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne F&#233;vrier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Bail" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2016.11.006" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637000v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal N. Aguilar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2015.07.007" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631652v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erell Le Deun" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remmelt van Der Werf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b00988" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640535v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S&#243;jka" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Ko&#322;odziejczyk" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Milala" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Abadias" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Vi&#241;as" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2014.11.015" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123439v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Verdu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Childebrand" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bahut" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Celton" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0107103" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209956v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dupuis" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.6411" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629833v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Symoneaux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bauduin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/6057-2e06" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634776v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica L. Chavez-Gonzalez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2014.01.031" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629910v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Yeddes" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Kalthoum Cherif" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Baron" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Trabelsi-Ayadi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10942912.2012.665404" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636746v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Hammouda" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Bouchet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Kalthoum-Ch&#233;rif" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5013715" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636651v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Malec" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Kolodziejczyk" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf500336v" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651045v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Hammouda" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf304614j" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652754v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Sojka" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maribel Abadias" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Vinas" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.09.030" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209908v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaucher" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duge de Bernonville" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lohou" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemette" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2013.02.009" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z7Q5W7TP-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329448v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Marja Aura" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismo Mattila" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hy&#246;tyl&#228;inen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peddinti Gopalacharyulu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cheynier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-012-0391-8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644237v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danianni Marinho Zardo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolline Marques Silva" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Nogueira" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/09637486.2013.763909" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643388v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Ch&#233;rif" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ayadi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox2020037" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209954v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Dat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Brisset" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2013.03.012" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C5VX6M35-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209310v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baron" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ra20209c" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645966v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannen Falleh" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Jalleli" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Ksouri" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Boulaaba" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2011.11.001" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-920HDGMT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643046v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. J. Cherif" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652354v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eric Durel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James F. Dat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2011.04.019" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BT9M7629-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650486v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Oueslati" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Ben Dali" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Magn&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.02.049" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NZQK4LGR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649306v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Falleh" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Medini" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedly Abdelly" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2011.03.018" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QKMQ0HGW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204235v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lhoste" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Bruneau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bensaada" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cherbuy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Philippe" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf904010a" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661495v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roopesh Krishnankutty" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulhameed Sabu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haridas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perraud Gaime" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2010.02.019" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BPG7X7R-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665368v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Devic" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Daudin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonazzi" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-010-0361-1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203863v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bathilde Auger" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gautier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia-Grondard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Leprince" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf903619v" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173777v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf903006g" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664752v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2009.06.025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SDZFSC21-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666034v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Teresa Garcia-Conesa" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Tribolo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Tom&#225;s-Barber&#225;n" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kroon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665877v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.V. Konarev" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Svergun" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666036v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kolodziejczyk" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Krol" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655611v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Robert Larher" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lugan" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gagneul" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Monnier" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2009.02.005" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1V8BNR3S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665651v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M.G.C. Renard" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660516v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Callemien" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Collin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664244v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Drilleau" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658246v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pierini" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Kroon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.T. Johnson" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J. Belshaw" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654781v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pierini" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Ivory" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454020v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Narayanan" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hagenm&#252;ller" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664126v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia Nunes" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Barros" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Saraiva" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654758v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bazzocco" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654318v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664552v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395470v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Besson" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Legris" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.75.054105" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661501v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Serrand" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sanoner" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659760v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Contreras-Dominguez" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Petit" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perraud-Gaime" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2006.07.011" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCZW8968-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653764v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Goss&#233;" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stamatiki Roussi" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Schoenfelder" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mann" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3892/ijo.29.2.423" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664107v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Cardoso" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lopes-Da-Silva" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Silva" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653774v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noue-Eddine Es-Safi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henri Ducrot" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681549v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678078v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Lobstein" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fischer" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676489v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Alonso-Salces" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Herrero" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Berrueta" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678005v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ascencion Ramirez-Coronel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.S.K. Kolli" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;vastianos Roussos" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669590v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676148v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Guerneve" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2004.06.096" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFR69627-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670880v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670984v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681509v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Alonso-Salces" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herrero" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Berrueta" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-004-2625-y" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DHZM18GT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682501v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Aprikian" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duclos" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Besson" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Manach" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680513v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vidal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Francis" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kwiatkowski" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.1394" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C7681148C26EBEC5780AC8AE3CF5DF0934C0AFDB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672351v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681454v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulcinea Ferreira" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Delgadillo" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675007v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680882v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Renard" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baron" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Drilleau" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678337v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698071v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697337v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laraba" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690596v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Doco" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Souquet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697580v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Cheynier" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fulcrand" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Roux" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692779v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vercauteren" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685028v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Pellerin" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Brillouet" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712098v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Souquet" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf00057a027" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-8V6NV3J7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05365954v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Adama Coulibaly" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Billet" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515494v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Bourseau" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Filangi" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05366022v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515459v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515426v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158731v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bordenave" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Touloumet" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bott" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515830v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jagoudet" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Petro" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515399v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200305v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023564v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683829v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684011v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684071v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentiana Balaj" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Bousarghin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohreh Tamanai-Shacoori" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Tejedor" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sauvager" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683974v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326262v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Soares" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684171v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326278v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine David-Le Gall" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326107v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326228v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326060v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03628012v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787754v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326030v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325951v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Horvat" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733771v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325909v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326013v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785644v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605310v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gaillard" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608386v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Perot" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Lupi" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Delayre-Orthez" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gadonna-Widehem" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b05371" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786572v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602906v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delayre-Orthez" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gadonna-Widehem" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743518v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta R. Lupi" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738552v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801020v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738764v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740697v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Courtel" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milcard Faustin" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Ca&#235;l" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742493v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738911v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809334v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge E. Wong" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana B Mu&#241;iz" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal Noe Aguilar" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749227v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810573v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuulia Hyotylainen" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746973v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749342v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Leroux" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mabon" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757374v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bonazzi" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823344v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Paulin" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817541v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819254v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Ch&#233;rif" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Hammouda" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trabelsi-Ayadu" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816605v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theyencheri Narayanan" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hagenm&#252;ller" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815307v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823786v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopes-Da-Silva" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Silva" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814534v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819996v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perraud" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevastianos Roussos" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811805v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817417v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Ramirez-Coronel" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Augur" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814564v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delarue" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814327v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823284v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crepin Ella Missang" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812419v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754733v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822100v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hubert" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754016v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760321v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759981v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760224v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Picot" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Bertrand" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761109v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763559v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759986v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.J. Du" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515860v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Benatallah" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515599v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bakan" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922708v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682701v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Sotin" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683558v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Geairon" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922718v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682715v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200290v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guilbaud" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683812v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684041v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elouan Roberts" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683951v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684125v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Mendowski" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Germain" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684102v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684202v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684380v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Septier" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Feron" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684285v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Tamanai Shacoori" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Ferron" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouaud" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326250v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325973v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Thebaudin" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733772v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325786v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Kurela" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Ko&#322;odziejczyk" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325886v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325742v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740916v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740669v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Abasq" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738694v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462767v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaud" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738563v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208735v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745596v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maillard" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749189v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209898v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746901v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. K. Cherif" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815720v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali J&#233;go" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitriniaina Razafimpanarivo" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roseau" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821160v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819365v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila-Kalthoum Ch&#233;rif" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815689v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Razafimpanarivo" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Kosmala" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.K. Kolodziejczyk" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756171v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille C. Schwartz" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martin" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Manchado-Sarni" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762144v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762093v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173084v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325445v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Contreras-Esquivel" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780367276942-9" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805039v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.google.fr/books/about/Handbook_of_Analysis_of_Active_Compounds.html?id=9yLrG9OgfM8C&amp;amp;redir_esc=y" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810671v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavoisier.fr/livre/notice.asp?ouvrage=2539288" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808567v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Augur" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819838v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814364v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823972v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838773v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Remy" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842787v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Rigaud" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838453v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Prieur" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04076802v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797150v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-guyot35" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9367-3196" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095164448" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515365v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Quideau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c00365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531997v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Cristina Benatti Gallo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaumal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Houinsou-Houssou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Viau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ribourg-Birault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fufo.2024.100323" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557683v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#252;zeyyen Berkel Kasikci" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guilois Dubois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Billet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c00468" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04076296v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jilu Feng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Schro&#235;n" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gacel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Fogliano" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c07365" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03986058v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lopez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sotin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12010211" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182430v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabanty Zambou Goldefroy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Tenyang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Birault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Kermarrec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Gacel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.3636" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429436v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mariana Castillo-Fraire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poupard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guilois-Dubois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Salas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2023.105450" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03871720v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxi Yu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Qu&#233;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Citeau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dauguet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2022.105004" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03557587v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ducrocq" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132254" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372196v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rinaldo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila P&#233;tro" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Lebail" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2022.113410" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349274v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pottier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bondon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.131117" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03149052v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Brand&#227;o" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.128496" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319902v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trude Wicklund" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/crops1010003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316062v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuwei Liu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Renard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12797" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03134976v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge E. Wong-Paz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aguilar-Zarate P." TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana B. Muniz-Marquez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Contreras-Esquivel, Jc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.127830" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02919985v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bauduin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cottereau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Charrier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Meistermann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/gyp6-wz96" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03208859v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Vidot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Maury" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Siret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104870" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03188174v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Millet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poiraud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fanuel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.125636" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03104341v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Laguna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Broudiscou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chapoutot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020056" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626278v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drazen Zanchi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.09.171" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627692v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mariana Castillo Fraire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.01.071" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02507443v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ma" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tribet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dra&#382;en Zanchi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5128057" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623396v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Lizeth Chavez Gonzalez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Rodriguez-Herrera" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arely Prado-Barragan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristbal N. Aguilar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-017-2663-5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608387v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Millet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Bauduin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b05819" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623184v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624352v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne F&#233;vrier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Bail" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2016.11.006" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637000v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal N. Aguilar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2015.07.007" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631652v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erell Le Deun" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remmelt van Der Werf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b00988" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640535v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S&#243;jka" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Ko&#322;odziejczyk" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Milala" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Abadias" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Vi&#241;as" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2014.11.015" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629833v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Symoneaux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bauduin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/6057-2e06" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123439v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Verdu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Childebrand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bahut" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Celton" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0107103" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209956v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dupuis" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.6411" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634776v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica L. Chavez-Gonzalez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2014.01.031" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629910v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Yeddes" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Kalthoum Cherif" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Baron" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Trabelsi-Ayadi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10942912.2012.665404" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636746v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Hammouda" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Bouchet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Kalthoum-Ch&#233;rif" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5013715" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636651v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Malec" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Kolodziejczyk" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf500336v" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652754v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Sojka" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maribel Abadias" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Vinas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.09.030" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209908v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaucher" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duge de Bernonville" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lohou" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemette" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2013.02.009" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z7Q5W7TP-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651045v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Hammouda" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf304614j" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329448v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Marja Aura" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismo Mattila" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hy&#246;tyl&#228;inen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peddinti Gopalacharyulu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cheynier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-012-0391-8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644237v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danianni Marinho Zardo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolline Marques Silva" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Nogueira" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/09637486.2013.763909" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643388v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Ch&#233;rif" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ayadi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox2020037" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209954v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Dat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Brisset" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2013.03.012" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C5VX6M35-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209310v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baron" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ra20209c" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645966v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannen Falleh" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Jalleli" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Ksouri" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Boulaaba" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2011.11.001" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-920HDGMT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643046v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. J. Cherif" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652354v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Eric Durel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James F. Dat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2011.04.019" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BT9M7629-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650486v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Oueslati" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Ben Dali" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Magn&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.02.049" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NZQK4LGR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649306v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Falleh" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Medini" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedly Abdelly" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2011.03.018" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QKMQ0HGW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665368v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Devic" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Daudin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonazzi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-010-0361-1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661495v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roopesh Krishnankutty" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulhameed Sabu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haridas" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perraud Gaime" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2010.02.019" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BPG7X7R-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204235v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lhoste" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Bruneau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bensaada" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Cherbuy" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Philippe" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf904010a" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203863v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bathilde Auger" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gautier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia-Grondard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Leprince" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf903619v" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173777v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf903006g" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664752v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2009.06.025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SDZFSC21-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666034v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Teresa Garcia-Conesa" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Tribolo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Tom&#225;s-Barber&#225;n" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kroon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665877v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.V. Konarev" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Svergun" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666036v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kolodziejczyk" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Krol" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655611v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Robert Larher" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lugan" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gagneul" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Monnier" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2009.02.005" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1V8BNR3S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665651v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M.G.C. Renard" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660516v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Callemien" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Collin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658246v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pierini" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Kroon" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.T. Johnson" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J. Belshaw" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664244v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Drilleau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654781v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pierini" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Ivory" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664126v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia Nunes" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Barros" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Saraiva" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454020v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Narayanan" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hagenm&#252;ller" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654758v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bazzocco" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654318v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664552v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395470v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Besson" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Legris" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.75.054105" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661501v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Serrand" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sanoner" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653764v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Goss&#233;" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stamatiki Roussi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Schoenfelder" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mann" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3892/ijo.29.2.423" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659760v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Contreras-Dominguez" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Petit" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perraud-Gaime" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2006.07.011" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCZW8968-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664107v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Cardoso" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lopes-Da-Silva" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Silva" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653774v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noue-Eddine Es-Safi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henri Ducrot" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678078v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Lobstein" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fischer" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681549v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676489v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Alonso-Salces" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Herrero" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Berrueta" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678005v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ascencion Ramirez-Coronel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.S.K. Kolli" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;vastianos Roussos" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669590v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676148v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Guerneve" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2004.06.096" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFR69627-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681509v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Alonso-Salces" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herrero" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Berrueta" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-004-2625-y" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DHZM18GT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670880v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670984v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682501v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Aprikian" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duclos" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Besson" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Manach" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680513v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vidal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Francis" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kwiatkowski" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.1394" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C7681148C26EBEC5780AC8AE3CF5DF0934C0AFDB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672351v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681454v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulcinea Ferreira" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Delgadillo" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675007v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680882v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Renard" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baron" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Drilleau" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678337v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698071v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697337v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laraba" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690596v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Doco" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Souquet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697580v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Cheynier" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fulcrand" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Roux" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692779v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vercauteren" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685028v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Pellerin" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Brillouet" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712098v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Souquet" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf00057a027" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-8V6NV3J7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05365954v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Adama Coulibaly" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Billet" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515494v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Bourseau" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Filangi" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05366022v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515459v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515426v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158731v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bordenave" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Touloumet" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bott" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515830v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jagoudet" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Petro" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515399v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200305v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023564v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684011v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683829v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684071v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentiana Balaj" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Bousarghin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohreh Tamanai-Shacoori" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Tejedor" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sauvager" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683974v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326262v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Soares" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684171v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326278v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine David-Le Gall" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326107v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326228v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326060v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03628012v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787754v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326030v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733771v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325909v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325951v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Horvat" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326013v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608386v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Perot" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Lupi" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Delayre-Orthez" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gadonna-Widehem" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b05371" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605310v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gaillard" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785644v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786572v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743518v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta R. Lupi" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602906v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delayre-Orthez" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gadonna-Widehem" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738552v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801020v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738764v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740697v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Courtel" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milcard Faustin" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Ca&#235;l" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742493v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738911v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809334v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge E. Wong" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana B Mu&#241;iz" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal Noe Aguilar" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749227v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810573v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuulia Hyotylainen" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746973v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749342v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Leroux" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mabon" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757374v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bonazzi" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823344v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Paulin" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817541v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819254v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Ch&#233;rif" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Hammouda" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trabelsi-Ayadu" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816605v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theyencheri Narayanan" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hagenm&#252;ller" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823786v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopes-Da-Silva" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Silva" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815307v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814534v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819996v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perraud" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevastianos Roussos" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811805v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814327v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delarue" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817417v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Ramirez-Coronel" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Augur" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814564v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823284v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crepin Ella Missang" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812419v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822100v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hubert" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754733v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754016v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760321v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759981v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761109v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760224v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Picot" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Bertrand" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763559v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759986v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.J. Du" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515860v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Benatallah" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515599v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bakan" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922708v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682701v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Sotin" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683558v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Geairon" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922718v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682715v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683812v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200290v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guilbaud" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684041v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elouan Roberts" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683951v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684125v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Mendowski" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Germain" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684102v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684285v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Tamanai Shacoori" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Ferron" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouaud" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326250v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684202v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684380v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Septier" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Feron" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325973v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Thebaudin" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733772v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325786v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Kurela" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Ko&#322;odziejczyk" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325886v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325742v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740916v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740669v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Abasq" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738694v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462767v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renaud" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738563v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208735v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745596v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maillard" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749189v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209898v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746901v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. K. Cherif" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815720v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali J&#233;go" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitriniaina Razafimpanarivo" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roseau" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821160v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819365v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila-Kalthoum Ch&#233;rif" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815689v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Razafimpanarivo" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Kosmala" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.K. Kolodziejczyk" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756171v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille C. Schwartz" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martin" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Manchado-Sarni" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762144v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762093v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173084v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325445v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Contreras-Esquivel" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780367276942-9" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805039v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.google.fr/books/about/Handbook_of_Analysis_of_Active_Compounds.html?id=9yLrG9OgfM8C&amp;amp;redir_esc=y" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810671v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavoisier.fr/livre/notice.asp?ouvrage=2539288" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808567v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Augur" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819838v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814364v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823972v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838773v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Remy" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842787v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Rigaud" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838453v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Prieur" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04076802v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797150v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>