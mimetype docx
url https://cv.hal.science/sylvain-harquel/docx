--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -234,455 +234,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05454181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroencephalographic evaluation of epidural motor cortex stimulation parameters in post-stroke hemi-dystonia: A case study</w:t>
+                <w:t xml:space="preserve">Brain Oscillatory Modes as a Proxy of Stroke Recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Harquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Passera</w:t>
+                <w:t xml:space="preserve">Andéol Cadic-Melchior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Moro</w:t>
+                <w:t xml:space="preserve">Takuya Morishita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Raffin</w:t>
+                <w:t xml:space="preserve">Lisa Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier David</w:t>
+                <w:t xml:space="preserve">Martino Ceroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
+              <w:t xml:space="preserve">Neurorehabilitation and Neural Repair</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clinph.2025.03.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/15459683251363241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05008800v1</w:t>
+                <w:t xml:space="preserve">hal-05226299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain Oscillatory Modes as a Proxy of Stroke Recovery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An ICA-based artifact suppression method for online extraction of TMS-evoked potentials: toward closed-loop TMS-EEG applications beyond the motor cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sina Varmaghani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Phlypo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Harquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martino Ceroni</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alan Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurorehabilitation and Neural Repair</w:t>
+              <w:t xml:space="preserve">Journal of Neural Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/15459683251363241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-2552/ae01d8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05226299v1</w:t>
+                <w:t xml:space="preserve">hal-05237021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ICA-based artifact suppression method for online extraction of TMS-evoked potentials: toward closed-loop TMS-EEG applications beyond the motor cortex</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electroencephalographic evaluation of epidural motor cortex stimulation parameters in post-stroke hemi-dystonia: A case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Harquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sina Varmaghani</w:t>
+                <w:t xml:space="preserve">Brice Passera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronald Phlypo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Elena Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neural Engineering</w:t>
+              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-2552/ae01d8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2025.03.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237021v1</w:t>
+                <w:t xml:space="preserve">hal-05008800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complexity of neural outputs elicited by transcranial magnetic stimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takuya Morishita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Harquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -915,77 +915,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stroke Recovery–Related Changes in Cortical Reactivity Based on Modulation of Intracortical Inhibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Harquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andéol Cadic-Melchior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takuya Morishita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Witon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1196,51 +1196,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Bigoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Pagnamenta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andéol Cadic-Melchior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1490,51 +1490,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andéol Cadic-Melchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Bevilacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Stimulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (1), pp.243-244. </w:t>
@@ -1572,51 +1572,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward individualized medicine in stroke-The TiMeS project: Protocol of longitudinal, multi-modal, multi-domain study in stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipp Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2000,51 +2000,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Harquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Diard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passera Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2356,77 +2356,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal evaluation of TMS-induced oscillations in stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Harquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andéol Cadic-Melchior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takuya Morishita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Beanato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3325,51 +3325,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454181v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Ziemann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Bai" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Baumer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Beck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Belardinelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2025.2111487" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008800v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Harquel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Passera" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Moro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Raffin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2025.03.023" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226299v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=And&#233;ol Cadic-Melchior" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Morishita" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fleury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Ceroni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15459683251363241" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237021v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Varmaghani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Phlypo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ae01d8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244241v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Maceira-Elvira" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Egger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedhelm Christoph Hummel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00221.2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737912v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Pup&#237;kov&#225;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik &#352;imko" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traian Popa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e37427" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616950v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Witon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.123.045174" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271571v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torlay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cousin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Barraud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_02074" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bigoni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Pagnamenta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bevilacqua" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ad1dc2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737321v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Beanato" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Herv&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem Oflar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medj.2023.06.006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737328v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=And&#233;ol Cadic-Melchio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2023.01.381" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003447v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Koch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Wessel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonvin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego San Millan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2022.939640" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608931v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Lacroix" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Mermillod" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vercueil" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alleysson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2022.838454" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003453v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Monaco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Jost" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Lancheros" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Schmidlin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01736" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01504574v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Passera Brice" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dall'Igna Gaelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2017.04.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960448v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmine Mottolese" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Richard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Szathmari" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Sirigu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aws186" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737958v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737341v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2023.01.586" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737338v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2023.01.094" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738016v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540373v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guyader" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Entzmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Nicolas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Kauffmann" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kristensen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211943v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garrido" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Barbosa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213242v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klara Kovarski" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015734v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Burfin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sato" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savariaux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Campagne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454181v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Ziemann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Bai" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Baumer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Beck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Belardinelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2025.2111487" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Harquel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=And&#233;ol Cadic-Melchior" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Morishita" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fleury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Ceroni" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15459683251363241" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237021v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Varmaghani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Phlypo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ae01d8" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008800v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Passera" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Moro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Raffin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2025.03.023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244241v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Maceira-Elvira" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Egger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedhelm Christoph Hummel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00221.2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737912v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Pup&#237;kov&#225;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik &#352;imko" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traian Popa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e37427" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616950v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Witon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/STROKEAHA.123.045174" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271571v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torlay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cousin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Barraud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_02074" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bigoni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Pagnamenta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bevilacqua" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ad1dc2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737321v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Beanato" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Herv&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem Oflar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medj.2023.06.006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737328v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=And&#233;ol Cadic-Melchio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2023.01.381" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003447v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Koch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Wessel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonvin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego San Millan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2022.939640" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608931v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Lacroix" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Mermillod" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vercueil" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alleysson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2022.838454" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003453v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Monaco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Jost" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Lancheros" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Schmidlin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01736" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01504574v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Passera Brice" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dall'Igna Gaelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2017.04.001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960448v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmine Mottolese" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Richard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Szathmari" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Sirigu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aws186" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737958v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737341v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2023.01.586" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737338v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2023.01.094" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738016v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540373v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guyader" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Entzmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Nicolas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Kauffmann" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kristensen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211943v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garrido" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Barbosa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213242v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klara Kovarski" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015734v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Burfin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sato" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savariaux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Campagne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>