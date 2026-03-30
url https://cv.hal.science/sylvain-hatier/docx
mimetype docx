--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.7874015748px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sylvain Hatier </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">MCF Univ. Grenoble Alpes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sylvain-hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8441-6035</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">223684368</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Corpus & Ressources Lexicales du genre académique : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://lst.univ-grenoble-alpes.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique de corpusLexicologie & PhraséologieTraitement automatique des langues</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://lidilem.univ-grenoble-alpes.fr/sylvain-hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation sur les usages d’un outil lexical numérique pour aider à la rédaction scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingrao Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Textes à paraître dans le prochain volume (2), </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1253j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique et phraséologie scientifiques transdisciplinaires en sciences humaines : de la modélisation à la création d’une ressource lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIU Francophonie et innovation à l'université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04633243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique et phraséologie scientifiques transdisciplinaires en sciences humaines : de la modélisation à la création d’une ressource lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIU Francophonie et innovation à l'université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Quelle place pour le français scientifique dans un contexte universitaire ?</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse contrastive des patrons verbaux dans l'écrit scientifique entre scripteurs étudiants et experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, HS-21, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13092/lo.78.2952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'extraction et la modélisation de patrons lexico-syntaxiques pour leur enseignement en FLE : un exemple à partir du verbe montrer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistik Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 78, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13092/lo.78.2952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les routines interactionnelles dans les discours académiques de l’oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus d'apprenants et corpus académiques en français et en espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Pampelona, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying Academic Discourse through Cross-disciplinary Scientific Lexicon using Dependency Parsed Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kraif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TÜling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Tartu, May 2023, Tartu, Estonia. https://keel.ut.ee/en/content/tuling</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude comparative d’éléments du lexique scientifique français/chinois dans une perspective didactique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Linguistique de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Grenoble, France. https://jlc2023.sciencesconf.org/data/p./abstracts_JLC_2023.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des corpus aux ressources lexicales pour l’aide à la rédaction scientifique en sciences humaines : le projet Lexasciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingrao Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosedi -- corpus de genres spécialisés : caractérisation, méthodes et applications didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la ressource lexicale et phraséologique pour la didactique de l’écrit scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingrao Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yujing Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexique des discours scientifiques : perspectives linguistiques et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plateforme d’annotation et de transcription TACT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop interdisciplinaire, Plate-forme collaborative et participative de transcription, relecture et annotation de corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Huma-Num, la MSH Lorraine et CORLI, May 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation du lexique scientifique transdisciplinaire dans des écrits scientifiques en Sciences Humaines et Sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Jacquey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Kister</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Journées du réseau "Lexicologie, Terminologie, Traduction"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Grenoble, France. pp.271-288, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.2924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formalism for a language agnostic language learning game and productive grid generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvains Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Loiseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on NLP for Computer Assisted Language Learning (NLP4CALL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Turku, Finland. pp.57-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations scientifiques transdisciplinaires: de l’extraction à la modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thu Hoai Tran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La combinatoire lexicale : corpus et dictionnaires (linguistique, didactique et littérature)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Arras, Jun 2019, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts et limites de la notion de 'Lexique scientifique transdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Paule Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexique et frontières de genres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour (UPPA), Oct 2019, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaphores résomptives et noms abstraits dans les écrits scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvains Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Gérer l’anaphore en discours : vers une approche interdisciplinaire »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et analyse linguistique du lexique scientifique transdisciplinaire. Approche outillée sur un corpus d’articles de recherche en SHS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire RALI-OLST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation semi-automatique d’une ressource de patrons verbaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP-TALN-RECITAL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, paris, France. pp.38-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02020170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Cross-Disciplinary Scientific Lexicon: Extraction and Linguistic Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Augustyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thu Hoai Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the XVII EURALEX International Congress Lexicography &amp; Linguistic Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Tbilisi, Georgia. pp.355--366</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routines sémantico-rhétoriques de l'écrit scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kraif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée phraséologique franco-polonaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de constructions verbales entre un corpus d’apprenants et un corpus d’articles de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8es Journées Internationales de Linguistique de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’annotation sémantique pour l’enseignement/apprentissage des marqueurs polylexicaux à fonction métadiscursive à l’appui du corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thu Hoai Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8es Journées Internationales de Linguistique de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégorisation sémantique des noms simples du lexique scientifique transdisciplinaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Paule Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Jacquey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Kister</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acfas 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtrage terminologique par le lexique transdisciplinaire scientifique : une expérimentation en sciences humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Jacquey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Kister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Paule Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TIA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Villetaneuse, France. pp.121-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00880215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique transdisciplinaire des écrits scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude CORLI : Traitements et standardisation des corpus multimodaux et web 2.0.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des mots simples du lexique scientifique transdisciplinaire dans les écrits de sciences humaines : une première expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN-RECITAL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Sables d’Olonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et analyse linguistique des noms du LST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Paule Jacques; Agnès Tutin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexique transversal et formules discursives des sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-1-78405-485-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressource du Lexique Scientifique Transdisciplinaire [Lexique]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORTOLANG (Open Resources and TOols for LANGuage) - www.ortolang.fr, v1, https://hdl.handle.net/11403/lst-data/v1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et analyse linguistique du lexique scientifique transdisciplinaire. Approche outillée sur un corpus d'articles de recherche en SHS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Grenoble Alpes, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016GREAL027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01690554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LST-SHS - Plateforme d'exploration lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:c941a616c6677ef7aed97eebf3d2b562c84226d6;origin=https://gitlab.com/hatiers/lstclean.git;visit=swh:1:snp:bf8e310d00b315fbed5c372ec61a9abd70644e96;anchor=swh:1:rev:a74862fb741564a88fa4ad4651965c0362c50e30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EAF² – Logiciel d'enrichissement et d'analyse de fichiers de transcriptions faites sous ELAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Nardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:7b42b9e7daa66d212e1eaa6a72256d9cb8c91d45;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/nardya/DyLNet;visit=swh:1:snp:25c9b8ea2f595703dd0c4be13c2249308e66bb49;anchor=swh:1:rev:2bec9f82b5f79a20c3cbea3eccef27fbe5b7cd17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03604589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TACT - Platform for Transcription and Annotation of Textual Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Garcia-Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greslou Elisabeth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:069d72b89c47634851f746a678e29f23f578617d;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/elan/tact.git;visit=swh:1:snp:1caa0cc4b12d1ea8eef096b5730875b395f63fb8;anchor=swh:1:rev:b78a4178065090fbb3492839b60355ff008f5622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03936099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des mots simples du lexique scientifique transdisciplinaire dans les écrits de sciences humaines: une première expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de RECITAL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId75"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.7874015748px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sylvain Hatier </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">MCF Univ. Grenoble Alpes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sylvain-hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8441-6035</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">223684368</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Corpus & Ressources Lexicales du genre académique : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://lst.univ-grenoble-alpes.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique de corpusLexicologie & PhraséologieTraitement automatique des langues</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://lidilem.univ-grenoble-alpes.fr/sylvain-hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation sur les usages d’un outil lexical numérique pour aider à la rédaction scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingrao Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Textes à paraître dans le prochain volume (2), </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1253j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique et phraséologie scientifiques transdisciplinaires en sciences humaines : de la modélisation à la création d’une ressource lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIU Francophonie et innovation à l'université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Quelle place pour le français scientifique dans un contexte universitaire ?</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique et phraséologie scientifiques transdisciplinaires en sciences humaines : de la modélisation à la création d’une ressource lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIU Francophonie et innovation à l'université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04633243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse contrastive des patrons verbaux dans l'écrit scientifique entre scripteurs étudiants et experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, HS-21, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13092/lo.78.2952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'extraction et la modélisation de patrons lexico-syntaxiques pour leur enseignement en FLE : un exemple à partir du verbe montrer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistik Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 78, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13092/lo.78.2952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les routines interactionnelles dans les discours académiques de l’oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus d'apprenants et corpus académiques en français et en espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Pampelona, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des corpus aux ressources lexicales pour l’aide à la rédaction scientifique en sciences humaines : le projet Lexasciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingrao Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosedi -- corpus de genres spécialisés : caractérisation, méthodes et applications didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying Academic Discourse through Cross-disciplinary Scientific Lexicon using Dependency Parsed Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kraif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TÜling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Tartu, May 2023, Tartu, Estonia. https://keel.ut.ee/en/content/tuling</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude comparative d’éléments du lexique scientifique français/chinois dans une perspective didactique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Linguistique de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Grenoble, France. https://jlc2023.sciencesconf.org/data/p./abstracts_JLC_2023.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la ressource lexicale et phraséologique pour la didactique de l’écrit scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingrao Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yujing Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexique des discours scientifiques : perspectives linguistiques et didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La plateforme d’annotation et de transcription TACT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop interdisciplinaire, Plate-forme collaborative et participative de transcription, relecture et annotation de corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Huma-Num, la MSH Lorraine et CORLI, May 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation du lexique scientifique transdisciplinaire dans des écrits scientifiques en Sciences Humaines et Sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évelyne Jacquey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Kister</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Journées du réseau "Lexicologie, Terminologie, Traduction"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Grenoble, France. pp.271-288, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.2924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts et limites de la notion de 'Lexique scientifique transdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Paule Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexique et frontières de genres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour (UPPA), Oct 2019, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formalism for a language agnostic language learning game and productive grid generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvains Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Loiseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on NLP for Computer Assisted Language Learning (NLP4CALL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Turku, Finland. pp.57-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collocations scientifiques transdisciplinaires: de l’extraction à la modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thu Hoai Tran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La combinatoire lexicale : corpus et dictionnaires (linguistique, didactique et littérature)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Arras, Jun 2019, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaphores résomptives et noms abstraits dans les écrits scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvains Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Gérer l’anaphore en discours : vers une approche interdisciplinaire »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et analyse linguistique du lexique scientifique transdisciplinaire. Approche outillée sur un corpus d’articles de recherche en SHS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire RALI-OLST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation semi-automatique d’une ressource de patrons verbaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP-TALN-RECITAL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, paris, France. pp.38-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02020170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Cross-Disciplinary Scientific Lexicon: Extraction and Linguistic Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Augustyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thu Hoai Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the XVII EURALEX International Congress Lexicography &amp; Linguistic Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Tbilisi, Georgia. pp.355--366</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routines sémantico-rhétoriques de l'écrit scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kraif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée phraséologique franco-polonaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de constructions verbales entre un corpus d’apprenants et un corpus d’articles de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Yan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8es Journées Internationales de Linguistique de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’annotation sémantique pour l’enseignement/apprentissage des marqueurs polylexicaux à fonction métadiscursive à l’appui du corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thu Hoai Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8es Journées Internationales de Linguistique de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégorisation sémantique des noms simples du lexique scientifique transdisciplinaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Paule Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Jacquey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Kister</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acfas 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01111442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtrage terminologique par le lexique transdisciplinaire scientifique : une expérimentation en sciences humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Jacquey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Kister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Paule Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TIA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Villetaneuse, France. pp.121-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00880215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique transdisciplinaire des écrits scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude CORLI : Traitements et standardisation des corpus multimodaux et web 2.0.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des mots simples du lexique scientifique transdisciplinaire dans les écrits de sciences humaines : une première expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN-RECITAL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Sables d’Olonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et analyse linguistique des noms du LST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Paule Jacques; Agnès Tutin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexique transversal et formules discursives des sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-1-78405-485-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressource du Lexique Scientifique Transdisciplinaire [Lexique]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORTOLANG (Open Resources and TOols for LANGuage) - www.ortolang.fr, v1, https://hdl.handle.net/11403/lst-data/v1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et analyse linguistique du lexique scientifique transdisciplinaire. Approche outillée sur un corpus d'articles de recherche en SHS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Grenoble Alpes, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016GREAL027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01690554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LST-SHS - Plateforme d'exploration lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:c941a616c6677ef7aed97eebf3d2b562c84226d6;origin=https://gitlab.com/hatiers/lstclean.git;visit=swh:1:snp:bf8e310d00b315fbed5c372ec61a9abd70644e96;anchor=swh:1:rev:a74862fb741564a88fa4ad4651965c0362c50e30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EAF² – Logiciel d'enrichissement et d'analyse de fichiers de transcriptions faites sous ELAN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Nardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:7b42b9e7daa66d212e1eaa6a72256d9cb8c91d45;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/nardya/DyLNet;visit=swh:1:snp:25c9b8ea2f595703dd0c4be13c2249308e66bb49;anchor=swh:1:rev:2bec9f82b5f79a20c3cbea3eccef27fbe5b7cd17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03604589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TACT - Platform for Transcription and Annotation of Textual Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Garcia-Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greslou Elisabeth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:069d72b89c47634851f746a678e29f23f578617d;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/elan/tact.git;visit=swh:1:snp:1caa0cc4b12d1ea8eef096b5730875b395f63fb8;anchor=swh:1:rev:b78a4178065090fbb3492839b60355ff008f5622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03936099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des mots simples du lexique scientifique transdisciplinaire dans les écrits de sciences humaines: une première expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de RECITAL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId75"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EED0DE87"/>
+    <w:nsid w:val="D23FAE2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-hatier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8441-6035" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/223684368" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lst.univ-grenoble-alpes.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lidilem.univ-grenoble-alpes.fr/sylvain-hatier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728401v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingrao Li" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hatier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1253j" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633243v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tutin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810220v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536419v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Yan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13092/lo.78.2952" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536418v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991713v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810211v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kraif" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991672v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813553v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283396v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujing Ji" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916019v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248922v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Jacquey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kister" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.2924" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330101v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvains Hatier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Loiseau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Hoai Tran" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810224v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Jacques" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956224v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810932v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020170v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903422v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Augustyn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011858v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811518v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811509v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111442v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Jacquey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00880215v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810962v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810947v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625616v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/lexique-transversal-et-formules-discursives-des-sciences-humaines" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01690554v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAL027" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010997v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c941a616c6677ef7aed97eebf3d2b562c84226d6;origin=https://gitlab.com/hatiers/lstclean.git;visit=swh:1:snp:bf8e310d00b315fbed5c372ec61a9abd70644e96;anchor=swh:1:rev:a74862fb741564a88fa4ad4651965c0362c50e30" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nardy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rousset" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fagot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7b42b9e7daa66d212e1eaa6a72256d9cb8c91d45;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/nardya/DyLNet;visit=swh:1:snp:25c9b8ea2f595703dd0c4be13c2249308e66bb49;anchor=swh:1:rev:2bec9f82b5f79a20c3cbea3eccef27fbe5b7cd17" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936099v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Guillou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garcia-Fernandez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greslou Elisabeth" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:069d72b89c47634851f746a678e29f23f578617d;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/elan/tact.git;visit=swh:1:snp:1caa0cc4b12d1ea8eef096b5730875b395f63fb8;anchor=swh:1:rev:b78a4178065090fbb3492839b60355ff008f5622" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811118v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sylvain-hatier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8441-6035" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/223684368" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lst.univ-grenoble-alpes.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lidilem.univ-grenoble-alpes.fr/sylvain-hatier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728401v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingrao Li" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hatier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1253j" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810220v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tutin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633243v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536419v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Yan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13092/lo.78.2952" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536418v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991713v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813553v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810211v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kraif" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991672v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283396v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujing Ji" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916019v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248922v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Jacquey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kister" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.2924" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810224v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Jacques" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330101v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvains Hatier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Loiseau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863822v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Hoai Tran" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956224v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810932v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020170v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903422v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Augustyn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011858v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811518v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811509v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01111442v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Jacquey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00880215v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810962v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810947v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625616v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/lexique-transversal-et-formules-discursives-des-sciences-humaines" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01690554v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAL027" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010997v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c941a616c6677ef7aed97eebf3d2b562c84226d6;origin=https://gitlab.com/hatiers/lstclean.git;visit=swh:1:snp:bf8e310d00b315fbed5c372ec61a9abd70644e96;anchor=swh:1:rev:a74862fb741564a88fa4ad4651965c0362c50e30" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nardy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rousset" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fagot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7b42b9e7daa66d212e1eaa6a72256d9cb8c91d45;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/nardya/DyLNet;visit=swh:1:snp:25c9b8ea2f595703dd0c4be13c2249308e66bb49;anchor=swh:1:rev:2bec9f82b5f79a20c3cbea3eccef27fbe5b7cd17" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936099v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Guillou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garcia-Fernandez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greslou Elisabeth" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:069d72b89c47634851f746a678e29f23f578617d;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/elan/tact.git;visit=swh:1:snp:1caa0cc4b12d1ea8eef096b5730875b395f63fb8;anchor=swh:1:rev:b78a4178065090fbb3492839b60355ff008f5622" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811118v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>