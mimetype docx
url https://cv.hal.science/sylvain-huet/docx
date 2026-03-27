--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -100,291 +100,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociate Dimensions to Improve Sound Metaphors Guiding the Hand Towards 3D Non-visible Targets</w:t>
+                <w:t xml:space="preserve">Studying Forgetting in Faster R-CNN for Online Object Detection: Analysis Scenarios, Localisation in the Architecture and Mitigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coline Fons</w:t>
+                <w:t xml:space="preserve">Baptiste Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Denis Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Graff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SN Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42979-025-03877-7⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.6067-6079. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3523637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034794v1</w:t>
+                <w:t xml:space="preserve">hal-04665302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying Forgetting in Faster R-CNN for Online Object Detection: Analysis Scenarios, Localisation in the Architecture and Mitigation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dissociate Dimensions to Improve Sound Metaphors Guiding the Hand Towards 3D Non-visible Targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Fons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Wagner</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Huet</w:t>
+                <w:t xml:space="preserve">Christian Graff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, pp.6067-6079. </w:t>
+              <w:t xml:space="preserve">SN Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (4), pp.387. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3523637⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s42979-025-03877-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04665302v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient adaptive load balancing approach for compressive background subtraction algorithm on heterogeneous CPU–GPU platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lhoussein Mabrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -474,51 +474,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A domain-specific high-level programming model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -578,51 +578,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient implementation of data flow graphs on multi-gpu clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Boulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fristot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -708,51 +708,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SysCellC: a data-flow programming model on multi-GPU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Rahman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -825,51 +825,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Casseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Very Large Scale Integration (VLSI) Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 16 (11), pp.1454-1464. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -929,321 +929,321 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voice Commands for Guidance to a 3D Position: To Collect Spontaneous Data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Refining sonification methods to improve shooting performance and ergonomics for the visually impaired</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Fons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Graff</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PETRA '25: The PErvasive Technologies Related to Assistive Environments</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICAD 2025 - 30th International Conference on Auditory Display</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Coimbra, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05384709v1</w:t>
+                <w:t xml:space="preserve">hal-05165978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refining sonification methods to improve shooting performance and ergonomics for the visually impaired</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Voice Commands for Guidance to a 3D Position: To Collect Spontaneous Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Rossato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Ernesto Gomez-Balderas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Graff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICAD 2025 - 30th International Conference on Auditory Display (ICAD 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PETRA '25: The PErvasive Technologies Related to Assistive Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Corfu Island, Greece. pp.410-411, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3733155.3734918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05165978v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forgetting Analysis by Module Probing for Online Object Detection with Faster R-CNN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2024 - 32nd European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1268,90 +1268,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Fitts' Law to Compare Sonification Guidance Methods for Target Reaching Without Vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Fons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Huet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Denis Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Graff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VISIGRAPP 2024 - 19th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications - HUCAPP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Rome, Italy. pp.444-454, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1385,90 +1385,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online Class Incremental Learning with One-Vs-All Classifiers for Resource Constrained Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Olympieff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPA 2023 - International Symposium on Image and Signal Processing and Analysis (ISPA 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1493,103 +1493,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moving Towards and Reaching a 3-D Target by Embodied Guidance: Parsimonious Vs Explicit Sound Metaphors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Fons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Huet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Denis Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvain Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Graff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HCII 2023 - 25th International Conference on. Human-Computer Interaction HCII 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Copenhague, Denmark. pp.229-243, </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1623,77 +1623,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Study of Natural Replay and Experience Replay in Online Object Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCVW 2023 - IEEE/CVF International Conference on Computer Vision Workshops (ICCVW)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1718,90 +1718,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage continu en ligne de classificateurs un contre tous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Olympieff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2022 - XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1820,485 +1820,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03842399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient parallelization of GMM background subtraction algorithm on a multi-core platform for moving objects detection</w:t>
+                <w:t xml:space="preserve">Single core SIMD parallelization of GMM background subtraction algorithm for vehicles detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lhoussein Mabrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Belkouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Abdelkrim Hamzaoui</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahya Zennayi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATSIP 2018 - 4th International Conference on Advanced Technologies for Signal and Image Processing (ATSIP 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CiSt 2018 - IEEE International Colloquium on Information Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Marrakech, Morocco</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01823999v1</w:t>
+                <w:t xml:space="preserve">hal-01922393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prototyping and Evaluating Sensory Substitution Devices by Spatial Immersion in Virtual Environments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Efficient parallelization of GMM background subtraction algorithm on a multi-core platform for moving objects detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lhoussein Mabrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Belkouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Hamzaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VISIGRAPP 2018 - 13th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5220/0006637705960602⟩</w:t>
+              <w:t xml:space="preserve">ATSIP 2018 - 4th International Conference on Advanced Technologies for Signal and Image Processing (ATSIP 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Sousse, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ATSIP.2018.8364449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01663686v1</w:t>
+                <w:t xml:space="preserve">hal-01823999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single core SIMD parallelization of GMM background subtraction algorithm for vehicles detection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Said Belkouch</w:t>
+                <w:t xml:space="preserve">Prototyping and Evaluating Sensory Substitution Devices by Spatial Immersion in Virtual Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziliz Guezou-Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Huet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Denis Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Graff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CiSt 2018 - IEEE International Colloquium on Information Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VISIGRAPP 2018 - 13th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Funchal, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0006637705960602⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922393v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01663686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance and scalability improvement of GMM background segmentation algorithm on multi-core parallel platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lhoussein Mabrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Belkouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahya Zennayi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICEERA 2018 - International Conference on Electronic Engineering and Renewable Energy (ICEERE 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Saidia, Morocco</w:t>
@@ -2321,260 +2321,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A visual programming model to implement coarse-grained DSP applications on parallel and heterogeneous clusters</w:t>
+                <w:t xml:space="preserve">SignalPU: A programming model for DSP applications on parallel and heterogeneous clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euro-Par 2014: Parallel Processing Workshops</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Porto, Portugal. pp.12</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on High Performance Computing and Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Paris, France. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01082932v1</w:t>
+                <w:t xml:space="preserve">hal-01086246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SignalPU: A programming model for DSP applications on parallel and heterogeneous clusters</w:t>
+                <w:t xml:space="preserve">A visual programming model to implement coarse-grained DSP applications on parallel and heterogeneous clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on High Performance Computing and Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Paris, France. pp.8</w:t>
+              <w:t xml:space="preserve">Euro-Par 2014: Parallel Processing Workshops</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Porto, Portugal. pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01086246v1</w:t>
+                <w:t xml:space="preserve">hal-01082932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Task migration of DSP application specified with a DFG and implemented with the BSP computing model on a CPU-GPU cluster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fristot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2625,51 +2625,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DFG implementation on multi GPU cluster with computation-communication overlap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Boulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2759,51 +2759,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yun Jie Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DSD 2010 - Digital System Design: Architectures, Methods and Tools</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Lille, France. pp.393-397, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2850,51 +2850,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception conjointe logiciel-matériel et microprocesseur embarqué, validation sur plateforme FPGA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fristot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Fesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2971,51 +2971,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Oshiro Zardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DATE 2009 - Design, Automation and Test in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Nice, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3066,51 +3066,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Oshiro Zardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque 2008 du GDR SOCSIP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, -, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3135,51 +3135,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Computation Core for Communication Refinement of Digital Signal Processing Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Casseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3224,498 +3224,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00332396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design exploration and HW/SW rapid prototyping for real-time system design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">C- BASED RAPID PROTOTYPING FOR DIGITAL SIGNAL PROCESSING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Casseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bomel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">2005, pp.240-242</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUSIPCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Turkey. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00079263v1</w:t>
+                <w:t xml:space="preserve">hal-00080466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séquenceur mémoire pour applications multimédia temps réel gérant les séquences d'accès indéterministes</w:t>
+                <w:t xml:space="preserve">Pipelined memory controllers for DSP applications handling unpredictable data acesses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Casseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.268 - 269</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Martin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-00105019v1</w:t>
+                <w:t xml:space="preserve">hal-00080044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pipelined memory controllers for DSP applications handling unpredictable data acesses</w:t>
+                <w:t xml:space="preserve">Séquenceur mémoire pour applications multimédia temps réel gérant les séquences d'accès indéterministes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Casseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caaliph Andriamisaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2005, pp.268 - 269</w:t>
+              <w:t xml:space="preserve">2005, pp.183-186</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00080044v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00105019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C- BASED RAPID PROTOTYPING FOR DIGITAL SIGNAL PROCESSING</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design exploration and HW/SW rapid prototyping for real-time system design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Casseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.240-242</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Jego</w:t>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-00080466v1</w:t>
+                <w:t xml:space="preserve">hal-00079263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic System Level to Hw/Sw Design Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bomel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Casseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3804,103 +3804,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eye-movement in the dark for the exploration of virtual scenes encoded by sounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zélie Buquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Huet</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Denis Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Graff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECM 2017 - 19th European Conference on Eye Movements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Wuppertal, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3970,51 +3970,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SysCellC: SystemC on Cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Kaouane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4097,103 +4097,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guiding sightless people one dimension at a time: how the strategy used in spontaneous voice instructions benefits sonification-based guidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Fons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Huet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Denis Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Rossato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4215,51 +4215,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardware communication refinement in digital signal processing, modelling issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Casseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4485,51 +4485,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034794v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Fons" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pellerin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Graff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-025-03877-7" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04665302v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Wagner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3523637" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304233v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussein Mabrouk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Houzet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Belkouch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Hamzaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-019-00916-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204811v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Mansouri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.3622" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746981v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boulos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fristot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Salvo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-012-0279-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497792v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Rahman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2010.04.115" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361870v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Le Gal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Casseau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2008.2000821" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384709v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Henry" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rossato" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Ernesto Gomez-Balderas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3733155.3734918" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165978v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04689660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04492351v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012346400003660" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04221367v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Olympieff" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04192144v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Gerber" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35681-0_15" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04221415v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03842399v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823999v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ATSIP.2018.8364449" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663686v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Guezou-Philippe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006637705960602" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922393v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Zennayi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824016v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082932v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086246v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-00937725v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657536v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975849v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Jie Wu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD.2010.66" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505110v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fesquet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Rolland" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506480v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Oshiro Zardo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332413v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332396v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pasquier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079263v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105019v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caaliph Andriamisaina" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080044v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080466v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bomel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jego" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079258v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613512v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dor&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;lie Buquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320215v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Kaouane" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCSA.2008.63" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165934v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332397v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Nours" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04665302v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Wagner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pellerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3523637" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034794v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Fons" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Graff" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-025-03877-7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304233v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussein Mabrouk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Houzet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Belkouch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Hamzaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-019-00916-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204811v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Mansouri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.3622" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746981v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boulos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fristot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Salvo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-012-0279-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497792v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Rahman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2010.04.115" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361870v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Le Gal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Casseau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVLSI.2008.2000821" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165978v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384709v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Henry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rossato" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Ernesto Gomez-Balderas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3733155.3734918" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04689660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04492351v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012346400003660" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04221367v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Olympieff" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04192144v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Gerber" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35681-0_15" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04221415v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03842399v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922393v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Zennayi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823999v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ATSIP.2018.8364449" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663686v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Guezou-Philippe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006637705960602" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824016v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086246v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082932v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-00937725v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657536v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975849v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Jie Wu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD.2010.66" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505110v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fesquet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Rolland" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506480v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Oshiro Zardo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332413v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332396v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pasquier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080466v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bomel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jego" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080044v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105019v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caaliph Andriamisaina" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079263v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079258v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613512v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dor&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;lie Buquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320215v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Kaouane" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCSA.2008.63" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165934v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332397v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Nours" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>