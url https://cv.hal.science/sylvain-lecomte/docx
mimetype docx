--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,2749 +66,2866 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
+                <w:t xml:space="preserve">Joint simulation of urban vehicle traffic and relay-empowered 5G communications at city scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
+                <w:t xml:space="preserve">Florian Condette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, pp.104614-104629. </w:t>
+              <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3579872⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12243-025-01129-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124603v1</w:t>
+                <w:t xml:space="preserve">hal-05317437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint simulation of urban vehicle traffic and relay-empowered 5G communications at city scale</w:t>
+                <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Condette</w:t>
+                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Ramat</w:t>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.104614-104629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12243-025-01129-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3579872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05317437v1</w:t>
+                <w:t xml:space="preserve">hal-05124603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework for detecting and analyzing behavior changes of elderly people over time using learning techniques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Thilliez</w:t>
+                <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s20247112⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.104614 - 104629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/access.2025.3579872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03224413v1</w:t>
+                <w:t xml:space="preserve">hal-05553121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation and qualification of mobile application quality.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rudy Bisiaux</w:t>
+                <w:t xml:space="preserve">A framework for detecting and analyzing behavior changes of elderly people over time using learning techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorsaf Zekri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thierry Delot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Thilliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dorian Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Next-Generation Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (24), pp.1-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s20247112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03396938v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multiple-metric QoS-aware implementation of the optimized link state routing protocol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
+                <w:t xml:space="preserve">Evaluation and qualification of mobile application quality.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Bisiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Desertot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+                <w:t xml:space="preserve">Dorian Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal of communication networks and distributed systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Next-Generation Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447735v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03396938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COMMON FRAMEWORK : A HYBRID APPROACH TO INTEGRATE CROSS-PLATFORM COMPONENTS IN MOBILE APPLICATION</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mikael Desertot</w:t>
+                <w:t xml:space="preserve">A multiple-metric QoS-aware implementation of the optimized link state routing protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3844/jcssp.2014.2165.2181⟩</w:t>
+              <w:t xml:space="preserve">International journal of communication networks and distributed systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (4), pp.381-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJCNDS.2014.062227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03578333v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharing with Caution: Managing Parking Spaces in Vehicular Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergio Ilarri</w:t>
+                <w:t xml:space="preserve">COMMON FRAMEWORK : A HYBRID APPROACH TO INTEGRATE CROSS-PLATFORM COMPONENTS IN MOBILE APPLICATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Perchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Cenerario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mobile Information Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2013/703830⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (11), pp.2165-2181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3844/jcssp.2014.2165.2181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03594510v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03578333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design guidelines for quality of service support in Optimized Link State Routing-based mobile ad hoc networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
+                <w:t xml:space="preserve">A framework for mobile and context-aware applications applied to vehicular social networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Popovici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Delot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ad Hoc Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.adhoc.2012.06.001⟩</w:t>
+              <w:t xml:space="preserve">Social Network Analysis and Mining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3 (3), pp.329-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13278-012-0073-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03451428v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03624705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework for mobile and context-aware applications applied to vehicular social networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mikael Desertot</w:t>
+                <w:t xml:space="preserve">Design guidelines for quality of service support in Optimized Link State Routing-based mobile ad hoc networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Delot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Network Analysis and Mining</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 3 (3), pp.329-340. </w:t>
+              <w:t xml:space="preserve">Ad Hoc Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (1), pp.298-323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.adhoc.2012.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sharing with Caution: Managing Parking Spaces in Vehicular Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Delot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13278-012-0073-9⟩</w:t>
+                <w:t xml:space="preserve">Sergio Ilarri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cenerario</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mobile Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (1), pp.69-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2013/703830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03624705v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03594510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Simulation of Both Vehicles Mobility and Relay-Empowered 5G Communications in a City</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Condette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sondi Patrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lecomte Sylvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th IFIP/IEEE International Conference on Performance Evaluation and Modeling in Wired and Wireless Networks (PEMWN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Agadir, Morocco. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/PEMWN62766.2024.10737543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Learning Techniques to Observe Elderly’s Behavior Changes over Time in Smart Home</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorsaf Zekri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Delot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thilliez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference On Smart Living and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Hammamet, Tunisia. pp.129-141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03380371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the Quality Improvement of Cross-Platform Mobile Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matias Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ACM 4th International Conference on Mobile Software Engineering and Systems (MOBILESoft)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Buenos Aires, Argentina. pp.184-188, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MOBILESoft.2017.30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03388377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving quality on native and cross-platform mobile application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Bisiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Perchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobility2017, The Seventh International Conference on Mobile Services, Resources, and Users</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03388326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the CATS framework by providing Asynchronous deployment for mobile application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Component based framework to create mobile cross-platform applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Perchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Gransart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th workshop on Communication Technologies for Vehicles, Nets4cars</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 4th International Conference on Ambient Systems, Networks and Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Halifax, Canada. pp.1004-1011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2013.06.140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00960805v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03472627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid genetic algorithm for bi-objective assignment problem</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mansour Eddaly</w:t>
+                <w:t xml:space="preserve">Enhancing the CATS framework by providing Asynchronous deployment for mobile application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bassem Jarboui</w:t>
+                <w:t xml:space="preserve">Christophe Gransart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Said Hanafi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Industrial Engineering and Systems Management (IEEE-IESM'2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Rabat, Morocco</w:t>
+              <w:t xml:space="preserve">5th workshop on Communication Technologies for Vehicles, Nets4cars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, France. 11p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03473054v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00960805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Hybrid Approach for the Multi-objective Assignment Problem</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Hybrid genetic algorithm for bi-objective assignment problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Ratli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Eddaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassem Jarboui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Wilbaut</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Hanafi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th European Conference on Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Rome, Italy</w:t>
+              <w:t xml:space="preserve">International Conference on Industrial Engineering and Systems Management (IEEE-IESM'2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03532433v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03473054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Run-time users/applications interaction analysis for power consumption optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Carlier</w:t>
+                <w:t xml:space="preserve">A Hybrid Approach for the Multi-objective Assignment Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Ratli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassem Jarboui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamel Tayeb</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+                <w:t xml:space="preserve">Rachid Benmansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smail Niar</w:t>
+                <w:t xml:space="preserve">Christophe Wilbaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 Fourth Annual International Conference on Energy Aware Computing Systems and Applications (ICEAC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">26th European Conference on Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Rome, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03472841v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03532433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Component based framework to create mobile cross-platform applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Run-time users/applications interaction analysis for power consumption optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamel Tayeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smail Niar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 4th International Conference on Ambient Systems, Networks and Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procs.2013.06.140⟩</w:t>
+              <w:t xml:space="preserve">2013 Fourth Annual International Conference on Energy Aware Computing Systems and Applications (ICEAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Istanbul, Turkey. pp.181-186, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICEAC.2013.6737660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03472627v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03472841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seamless context adaptation on a service-oriented framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Popovici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Mobile Wireless Middleware, Operating Systems, and Applications, Mobilware 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03624648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal urban and interurban networks : contributions concerning traffic control support systems and V2V communication, related projects.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kolski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Hammadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Tahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire académique bilatéral France-Mexique sur la Recherche et l'Innovation dans les Transports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Mexico, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03484080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Evaluation of Multimedia Applications over an OLSR-Based Mobile Ad Hoc Network Using OPNET</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 12th International Conference on Computer Modelling and Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Cambridge, United Kingdom. pp.567-572, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/UKSIM.2010.109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03447691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobile Ad Hoc Network-based Monitoring of Battlefields or Rescue Operations in Urban Scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 European Modelling Symposium (EMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Pisa, Italy. pp.408-413, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EMS.2010.74⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03447705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition pour la modélisation d'applications ubiquitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gransart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ubimob 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, France. pp.99-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00714177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion Dynamique des Services Techniques pour Modèle à Composants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colombe Hérault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004, pp.135-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00003290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2818,958 +2935,958 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Learning Techniques to Observe Elderly’s Behavior Changes over Time in Smart Home</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorsaf Zekri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Delot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thilliez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mohamed Jmaiel; Mounir Mokhtari; Bessam Abdulrazak; Hamdi Aloulou; Slim Kallel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Impact of Digital Technologies on Public Health in Developed and Developing Countries. 18th International Conference, ICOST 2020, Hammamet, Tunisia, June 24–26, 2020, Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12157, Springer International Publishing, pp.129-141, 2020, Lecture Notes in Computer Science, 978-3-030-51516-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-51517-1_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03698276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobile- and Context-Aware Applications of Social Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Thilliez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Social Network Analysis and Mining</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer New York, pp.1-10, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4614-7163-9_385-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03378924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inter-vehicle Services and Communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Delot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Mobility and Transport Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Wiley &amp; Sons, Inc, pp.81-109, 2013, 978-184821377-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118561973.ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03623176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seamless Context Adaptation on a Service-Oriented Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Popovici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Desertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobile Wireless Middleware, Operating Systems, and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 65, Springer Berlin Heidelberg, pp.207-220, 2013, Lecture Notes of the Institute for Computer Sciences, Social Informatics and Telecommunications Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-36660-4_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03624642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les systèmes de transport intelligents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intelligent Transportation Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Desertot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gransart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Desertot</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierry Delot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CALVARY Gaëlle; DELOT Thierry; SÈDES Florence; TIGLI Jean-Yves. </w:t>
+              <w:t xml:space="preserve">Gaëlle Calvary; Thierry Delot; Jean-Yves Tigli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Informatique et intelligence ambiante Des capteurs aux applications</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.1-23, 2012, Traité IC2, série Informatique et Systèmes d'Information, 978-2746229815</w:t>
+              <w:t xml:space="preserve">Computer Science and Ambient Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, JOHN WILEY, pp.285-306, 2012, Computer engineering series, 978-1-118-57815-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00985911v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00929735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligent Transportation Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les systèmes de transport intelligents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Desertot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gransart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Desertot</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierry Delot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Gaëlle Calvary; Thierry Delot; Jean-Yves Tigli. </w:t>
+              <w:t xml:space="preserve">CALVARY Gaëlle; DELOT Thierry; SÈDES Florence; TIGLI Jean-Yves. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Science and Ambient Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, JOHN WILEY, pp.285-306, 2012, Computer engineering series, 978-1-118-57815-5</w:t>
+              <w:t xml:space="preserve">Informatique et intelligence ambiante Des capteurs aux applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chapter 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermes / Lavoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-23, 2012, Traité IC2, série Informatique et Systèmes d'Information, 978-2746229815</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00929735v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00985911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des Usages dans les Contextes d'E-services Ubiquitaires et Evolutifs, contribution du LAMIH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Anceaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Kolski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université de valenciennes et du Hainaut-Cambrésis; LAMIH, Valenciennes. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03484692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acquisition de nouveaux savoirs par les P.M.I. du bassin minier dans le domaine des NTIC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Donsez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bennani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Wallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Camion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université de Valenciennes et du Hainaut-Cambrésis. 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3779,91 +3896,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et adaptation de services techniques pour l'informatique ubiquitaire et nomade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Informatique mobile. Université de Valenciennes et du Hainaut-Cambresis, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00115825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3873,114 +3990,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COST-STIC Cartes Orientées Services Transactionnels et Systèmes Transactionnels Intégrant des Cartes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cs.OH]. Université des Sciences et Technologie de Lille - Lille I, 1998. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00457654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId104"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4127,51 +4244,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124603v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajdi Elleuch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Meddahi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3579872" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05317437v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Condette" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01129-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224413v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorsaf Zekri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thilliez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Desertot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20247112" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03396938v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Bisiaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Petit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447735v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhavy Gantsou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2014.062227" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03578333v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Perchat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3844/jcssp.2014.2165.2181" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594510v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ilarri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cenerario" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/703830" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451428v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2012.06.001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9592V5FK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624705v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Popovici" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-012-0073-9" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764052v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondi Patrick" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecomte Sylvain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/PEMWN62766.2024.10737543" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03380371v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388377v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Martinez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MOBILESoft.2017.30" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388326v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960805v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03473054v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Ratli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Eddaly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Jarboui" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hanafi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03532433v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Benmansour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Wilbaut" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03472841v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carlier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Tayeb" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Niar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEAC.2013.6737660" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03472627v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2013.06.140" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03484080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kolski" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hammadi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tahon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447691v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UKSIM.2010.109" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447705v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMS.2010.74" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714177v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carr&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Pallec" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003290v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombe H&#233;rault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03698276v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51517-1_11" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03378924v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7163-9_385-1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03623176v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118561973.ch3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624642v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-36660-4_15" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985911v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/informatique/informatique-et-intelligence-ambiante/calvary/descriptif-9782746229815" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929735v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03484692v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Anceaux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03326500v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Donsez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bennani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wallart" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Camion" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00115825v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00457654v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05317437v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Condette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01129-6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124603v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajdi Elleuch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Meddahi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3579872" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553121v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2025.3579872" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224413v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorsaf Zekri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thilliez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Desertot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20247112" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03396938v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Bisiaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Petit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447735v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhavy Gantsou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2014.062227" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03578333v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Perchat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3844/jcssp.2014.2165.2181" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624705v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Popovici" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-012-0073-9" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451428v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2012.06.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9592V5FK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594510v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ilarri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cenerario" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/703830" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764052v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondi Patrick" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecomte Sylvain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/PEMWN62766.2024.10737543" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03380371v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388377v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Martinez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MOBILESoft.2017.30" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388326v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03472627v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2013.06.140" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960805v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03473054v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Ratli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Eddaly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Jarboui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hanafi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03532433v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Benmansour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Wilbaut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03472841v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carlier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Tayeb" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Niar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEAC.2013.6737660" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624648v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03484080v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kolski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Hammadi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tahon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447691v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UKSIM.2010.109" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447705v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMS.2010.74" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714177v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Carr&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Pallec" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003290v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombe H&#233;rault" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03698276v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51517-1_11" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03378924v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7163-9_385-1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03623176v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118561973.ch3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624642v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-36660-4_15" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929735v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985911v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/informatique/informatique-et-intelligence-ambiante/calvary/descriptif-9782746229815" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03484692v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Anceaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03326500v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Donsez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bennani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wallart" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Camion" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00115825v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00457654v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>