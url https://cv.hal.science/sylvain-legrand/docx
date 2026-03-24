--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1121,295 +1121,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02265374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Genes Differentially Expressed in Response to Cold in Pisum sativum Using RNA Sequencing Analyses</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">miRkwood: a tool for the reliable identification of microRNAs in plant genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilie Hascoët</w:t>
+                <w:t xml:space="preserve">Isabelle Guigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Jaminon</w:t>
+                <w:t xml:space="preserve">Jean-Frédéric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dépta</w:t>
+                <w:t xml:space="preserve">Sébastien Bini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Hû</w:t>
+                <w:t xml:space="preserve">Delphine Lanselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (8), pp.288. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/plants8080288⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-019-5913-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02458796v1</w:t>
+                <w:t xml:space="preserve">hal-02265367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">miRkwood: a tool for the reliable identification of microRNAs in plant genomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of Genes Differentially Expressed in Response to Cold in Pisum sativum Using RNA Sequencing Analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Bahrman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Guigon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Legrand</w:t>
+                <w:t xml:space="preserve">Émilie Hascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Frédéric Berthelot</w:t>
+                <w:t xml:space="preserve">Odile Jaminon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Bini</w:t>
+                <w:t xml:space="preserve">Frédéric Dépta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Lanselle</w:t>
+                <w:t xml:space="preserve">Jean-François Hû</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (1), </w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (8), pp.288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-019-5913-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/plants8080288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02265367v1</w:t>
+                <w:t xml:space="preserve">hal-02458796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis of four terpene synthases in rose-scented pelargonium cultivars (Pelargonium x hybridum) and evolution of scent in the Pelargonium genus</w:t>
               </w:r>
@@ -1937,404 +1937,404 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01208622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery and functional characterization of two diterpene synthases for sclareol biosynthesis in Salvia sclarea(L.) and their relevance for perfume manufacture</w:t>
+                <w:t xml:space="preserve">Extracellular Localization of the Diterpene Sclareol in Clary Sage (Salvia sclarea L., Lamiaceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Caniard</w:t>
+                <w:t xml:space="preserve">Jean Claude Caissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philipp Zerbe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Legrand</w:t>
+                <w:t xml:space="preserve">Thomas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allison Cohade</w:t>
+                <w:t xml:space="preserve">Claire Delbecque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Valot</w:t>
+                <w:t xml:space="preserve">Sabine Palle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Philippe Garry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2229-12-119⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (10), pp.e48253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0048253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735808v1</w:t>
+                <w:t xml:space="preserve">ujm-00749471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular Localization of the Diterpene Sclareol in Clary Sage (Salvia sclarea L., Lamiaceae)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Discovery and functional characterization of two diterpene synthases for sclareol biosynthesis in Salvia sclarea(L.) and their relevance for perfume manufacture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Olivier</w:t>
+                <w:t xml:space="preserve">Anne Caniard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Delbecque</w:t>
+                <w:t xml:space="preserve">Philipp Zerbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Palle</w:t>
+                <w:t xml:space="preserve">Allison Cohade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Philippe Garry</w:t>
+                <w:t xml:space="preserve">Nadine Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (10), pp.e48253. </w:t>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (1), pp.119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0048253⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2229-12-119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00749471v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular Localization of the Diterpene Sclareol in Clary Sage (Salvia sclarea L., Lamiaceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Caissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delbecque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Palle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Philippe Garry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (10), pp.e48253. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0048253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735797v1</w:t>
@@ -2345,130 +2345,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discovery and functional characterization of two diterpene synthases for sclareol biosynthesis in Salvia sclarea (L.) and their relevance for perfume manufacture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caniard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipp Zerbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Cohade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2229-12-119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650002v1</w:t>
@@ -2492,51 +2492,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-step identification of conserved miRNAs, their targets, potential transcription factors and effector genes of complete secondary metabolism pathways after 454 pyrosequencing of calyx cDNAs from the Labiate Salvia sclarea L</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Nicolé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2657,77 +2657,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finding and analysing microRNAs in plant genomes with miRkwood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohcen Benmounah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2823,51 +2823,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting MicroRNAs in Plant Genomes with miRkwood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Touzet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3227,77 +3227,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Touzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohcen Benmounah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
@@ -3488,51 +3488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05046976v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Pavan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;anore Lacoste" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Legrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcaf004" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218036v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;lida Padilla-Garc&#237;a" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Le Veve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch &#268;erm&#225;k" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;mer &#304;lta&#351;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Contreras-Garrido" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaf093" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05412097v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805376v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Azevedo Favory" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Beaumont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Louis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koaf168" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612032v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Batista" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Carr&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mousavi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazoyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2024.03.047" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808043v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mazurier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Drouaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-H&#233;naut" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13071119" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086421v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne de Kort" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Honnay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Buckley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-34795-4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265374v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Caron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Maumus" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Schvartzman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Quadrana" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13100-019-0171-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458796v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Hasco&#235;t" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Jaminon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#233;pta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois H&#251;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants8080288" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265367v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guigon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Berthelot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bini" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lanselle" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5913-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882971v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blerot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Prunier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saint-Marcoux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01435" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545231v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jullien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Moja" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bony" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Petit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-013-0131-3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735790v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208622v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Marque" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blassiau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Umar Faruk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Canoy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2013.03.014" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W0FL2V6Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735808v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caniard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Zerbe" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Cohade" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Valot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-12-119" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00749471v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Olivier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delbecque" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Palle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Garry" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0048253" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735797v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Caissard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650002v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735811v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicol&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2009.10.004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0DKX3ZTH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247604v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohcen Benmounah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Touzet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952910v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Touzet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2429-6_8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805361v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805332v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita A Batista" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Durand" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika M&#246;rchen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Azevedo-Favory" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Simon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454133v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05046976v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Pavan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;anore Lacoste" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Legrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcaf004" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218036v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;lida Padilla-Garc&#237;a" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Le Veve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch &#268;erm&#225;k" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;mer &#304;lta&#351;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Contreras-Garrido" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaf093" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05412097v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805376v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Azevedo Favory" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Beaumont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Louis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koaf168" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612032v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Batista" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Carr&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mousavi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazoyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2024.03.047" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808043v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mazurier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Drouaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-H&#233;naut" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13071119" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086421v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne de Kort" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Honnay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Buckley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-34795-4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265374v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Caron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Maumus" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Schvartzman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Quadrana" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13100-019-0171-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265367v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guigon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Berthelot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lanselle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5913-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458796v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Hasco&#235;t" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Jaminon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#233;pta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois H&#251;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants8080288" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882971v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blerot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Prunier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saint-Marcoux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01435" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545231v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jullien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Moja" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bony" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Petit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-013-0131-3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735790v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208622v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Marque" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blassiau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Umar Faruk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Canoy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2013.03.014" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W0FL2V6Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00749471v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Olivier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delbecque" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Palle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Garry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0048253" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735808v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caniard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Zerbe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Cohade" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Valot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-12-119" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735797v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Caissard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650002v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04735811v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicol&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2009.10.004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0DKX3ZTH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247604v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohcen Benmounah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Touzet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952910v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Touzet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2429-6_8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805361v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805332v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita A Batista" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Durand" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika M&#246;rchen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Azevedo-Favory" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Simon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454133v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>