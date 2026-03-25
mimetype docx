--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -760,605 +760,605 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04434712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passage Retrieval on Structured Documents using Graph Attention Networks</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claude Le Pape-Gardeux</w:t>
+                <w:t xml:space="preserve">Usage de la simulation pour valider des algorithmes d'optimisation de maintenance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Roffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Stolyarova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th European Conference on IR Research (ECIR 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">32ème Congrès Lambda Mu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut pour la Maîtrise des Risques (IMdR), Oct 2022, Paris Saclay, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626054v1</w:t>
+                <w:t xml:space="preserve">hal-03970682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">`python-m5p` - M5 Prime regression trees in python, compliant with scikit-learn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PyCon.DE &amp; PyData Berlin, 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03762155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Pre-Screening Approach for Faster Bayesian Network Structure Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Rahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECML-PKDD 2022 - European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Grenoble, France. pp.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03873684v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usage de la simulation pour valider des algorithmes d'optimisation de maintenance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Validating Condition-Based Maintenance Algorithms through Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Roffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Stolyarova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème Congrès Lambda Mu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut pour la Maîtrise des Risques (IMdR), Oct 2022, Paris Saclay, France</w:t>
+              <w:t xml:space="preserve">ICCIE 2022 : International Conference on Computers and Industrial Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03970682v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validating Condition-Based Maintenance Algorithms through Simulation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Léo Dupont</w:t>
+                <w:t xml:space="preserve">Passage Retrieval on Structured Documents using Graph Attention Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Albarede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mulhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Le Pape-Gardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marié</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elena Stolyarova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCIE 2022 : International Conference on Computers and Industrial Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">44th European Conference on IR Research (ECIR 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Stavanger, Norway. pp.13-21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-99739-7_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03854307v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining First Principles and Machine Learning for optimal maintenance of electrical assets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1517,90 +1517,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening strong pairwise relationships for fast Bayesian network structure learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Rahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Italian-French Statistics Seminar - IFSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1625,90 +1625,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Bayesian Network Structure Learning using Quasi-Determinism Screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Rahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Marié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFRB 2018 - 9èmes Journées Francophones sur les Réseaux Bayésiens et les Modèles Graphiques Probabilistes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Toulouse, France. pp.14-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3233,51 +3233,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423161v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyun Gao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mari&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick B&#233;guery" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thebault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecoeuche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.113889" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579028v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cao-Tri Do" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlame Douzal-Chouakria" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Schneider Mari&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Rombaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Varasteh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2017.08.020" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383600v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Knecht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131563v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Albarede" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Goeuriot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulhem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Pape-Gardeux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434712v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bossard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Joyeux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Ha Pham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vautrin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE56780.2023.10407221" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626054v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99739-7_2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762155v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873684v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Rahier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970682v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Chevalier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Dupont" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Roffet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Stolyarova" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854307v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320965v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Boguslawski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cercueil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chupot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596668v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.15289.90723" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941685v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Girard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691217v4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208429v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202045v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656546v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Najmeddine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jay" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marechal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#233; Sylvain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780603v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo La Tosa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bernier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Piette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097266v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baude" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bottaro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Chazalet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Constancin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434653v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385071v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44412-3_9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518688v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gouin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Alvarez-H&#233;rault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deschamps" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Lamoudi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328460v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920470v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Herbster" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423161v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyun Gao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mari&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick B&#233;guery" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thebault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecoeuche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.113889" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579028v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cao-Tri Do" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlame Douzal-Chouakria" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Schneider Mari&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Rombaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Varasteh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2017.08.020" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383600v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Knecht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131563v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Albarede" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Goeuriot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulhem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Pape-Gardeux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434712v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bossard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Joyeux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Ha Pham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Vautrin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE56780.2023.10407221" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970682v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Chevalier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Dupont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Roffet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Stolyarova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762155v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873684v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Rahier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854307v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626054v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99739-7_2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320965v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Boguslawski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cercueil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chupot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596668v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.15289.90723" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941685v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Girard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691217v4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208429v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202045v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656546v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Najmeddine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jay" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marechal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#233; Sylvain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780603v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo La Tosa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bernier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Piette" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097266v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baude" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bottaro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Brun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Chazalet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Constancin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434653v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885015v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385071v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44412-3_9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518688v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gouin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Alvarez-H&#233;rault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deschamps" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Lamoudi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328460v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920470v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Herbster" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>