--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2622,299 +2622,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03660323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architectures neuronales bout-en-bout pour la compréhension de la parole</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Camelin</w:t>
+                <w:t xml:space="preserve">Overlapped speech and gender detection with WavLM pre-trained features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Lebourdais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Renato de Mori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Île de Noirmoutier, France</w:t>
+              <w:t xml:space="preserve">Interspeech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Incheon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03770548v1</w:t>
+                <w:t xml:space="preserve">hal-03770634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overlapped speech and gender detection with WavLM pre-trained features</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Tahon</w:t>
+                <w:t xml:space="preserve">Architectures neuronales bout-en-bout pour la compréhension de la parole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Pelloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Camelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato de Mori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Incheon, South Korea</w:t>
+              <w:t xml:space="preserve">JEP 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Île de Noirmoutier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03770634v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03770548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using ASR-Generated Text for Spoken Language Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Pelloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3496,90 +3496,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">End2End Acoustic to Semantic Transduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Pelloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Camelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato de Mori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Caubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5172,265 +5172,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01433173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative PLDA Adaptation for Speaker Diarization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anthony Larcher</w:t>
+                <w:t xml:space="preserve">An active learning method for speaker identity annotation in audio recordings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexandre Broux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Doukhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Petitrenaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Carrive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2016</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1st International Workshop on Multimodal Media Data Analytics (MMDA 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, La Haye, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01433172v1</w:t>
+                <w:t xml:space="preserve">hal-01451532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An active learning method for speaker identity annotation in audio recordings</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Simon Petitrenaud</w:t>
+                <w:t xml:space="preserve">Iterative PLDA Adaptation for Speaker Diarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Le Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Carrive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Workshop on Multimodal Media Data Analytics (MMDA 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, San Francisco, United States. pp.2175 - 2179, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2016-572⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01451532v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01433172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 2015 NIST Language Recognition Evaluation: The Shared View of I2R, Fantastic4 and SingaMS</w:t>
               </w:r>
@@ -5652,260 +5652,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01433156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRIM and LIUM approaches for Multi-Genre Broadcast Media Transcription</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">EUMSSI team at the MediaEval Person Discovery Challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nam Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vishwa Gupta</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yannick Estève</w:t>
+                <w:t xml:space="preserve">Di Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Odobez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASRU 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Scottsdale (Arizona (USA) ), Unknown Region</w:t>
+              <w:t xml:space="preserve"> MediaEval 2015 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Wurzen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01433197v1</w:t>
+                <w:t xml:space="preserve">hal-01433209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EUMSSI team at the MediaEval Person Discovery Challenge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nam Le</w:t>
+                <w:t xml:space="preserve">CRIM and LIUM approaches for Multi-Genre Broadcast Media Transcription</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vishwa Gupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Deléglise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Di Wu</w:t>
+                <w:t xml:space="preserve">Gilles Boulianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> MediaEval 2015 </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Wurzen, Germany</w:t>
+              <w:t xml:space="preserve">ASRU 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Scottsdale (Arizona (USA) ), Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01433209v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01433197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Makes a Speaker Recognizable in TV Broadcast? Going Beyond Speaker Identification Error Rate</w:t>
               </w:r>
@@ -6492,90 +6492,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIUM and CRIM ASR System Combination for the REPERE Evaluation Campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Boulianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Deléglise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vishwa Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Conference on Text, Speech and Dialogue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Brno, Czech Republic. pp.441 - 448, </w:t>
@@ -8525,256 +8525,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01451534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative filtering of phonetic transcriptions of proper nouns</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Laurent</w:t>
+                <w:t xml:space="preserve">Improvements to the LIUM French ASR system based on CMU Sphinx: what helps to significantly reduce the word error rate?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Deléglise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teva Merlin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Paul Deléglise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Taipei, Taiwan. pp.4265--4268</w:t>
+              <w:t xml:space="preserve">Interspeech 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01433945v1</w:t>
+                <w:t xml:space="preserve">hal-01450910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvements to the LIUM French ASR system based on CMU Sphinx: what helps to significantly reduce the word error rate?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Iterative filtering of phonetic transcriptions of proper nouns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teva Merlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Deléglise</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Teva Merlin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Brighton, United Kingdom</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Taipei, Taiwan. pp.4265--4268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01450910v1</w:t>
+                <w:t xml:space="preserve">hal-01433945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic named identification of speakers using diarization and asr systems</w:t>
               </w:r>
@@ -8875,230 +8875,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00412431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinaison de systèmes pour la phonétisation automatique de noms propres</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Paul Deléglise</w:t>
+                <w:t xml:space="preserve">Segmentation et regroupement en locuteurs pour la parole conversationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie El Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Sénac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIe Journées d'étude sur la parole (JEP 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Avignon, France. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01450912v1</w:t>
+                <w:t xml:space="preserve">hal-01451535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation et regroupement en locuteurs pour la parole conversationnelle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christine Sénac</w:t>
+                <w:t xml:space="preserve">Combinaison de systèmes pour la phonétisation automatique de noms propres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Deléglise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIe Journées d'étude sur la parole (JEP 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Avignon, France. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01451535v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01450912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude pour l’amélioration d’un système d’identification nommée du locuteur</w:t>
               </w:r>
@@ -10453,243 +10453,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01434305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Online Adaptation for Speaker Verification over the Telephone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Barras</w:t>
+                <w:t xml:space="preserve">The ELISA Consortium approches in Broadcast News Speaker segmentation during the NIST 2003 rich transcription evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Moraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fredouille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Odyssey 2004: The Speaker and Language Recognition Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2004, Tolède, Spain. pp.4</w:t>
+              <w:t xml:space="preserve">IEEE, Proceedings of International Conference on Acoustics Speech and Signal Processing (ICASSP 2004)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Montreal, Canada. pp.373--376</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01434306v1</w:t>
+                <w:t xml:space="preserve">hal-01434303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ELISA Consortium approches in Broadcast News Speaker segmentation during the NIST 2003 rich transcription evaluation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Moraru</w:t>
+                <w:t xml:space="preserve">Unsupervised Online Adaptation for Speaker Verification over the Telephone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE, Proceedings of International Conference on Acoustics Speech and Signal Processing (ICASSP 2004)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Montreal, Canada. pp.373--376</w:t>
+              <w:t xml:space="preserve">Odyssey 2004: The Speaker and Language Recognition Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2004, Tolède, Spain. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01434303v1</w:t>
+                <w:t xml:space="preserve">hal-01434306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SPEAKER DIARIZATION IN THE ELISA CONSORTIUM OVER THE LAST 4 YEARS</w:t>
               </w:r>
@@ -12754,51 +12754,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737796v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meysam Shamsi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Larcher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barrault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meignier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevheni Prokopalo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2022.101437" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563148v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevhenii Prokopalo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app1010000" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166755v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carrive" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Beloued" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goetschel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heiden" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959325v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Broux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Petitrenaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-020-09493-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818495v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Lan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charlet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2018.2844025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433154v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Odobez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Del&#233;glise" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fict.2016.00009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433238v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2014.02.006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946991v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hatmi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jacquin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meigner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solen Quiniou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412446v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jousse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Est&#232;ve" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318554v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moraru" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fredouille" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2005.08.002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434241v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Barras" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Zhu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gauvain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASL.2006.878261" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434501v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bimbot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois A Bonastre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne A Fredouille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume A Gravier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Magrin-Chagnolleau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/S1110865704310024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434498v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aladdin M Ariyaeeinia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John S Mason" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro S Mayorga" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/S1110865704310012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434538v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mayorga" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05227251v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Ferreira Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labbas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/pazj-fr12" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576488v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lebourdais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04908826v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lambert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/v5j5-4239" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676070v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770444v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Prouteau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dugu&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660323v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770548v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pelloin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato de Mori" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770634v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770460v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Herv&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dary" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.bigscience-1.2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03768117v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Lisena" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mazuet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197434v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Connes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Perez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lamirel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74251-5_26" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262923v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262914v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambuj Mehrish" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128163v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Caubri&#232;re" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9413581" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262976v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Flucha" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Plaut" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798580v3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galibert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496971v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987198v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01818312v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927560v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Vallet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461471" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01817898v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Desnous" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-63" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280162v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818401v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-270" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551690v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Le" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bredin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sargent" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel India" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lopez-Otero" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3095713.3095732" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kong Aik Lee" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7472648" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433167v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7472741" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433173v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433172v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-572" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451532v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433164v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haizhou Li" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Deng" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ville Hautam&#228;ki" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Rao" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-624" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433156v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433197v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishwa Gupta" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boulianne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433209v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Wu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433205v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Poignant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433221v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Khoury" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2014.7025063" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433257v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Dupuy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433239v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433260v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lailler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI.2014.6849828" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450629v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rousseau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10816-2_53" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433223v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6853569" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433450v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433449v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Merlin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843211v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843606v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450711v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433486v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie El Khoury" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2012.6288889" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433245v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433467v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450722v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433510v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433899v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433897v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433893v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433886v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433518v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434933v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Schwenk" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451534v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433945v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450910v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412431v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450912v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451535v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine S&#233;nac" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412340v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Daille" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451536v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charton" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;vy" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433960v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Del&#233;glise" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434096v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mauclair" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434240v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434121v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434285v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Istrate" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11677482_36" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434281v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2005-651" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434280v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wils" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2005.1415219" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434282v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434304v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434305v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2004.1326006" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434306v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434303v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F Bonastre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451537v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434484v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434300v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451541v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434535v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434575v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434586v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434656v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Igounet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434643v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434681v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delacourt" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434692v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451542v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875186v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Lalande" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pan/7194" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pan.7194" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451540v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451538v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133268v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mariotte" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737796v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meysam Shamsi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Larcher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barrault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meignier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevheni Prokopalo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2022.101437" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563148v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevhenii Prokopalo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app1010000" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166755v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carrive" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Beloued" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goetschel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heiden" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959325v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Broux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Petitrenaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-020-09493-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818495v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Lan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charlet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2018.2844025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433154v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Odobez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Del&#233;glise" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fict.2016.00009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433238v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2014.02.006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946991v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hatmi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jacquin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meigner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solen Quiniou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412446v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jousse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Est&#232;ve" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318554v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moraru" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fredouille" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2005.08.002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434241v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Barras" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Zhu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gauvain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASL.2006.878261" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434501v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bimbot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois A Bonastre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne A Fredouille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume A Gravier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Magrin-Chagnolleau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/S1110865704310024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434498v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aladdin M Ariyaeeinia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John S Mason" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro S Mayorga" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/S1110865704310012" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434538v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mayorga" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05227251v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Ferreira Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labbas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/pazj-fr12" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576488v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lebourdais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04908826v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lambert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/v5j5-4239" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676070v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770444v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Prouteau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dugu&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660323v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770634v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770548v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pelloin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato de Mori" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770460v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Herv&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dary" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.bigscience-1.2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03768117v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Lisena" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mazuet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197434v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Connes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Perez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lamirel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74251-5_26" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262923v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262914v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambuj Mehrish" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128163v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Caubri&#232;re" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9413581" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262976v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Flucha" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Plaut" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798580v3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galibert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496971v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987198v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01818312v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927560v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Vallet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461471" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01817898v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Desnous" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-63" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280162v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818401v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-270" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551690v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Le" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bredin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sargent" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel India" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lopez-Otero" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3095713.3095732" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kong Aik Lee" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7472648" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433167v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7472741" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433173v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451532v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433172v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-572" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433164v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haizhou Li" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Deng" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ville Hautam&#228;ki" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Rao" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-624" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433156v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433209v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Wu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433197v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishwa Gupta" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boulianne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433205v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Poignant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433221v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Khoury" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2014.7025063" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433257v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Dupuy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433239v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433260v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lailler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI.2014.6849828" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450629v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rousseau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10816-2_53" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433223v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6853569" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433450v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433449v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Merlin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843211v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843606v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450711v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433486v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie El Khoury" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2012.6288889" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433245v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433467v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450722v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433510v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433899v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433897v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433893v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433886v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433518v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434933v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Schwenk" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451534v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450910v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433945v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412431v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451535v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine S&#233;nac" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450912v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412340v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Daille" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451536v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charton" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;vy" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433960v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Del&#233;glise" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434096v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mauclair" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434240v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434121v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434285v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Istrate" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11677482_36" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434281v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2005-651" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434280v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wils" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2005.1415219" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434282v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434304v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434305v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2004.1326006" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434303v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434306v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F Bonastre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451537v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434484v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434300v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451541v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434535v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434575v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434586v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434656v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Igounet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434643v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434681v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delacourt" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434692v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451542v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875186v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Lalande" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pan/7194" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pan.7194" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451540v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451538v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133268v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mariotte" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>