--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,559 +234,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05269197v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutritional Value and Antioxidant Potential of Djiboutian Abundant Seaweeds, With Their Food Applications in Doughnut and Tartare</w:t>
+                <w:t xml:space="preserve">Barcoding‐Inferred Biodiversity of Shallow‐Water Indo‐Pacific Demosponges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moustapha Nour</w:t>
+                <w:t xml:space="preserve">Dirk Erpenbeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Stiger‐pouvreau</w:t>
+                <w:t xml:space="preserve">Adrian Galitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdourahman Daher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Solène Connan</w:t>
+                <w:t xml:space="preserve">Michael L Berumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Ali</w:t>
+                <w:t xml:space="preserve">Gabriele Büttner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Debitus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Science &amp; Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/fsn3.70956⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 53 (3), pp.e70171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbi.70171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05303180v1</w:t>
+                <w:t xml:space="preserve">hal-05563102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When chemistry meets taxonomy: Studying glycolipidic chemomarkers in pelagic Sargassum spp. (Phaeophyceae) using molecular networking</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Nutritional Value and Antioxidant Potential of Djiboutian Abundant Seaweeds, With Their Food Applications in Doughnut and Tartare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustapha Nour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Stiger‐pouvreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Touboul</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdourahman Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Connan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jpy.70116⟩</w:t>
+              <w:t xml:space="preserve">Food Science &amp; Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/fsn3.70956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05426569v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05303180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eco-Friendly Extraction of Phlorotannins from Padina pavonica: Identification Related to Purification Methods Towards Innovative Cosmetic Applications</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">When chemistry meets taxonomy: Studying glycolipidic chemomarkers in pelagic Sargassum spp. (Phaeophyceae) using molecular networking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Meslet-Cladière</w:t>
+                <w:t xml:space="preserve">Charlotte Nirma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Stiger‐pouvreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Cérantola</w:t>
+                <w:t xml:space="preserve">Marceau Levasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Connan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md23010015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jpy.70116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05397864v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultivable epiphytic bacteria of the Chlorophyta Ulva sp.: diversity, antibacterial, and biofilm-modulating activities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sauvann Paulino</w:t>
+                <w:t xml:space="preserve">Eco-Friendly Extraction of Phlorotannins from Padina pavonica: Identification Related to Purification Methods Towards Innovative Cosmetic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustapha Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Petek</w:t>
+                <w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoran Le Strat</w:t>
+                <w:t xml:space="preserve">Alain Guenneguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+                <w:t xml:space="preserve">Laurence Meslet-Cladière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaelle Le Blay</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Cérantola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 135 (5), </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (1), pp.15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jambio/lxae099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md23010015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04578594v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05397864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical Investigation of the Calcareous Marine Sponge Pericharax heteroraphis, Clathridine-A Related Derivatives Isolation, Synthesis and Osteogenic Activity</w:t>
               </w:r>
@@ -798,64 +802,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capucine Jourdain de Muizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Moriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Levasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Touboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan I. Iorga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -945,5341 +949,5471 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Fabioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vanmaldergem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Harmful Algae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 133, pp.102607. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.hal.2024.102607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04487905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of Marine Sponge Metabolites against Prions: Bromotyrosine Derivatives, a Family of Interest</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cultivable epiphytic bacteria of the Chlorophyta Ulva sp.: diversity, antibacterial, and biofilm-modulating activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colin Grunberger</w:t>
+                <w:t xml:space="preserve">Sauvann Paulino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Gentile</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Moriou</w:t>
+                <w:t xml:space="preserve">Yoran Le Strat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victorien Chaker</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Le Blay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md22100456⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 135 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jambio/lxae099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04728633v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04578594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-Biofilm Extracts and Molecules from the Marine Environment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Potential of Marine Sponge Metabolites against Prions: Bromotyrosine Derivatives, a Family of Interest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Roullier</w:t>
+                <w:t xml:space="preserve">Maha Sinane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+                <w:t xml:space="preserve">Colin Grunberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Dufour</w:t>
+                <w:t xml:space="preserve">Lucile Gentile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Moriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Artigaud</w:t>
+                <w:t xml:space="preserve">Victorien Chaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 22 (7), pp.313. </w:t>
+              <w:t xml:space="preserve">, 2024, 22 (10), pp.456. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md22070313⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md22100456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766153v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04728633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular genetic biodiversity assessment of the Wallis Island sponge fauna in the Tropical Pacific</w:t>
+                <w:t xml:space="preserve">Anti-Biofilm Extracts and Molecules from the Marine Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Galitz</w:t>
+                <w:t xml:space="preserve">Flore Caudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Merrick Ekins</w:t>
+                <w:t xml:space="preserve">Catherine Roullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maggie Reddy</w:t>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Folcher</w:t>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahé Dumas</w:t>
+                <w:t xml:space="preserve">Sébastien Artigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 104, pp.e56. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (7), pp.313. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0025315424000432⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md22070313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04669664v1</w:t>
+                <w:t xml:space="preserve">hal-04766153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Eco-Friendly Extraction and Purification Approach for Obtaining Active Ingredients for Cosmetics from Two Marine Brown Seaweeds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular genetic biodiversity assessment of the Wallis Island sponge fauna in the Tropical Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Galitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leslie Gager</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Petek</w:t>
+                <w:t xml:space="preserve">Merrick Ekins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Couteau</w:t>
+                <w:t xml:space="preserve">Maggie Reddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Folcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahé Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md22030112⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 104, pp.e56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0025315424000432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04533636v1</w:t>
+                <w:t xml:space="preserve">hal-04669664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poriferans rift apart: molecular demosponge biodiversity in Central and French Polynesia and comparison with adjacent marine provinces of the Central Indo-Pacific</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kathryn Hall</w:t>
+                <w:t xml:space="preserve">An Eco-Friendly Extraction and Purification Approach for Obtaining Active Ingredients for Cosmetics from Two Marine Brown Seaweeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Gager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Connan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cérantola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Couteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10531-023-02613-y⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (3), 112 [21 p.]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md22030112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04113385v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04533636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revision of the genus Fascaplysinopsis, the type species Fascaplysinopsis reticulata (Hentschel, 1912) (Porifera, Dictyoceratida, Thorectidae) and descriptions of two new genera and seven new species</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Poriferans rift apart: molecular demosponge biodiversity in Central and French Polynesia and comparison with adjacent marine provinces of the Central Indo-Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Galitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merrick Ekins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Petek</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Folcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Büttner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tepoerau Mai</w:t>
+                <w:t xml:space="preserve">Kathryn Hall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5346 (3), pp.201-241. </w:t>
+              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.2469 - 2494. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.5346.3.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10531-023-02613-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270964v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracts from Wallis Sponges Inhibit Vibrio harveyi Biofilm Formation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gwenaelle Le Blay</w:t>
+                <w:t xml:space="preserve">Revision of the genus Fascaplysinopsis, the type species Fascaplysinopsis reticulata (Hentschel, 1912) (Porifera, Dictyoceratida, Thorectidae) and descriptions of two new genera and seven new species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merrick Ekins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Erpenbeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Debitus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tepoerau Mai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms11071762⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5346 (3), pp.201-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.5346.3.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04155861v1</w:t>
+                <w:t xml:space="preserve">hal-04270964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation, Synthesis and Absolute Configuration of the Pericharaxins A and B, Epimeric Hydroxy-Polyene Glycerol Ethers from the Calcarean Sponge Pericharax heteroraphis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marthe Rousseau</w:t>
+                <w:t xml:space="preserve">Extracts from Wallis Sponges Inhibit Vibrio harveyi Biofilm Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Caudal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Artigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Le Blay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 20 (10), pp.635. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (7), pp.1762. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md20100635⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms11071762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03818740v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactive Bromotyrosine Derivatives from the Pacific Marine Sponge Suberea clavata (Pulitzer-Finali, 1982)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Isolation, Synthesis and Absolute Configuration of the Pericharaxins A and B, Epimeric Hydroxy-Polyene Glycerol Ethers from the Calcarean Sponge Pericharax heteroraphis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capucine Jourdain de Muizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Moriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merrick Ekins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Al-Mourabit</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rozenn Trepos</w:t>
+                <w:t xml:space="preserve">Marthe Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 19 (3), pp.143. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md19030143⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 20 (10), pp.635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md20100635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03319162v1</w:t>
+                <w:t xml:space="preserve">hal-03818740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crambescidin Acid from the French Polynesian Monanchora n. sp. Marine Sponge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bioactive Bromotyrosine Derivatives from the Pacific Marine Sponge Suberea clavata (Pulitzer-Finali, 1982)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Mourabit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amr El-Demerdash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. El-Demerdash</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rozenn Trepos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Natural Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10600-020-03262-1⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (3), pp.143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md19030143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03047904v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum Sensing Inhibitory and Antifouling Activities of New Bromotyrosine Metabolites from the Polynesian Sponge Pseudoceratina n. sp.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crambescidin Acid from the French Polynesian Monanchora n. sp. Marine Sponge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. El-Demerdash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Debitus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Tintillier</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Al-Mourabit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md18050272⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Natural Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (6), pp.1180 - 1182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10600-020-03262-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03004661v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of fascaplysin and palauolide from Fascaplysinopsis cf reticulata to reduce the risk of bacterial infection in fish farming</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quorum Sensing Inhibitory and Antifouling Activities of New Bromotyrosine Metabolites from the Polynesian Sponge Pseudoceratina n. sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Tintillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Moriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyne Fauchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Mai</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">S. Soulet</w:t>
+                <w:t xml:space="preserve">Claire Hellio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fisheries and Aquatic Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s41240-019-0145-0⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (5), pp.272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md18050272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02503506v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03004661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of tropical macroalgae from French Polynesia for biotechnological applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potential of fascaplysin and palauolide from Fascaplysinopsis cf reticulata to reduce the risk of bacterial infection in fish farming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Toullec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. van Wynsberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mayalen Zubia</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Denis Saulnier</w:t>
+                <w:t xml:space="preserve">S. Soulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10811-019-01920-8⟩</w:t>
+              <w:t xml:space="preserve">Fisheries and Aquatic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22, pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41240-019-0145-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02920592v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatty Acids Pattern from the French Polynesian Monanchora n. sp. Marine Sponge</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Potential of tropical macroalgae from French Polynesia for biotechnological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayalen Zubia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier P. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Soulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Demoy-Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Natural Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10600-018-2575-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (4), pp.2343-2362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10811-019-01920-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626090v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioactive Bromotyrosine-Derived Alkaloids from the Polynesian Sponge Suberea ianthelliformis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amr El-Demerdash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Moriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Toullec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Soulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 16 (5), pp.146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/md16050146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01834017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Ring-Distortion Strategy from Marine Natural Product Ilimaquinone Leads to Quorum Sensing Modulators</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fatty Acids Pattern from the French Polynesian Monanchora n. sp. Marine Sponge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. El-Demerdash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Debitus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Al-Mourabit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201800047⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Natural Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 54 (6), pp.1143-1145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10600-018-2575-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626088v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unguiculins A-C: cytotoxic bis-guanidine alkaloids from the French Polynesian sponge, Monanchora n. sp</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Moriou</w:t>
+                <w:t xml:space="preserve">A Ring-Distortion Strategy from Marine Natural Product Ilimaquinone Leads to Quorum Sensing Modulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lachkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Lamali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Thérèse Martin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Debitus</w:t>
+                <w:t xml:space="preserve">Blandine Seon-Meniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Product Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 32 (13), pp.1512-1517. </w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (20-21), pp.2486-2497. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14786419.2017.1385011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201800047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02339610v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Unprecedented Blue Chromophore Found in Nature using a “Chemistry First” and Molecular Networking Approach: Discovery of Dactylocyanines A–H</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unguiculins A-C: cytotoxic bis-guanidine alkaloids from the French Polynesian sponge, Monanchora n. sp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amr El-Demerdash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Moriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natacha Bonneau</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean‐françois Gallard</w:t>
+                <w:t xml:space="preserve">Marie-Thérèse Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Debitus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201702336⟩</w:t>
+              <w:t xml:space="preserve">Natural Product Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (13), pp.1512-1517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786419.2017.1385011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05521915v1</w:t>
+                <w:t xml:space="preserve">hal-02339610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Unprecedented Blue Chromophore Found in Nature using a &amp;quot;Chemistry First&amp;quot; and Molecular Networking Approach: Discovery of Dactylocyanines A-H</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">An Unprecedented Blue Chromophore Found in Nature using a “Chemistry First” and Molecular Networking Approach: Discovery of Dactylocyanines A–H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guanming Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lachkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asmaa Boufridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Francois Gallard</w:t>
+                <w:t xml:space="preserve">Jean‐françois Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 23 (58), pp.14454-14461. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/chem.201702336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02571115v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05521915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilimaquinone and 5-epi-Ilimaquinone: Beyond a Simple Diastereomeric Ratio, Biosynthetic Considerations from NMR-Based Analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">An Unprecedented Blue Chromophore Found in Nature using a &amp;quot;Chemistry First&amp;quot; and Molecular Networking Approach: Discovery of Dactylocyanines A-H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guanming Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lachkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asmaa Boufridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurent Evanno</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1071/CH16455⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (58), pp.14454-14461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201702336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01483154v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02571115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotransformations versus chemical modifications: new cytotoxic analogs of marine sesquiterpene ilimaquinone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ilimaquinone and 5-epi-Ilimaquinone: Beyond a Simple Diastereomeric Ratio, Biosynthetic Considerations from NMR-Based Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lachkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Erpenbeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi A Beniddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Debitus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 57 (44), pp.4922-4925. </w:t>
+              <w:t xml:space="preserve">Australian Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 70 (6), pp.743-750. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2016.09.075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/CH16455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01483185v1</w:t>
+                <w:t xml:space="preserve">hal-01483154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytotoxic guanidine alkaloids from the French Polynesian sponge Monanchora n. sp.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A Rodrigues-Stien</w:t>
+                <w:t xml:space="preserve">Biotransformations versus chemical modifications: new cytotoxic analogs of marine sesquiterpene ilimaquinone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi A. Beniddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Debitus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Natural Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.6b00168⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 57 (44), pp.4922-4925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2016.09.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01584556v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01483185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotransformations versus chemical modifications: new cytotoxic analogs of marine sesquiterpene ilimaquinone</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Evanno</w:t>
+                <w:t xml:space="preserve">Cytotoxic guanidine alkaloids from the French Polynesian sponge Monanchora n. sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Al-Mourabit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A El-Demerdash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Moriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M-T Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Debitus</w:t>
+                <w:t xml:space="preserve">A Rodrigues-Stien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2016.09.075⟩</w:t>
+              <w:t xml:space="preserve">Journal of Natural Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 79, p. 1929-1937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.6b00168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05521861v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01584556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Natural Occurring 2,5-Diketopiperazines: Isolation, Synthesis and Optical Properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Laville</w:t>
+                <w:t xml:space="preserve">Biotransformations versus chemical modifications: new cytotoxic analogs of marine sesquiterpene ilimaquinone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T .B. Nguyen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Petek</w:t>
+                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Debitus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heterocycles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3987/COM-14-S(K)87⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 57 (44), pp.4922-4925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2016.09.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01138232v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05521861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum sensing inhibitors from Leucetta chagosensis Dendy, 1863</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tepoerau Mai</w:t>
+                <w:t xml:space="preserve">Marine Natural Occurring 2,5-Diketopiperazines: Isolation, Synthesis and Optical Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Mourabit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Laville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Tintillier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">E. Bonno</w:t>
+                <w:t xml:space="preserve">T .B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Moriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/lam.12461⟩</w:t>
+              <w:t xml:space="preserve">Heterocycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 90 (2), pp.1351-1366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3987/COM-14-S(K)87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01684926v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01138232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New antimalarial polyketide endoperoxides from the marine sponge Plakinastrella mamillaris collected at Fiji Islands</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quorum sensing inhibitors from Leucetta chagosensis Dendy, 1863</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tepoerau Mai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Tintillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lucasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carmen Festa</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Eric Deharo</w:t>
+                <w:t xml:space="preserve">E. Bonno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2013.03.006⟩</w:t>
+              <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 61 (4), pp.311-317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/lam.12461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03531197v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pipestelides A-C: cyclodepsipeptides from the Pacific marine sponge Pipestela candelabra.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Cresteil</w:t>
+                <w:t xml:space="preserve">New antimalarial polyketide endoperoxides from the marine sponge Plakinastrella mamillaris collected at Fiji Islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Festa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona de Marino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Valeria D’auria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orazio Taglialatela-Scafati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Deharo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Natural Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/np200714m⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 69 (18), pp.3706-3713. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2013.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00741321v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gracilioethers E–J, new oxygenated polyketides from the marine sponge Plakinastrella mamillaris</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simona de Marino</w:t>
+                <w:t xml:space="preserve">Pipestelides A-C: cyclodepsipeptides from the Pacific marine sponge Pipestela candelabra.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Sorres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Levaique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Valeria d'Auria</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">German Gonzalez</w:t>
+                <w:t xml:space="preserve">Thierry Cresteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2012.09.106⟩</w:t>
+              <w:t xml:space="preserve">Journal of Natural Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 75 (4), pp.759-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/np200714m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03612847v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00741321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution, radiation and chemotaxonomy of Lamellodysidea, a demosponge genus with anti-plasmodial metabolites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mayuri Chandra</w:t>
+                <w:t xml:space="preserve">Gracilioethers E–J, new oxygenated polyketides from the marine sponge Plakinastrella mamillaris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Festa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona de Marino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Valeria d'Auria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Deharo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">German Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-012-1891-z⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 68 (49), pp.10157-10163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2012.09.106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03584591v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The in vivo antiplasmodial activity of Haliclonacyclamine A, an alkaloid form the marine sponge, Haliclona sp.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Folcher</w:t>
+                <w:t xml:space="preserve">Evolution, radiation and chemotaxonomy of Lamellodysidea, a demosponge genus with anti-plasmodial metabolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Erpenbeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Hooper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Sutcliffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayuri Chandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nat. Prod. Res.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 159 (5), pp.1119-1127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-012-1891-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00578163v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03584591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactive indole derivatives from the South Pacific marine sponges Rhopaloeides odorabile and Hyrtios sp.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The in vivo antiplasmodial activity of Haliclonacyclamine A, an alkaloid form the marine sponge, Haliclona sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arlette Longeon</w:t>
+                <w:t xml:space="preserve">A. Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brent R Copp</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Betty Kientz</w:t>
+                <w:t xml:space="preserve">S. Chevalley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Folcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nat. Prod. Res.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, sous presse</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00684789v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00578163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New bioactive halenaquinone derivatives from South Pacific marine sponges of the genus Xestospongia.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
+                <w:t xml:space="preserve">Bioactive indole derivatives from the South Pacific marine sponges Rhopaloeides odorabile and Hyrtios sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlette Longeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brent R Copp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Quévrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joëlle Dubois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexis Valentin</w:t>
+                <w:t xml:space="preserve">Betty Kientz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bmc.2010.06.066⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 9 (5), pp.879-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md9050879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00522053v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00684789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New bioactive halenaquinone derivatives from South Pacific marine sponges of the genus Xestospongia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New bioactive halenaquinone derivatives from South Pacific marine sponges of the genus Xestospongia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Longeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brent R Copp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Roué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Longeon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A. Valentin</w:t>
+                <w:t xml:space="preserve">Alexis Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 18, pp.6006-6011</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 18 (16), pp.6006-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmc.2010.06.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00578185v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00522053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agelastatin E, agelastatin F, and benzosceptrin C from the marine sponge Agelas dendromorpha J.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Agelastatin E, agelastatin F, and benzosceptrin C from the marine sponge Agelas dendromorpha.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tilvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Tilvi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Moriou</w:t>
+                <w:t xml:space="preserve">M. T. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.T. Martin</w:t>
+                <w:t xml:space="preserve">J. F. Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Sorres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nat. Prod.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Natural Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 73 (4), pp.720-723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/np900539j⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00578187v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00480974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agelastatin E, agelastatin F, and benzosceptrin C from the marine sponge Agelas dendromorpha.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New bioactive halenaquinone derivatives from South Pacific marine sponges of the genus Xestospongia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. T. Martin</w:t>
+                <w:t xml:space="preserve">A. Longeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. F. Gallard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Sorres</w:t>
+                <w:t xml:space="preserve">B.R Copp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Roue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Natural Products</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18, pp.6006-6011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00480974v1</w:t>
+                <w:t xml:space="preserve">hal-00578185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homophymines B-E and A1-E1, a family of bioactive cyclodepsipeptides from the sponge Homophymia sp.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Agelastatin E, agelastatin F, and benzosceptrin C from the marine sponge Agelas dendromorpha J.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tilvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Zampella</w:t>
+                <w:t xml:space="preserve">M.T. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Sepe</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maria Valeria d'Auria</w:t>
+                <w:t xml:space="preserve">J.-F. Gallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sorres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nat. Prod.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 73, pp.720-723</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00433247v1</w:t>
+                <w:t xml:space="preserve">hal-00578187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coscinolactames A and B: new nitrogen-containing sesterterpenoids from the marine sponge Coscinoderma mathewsi,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Festa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Valeria d'Auria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Bourguet-Kondracki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 65, pp.2905-2909</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00578212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homophymines B-E and A1-E1, a family of bioactive cyclodepsipeptides from the sponge Homophymia sp.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zampella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Sepe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bellota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Luciano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Valeria d'Auria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 7, pp.4037-4044</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00578197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Homophymines B-E and A1-E1, a family of bioactive cyclodepsipeptides from the sponge Homophymia sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Zampella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Sepe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filomena Bellotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Luciano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Valeria d'Auria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 7 (19), pp.4037-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b910015f⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Agelasines J, K, and L from the Solomon Islands Marine Sponge Agelas cf. mauritiana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Appenzeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mihci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. T. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. F. Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. L. Menou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Natural Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 71 (8), pp.1451-1454. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/np800212g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00320681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6289,156 +6423,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cantharella: Pharmacochemical database of natural products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Cheype</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Diguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Poussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:9f92e6d05f166af5f85d894a855959ea15adf037;origin=https://hal.archives-ouvertes.fr/hal-01887126;visit=swh:1:snp:8b76375800ed21f2a235d58470eeb9789deaf856;anchor=swh:1:rel:df5c9bfca7186c05e79a4fc063fe6b52d88c3167;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887126v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6448,151 +6582,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Campagne Wallis 2018 du N.O. Alis : inventaire des spongiaires, des mollusques et des gorgones de l'île de Wallis (18 juillet - 03 août 2018) : rapport de mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Folcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ekins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Oliverio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahé Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IRD. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6602,154 +6736,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening of bioactive compounds in proliferative macroalgae from French Polynesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Soulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Grellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Tintillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Demoy-Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5e Congrès International de la Cosmétopée et 1ère édition des Rencontres Internationales de la Cosmétopée du Pacifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Punaauia, French Polynesia. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6759,440 +6893,440 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collection des données de biodiversité marine de Polynésie française (LAGPLON)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId255" w:history="1">
+                <w:t xml:space="preserve">Collection des données de biodiversité marine de Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiat Sylvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Payri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Menou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Héros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15468/wafmud⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Benzoni</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">ird-03245744v1</w:t>
+                <w:t xml:space="preserve">ird-03245741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collection des données de biodiversité marine de Nouvelle-Calédonie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId255" w:history="1">
+                <w:t xml:space="preserve">Collection des données de biodiversité marine de Polynésie française (LAGPLON)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiat Sylvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Payri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Benzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Debitus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15468/wafmud⟩</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15468/c69pay⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-03245741v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-03245744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pomare project, first results on marine invertebrates quorum sensing inhibitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tepoerau Mai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Tintillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Al Mourabit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 6th edition of the "Rendez-Vous de Concarneau : where Industry meets Science in marine Biotechnology"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Concarneau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01745170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7202,114 +7336,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception, synthèse et étude biologique d'inhibiteurs de phosphoénolpyruvate lyases : vers un nouveau type d'antibiothérapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie. Université Henri Poincaré - Nancy 1, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2003NAN10016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01748102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId267"/>
+      <w:footerReference w:type="default" r:id="rId270"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7456,51 +7590,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05269197v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guillot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Ngo Tona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Connan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Rouget" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Receveur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2025.111643" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05303180v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Nour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger&#8208;pouvreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahman Daher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.70956" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426569v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Nirma" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Levasseur" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpy.70116" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05397864v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guenneguez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Meslet-Cladi&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;rantola" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md23010015" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04578594v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauvann Paulino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoran Le Strat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Le Blay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxae099" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577790v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Jourdain de Muizon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moriou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan I. Iorga" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22050196" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04487905v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Garc&#237;a-Corona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fabioux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vanmaldergem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Derrien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2024.102607" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728633v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Sinane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Grunberger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gentile" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Chaker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22100456" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04766153v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Caudal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roullier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dufour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artigaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22070313" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04669664v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Galitz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merrick Ekins" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggie Reddy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Folcher" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mah&#233; Dumas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315424000432" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04533636v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gager" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Couteau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22030112" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04113385v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele B&#252;ttner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Hall" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-023-02613-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04270964v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Erpenbeck" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debitus" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tepoerau Mai" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5346.3.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155861v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11071762" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818740v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Rousseau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20100635" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319162v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Mourabit" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lacroix" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr El-Demerdash" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Trepos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19030143" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047904v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El-Demerdash" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petek" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debitus" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al-Mourabit" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10600-020-03262-1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004661v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tintillier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Fauchon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hellio" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18050272" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503506v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mai" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toullec" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Wynsberge" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soulet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41240-019-0145-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920592v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayalen Zubia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P. Thomas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Soulet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Demoy-Schneider" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saulnier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-019-01920-8" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626090v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10600-018-2575-9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01834017v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Toullec" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Besson" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Soulet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md16050146" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626088v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Evanno" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lachkar" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Lamali" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Boufridi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Seon-Meniel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800047" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339610v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Martin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786419.2017.1385011" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521915v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bonneau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanming Chen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gallard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702336" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571115v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gallard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483154v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A Beniddir" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH16455" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483185v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A. Beniddir" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2016.09.075" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXQ7M2MX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584556v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al-Mourabit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A El-Demerdash" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moriou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-T Martin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rodrigues-Stien" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.6b00168" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521861v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Beniddir" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138232v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Laville" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T .B. Nguyen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-14-S(K)87" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684926v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tintillier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lucasson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moriou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonno" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.12461" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03531197v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Festa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona de Marino" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Valeria D&#8217;auria" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orazio Taglialatela-Scafati" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deharo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.03.006" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VKJC6N4Z-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741321v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sorres" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Levaique" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cresteil" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np200714m" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03612847v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Valeria d'Auria" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Gonzalez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2012.09.106" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18TZBZ39-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03584591v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hooper" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Sutcliffe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayuri Chandra" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-012-1891-z" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-26WTC7DV-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578163v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mani" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valentin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalley" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684789v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Longeon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent R Copp" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Qu&#233;vrain" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rou&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Kientz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md9050879" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522053v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dubois" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Valentin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2010.06.066" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578185v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Longeon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.R Copp" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roue" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578187v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tilvi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Martin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Gallard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sorres" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480974v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Martin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Gallard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np900539j" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433247v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Zampella" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Sepe" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Bellotta" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Luciano" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b910015f" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-P80TS6Q3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578212v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Marino" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Festa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bourguet-Kondracki" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578197v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zampella" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sepe" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bellota" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Luciano" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320681v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Appenzeller" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mihci" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Menou" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np800212g" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JS9M58R5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887126v3" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cheype" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tricot" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Diguer" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poussin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9f92e6d05f166af5f85d894a855959ea15adf037;origin=https://hal.archives-ouvertes.fr/hal-01887126;visit=swh:1:snp:8b76375800ed21f2a235d58470eeb9789deaf856;anchor=swh:1:rel:df5c9bfca7186c05e79a4fc063fe6b52d88c3167;path=/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194513v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ekins" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oliverio" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629914v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Grellier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245744v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiat Sylvie" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Payri" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Benzoni" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15468/c69pay" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245741v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Menou" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie H&#233;ros" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15468/wafmud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745170v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Mourabit" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748102v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003NAN10016" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05269197v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guillot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Ngo Tona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Connan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Rouget" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Receveur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2025.111643" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563102v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Erpenbeck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Galitz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L Berumen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele B&#252;ttner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debitus" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.70171" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05303180v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Nour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger&#8208;pouvreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahman Daher" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ali" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.70956" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426569v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Nirma" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Levasseur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpy.70116" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05397864v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guenneguez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Meslet-Cladi&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;rantola" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md23010015" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577790v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Jourdain de Muizon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moriou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan I. Iorga" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22050196" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04487905v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Garc&#237;a-Corona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fabioux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vanmaldergem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petek" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Derrien" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2024.102607" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04578594v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauvann Paulino" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoran Le Strat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Le Blay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxae099" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728633v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Sinane" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Grunberger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gentile" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Chaker" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22100456" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04766153v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Caudal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roullier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dufour" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artigaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22070313" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04669664v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merrick Ekins" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggie Reddy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Folcher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mah&#233; Dumas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315424000432" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04533636v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gager" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Couteau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22030112" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04113385v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Hall" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-023-02613-y" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04270964v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tepoerau Mai" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5346.3.1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155861v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11071762" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818740v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Rousseau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20100635" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319162v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Mourabit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lacroix" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr El-Demerdash" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Trepos" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19030143" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047904v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El-Demerdash" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petek" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debitus" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al-Mourabit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10600-020-03262-1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004661v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tintillier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Fauchon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hellio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18050272" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503506v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mai" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toullec" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Wynsberge" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soulet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41240-019-0145-0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920592v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayalen Zubia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P. Thomas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Soulet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Demoy-Schneider" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saulnier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-019-01920-8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01834017v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Toullec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Besson" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Soulet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md16050146" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626090v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10600-018-2575-9" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626088v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Evanno" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lachkar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Lamali" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Boufridi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Seon-Meniel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800047" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339610v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Martin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786419.2017.1385011" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521915v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bonneau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanming Chen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gallard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702336" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571115v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gallard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483154v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A Beniddir" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH16455" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483185v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A. Beniddir" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2016.09.075" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXQ7M2MX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584556v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al-Mourabit" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A El-Demerdash" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moriou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-T Martin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rodrigues-Stien" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.6b00168" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521861v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Beniddir" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138232v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Laville" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T .B. Nguyen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-14-S(K)87" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684926v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tintillier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lucasson" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moriou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonno" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.12461" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03531197v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Festa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona de Marino" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Valeria D&#8217;auria" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orazio Taglialatela-Scafati" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deharo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.03.006" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VKJC6N4Z-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741321v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sorres" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Levaique" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cresteil" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np200714m" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03612847v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Valeria d'Auria" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Gonzalez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2012.09.106" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18TZBZ39-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03584591v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hooper" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Sutcliffe" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayuri Chandra" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-012-1891-z" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-26WTC7DV-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578163v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mani" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valentin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalley" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684789v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Longeon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent R Copp" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Qu&#233;vrain" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rou&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Kientz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md9050879" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522053v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dubois" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Valentin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2010.06.066" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480974v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tilvi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Martin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Gallard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sorres" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np900539j" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578185v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Longeon" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.R Copp" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roue" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578187v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Martin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Gallard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578212v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Marino" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Festa" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bourguet-Kondracki" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578197v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zampella" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sepe" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bellota" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Luciano" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433247v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Zampella" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Sepe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Bellotta" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Luciano" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b910015f" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-P80TS6Q3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320681v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Appenzeller" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mihci" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Menou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np800212g" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JS9M58R5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887126v3" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cheype" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tricot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Diguer" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poussin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9f92e6d05f166af5f85d894a855959ea15adf037;origin=https://hal.archives-ouvertes.fr/hal-01887126;visit=swh:1:snp:8b76375800ed21f2a235d58470eeb9789deaf856;anchor=swh:1:rel:df5c9bfca7186c05e79a4fc063fe6b52d88c3167;path=/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194513v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ekins" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oliverio" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629914v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Grellier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245741v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiat Sylvie" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Payri" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Menou" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie H&#233;ros" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15468/wafmud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03245744v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Benzoni" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15468/c69pay" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745170v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Mourabit" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748102v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003NAN10016" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>