--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -440,265 +440,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05524819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A trophic modelling framework: Key metrics for the ecological assessment of artificial structures</w:t>
+                <w:t xml:space="preserve">Big Cities, Big Impacts? A spatial analysis of 3,335 ecological offsets in France since 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Raoux</w:t>
+                <w:t xml:space="preserve">Marion Le Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Salauen</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Salomée Gelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pioch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rsma.2024.103890⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 357, pp.120704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.120704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05060957v1</w:t>
+                <w:t xml:space="preserve">hal-04829033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Big Cities, Big Impacts? A spatial analysis of 3,335 ecological offsets in France since 2012</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A trophic modelling framework: Key metrics for the ecological assessment of artificial structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Raoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Salauen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Le Texier</w:t>
+                <w:t xml:space="preserve">Baptiste Vivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomée Gelot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Navon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 357, pp.120704. </w:t>
+              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 80, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.120704⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rsma.2024.103890⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04829033v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension des Aires marines protégées (AMP) et concertation citoyenne. Analyse linguistique des discours de co-construction</w:t>
               </w:r>
@@ -1560,482 +1560,482 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04651362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and functional changes in Artificial Reefs ecosystem stressed by trophic modelling approach: Case study in the Bay of Biscay</w:t>
+                <w:t xml:space="preserve">How to Improve the Bioreceptivity of Concrete Infrastructure Used in Marine Ecosystems? Literature Review for Mechanisms, Key Factors, and Colonization Effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Salaün</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
+                <w:t xml:space="preserve">Mahmoud Hayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
+                <w:t xml:space="preserve">Marie Salgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaartje de Weerdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rsma.2023.103100⟩</w:t>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (3), pp.553-568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2112/JCOASTRES-D-21-00158.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04248150v1</w:t>
+                <w:t xml:space="preserve">hal-04051748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écoconception des ouvrages maritimes : de la théorie aux exemples appliqués</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural and functional changes in Artificial Reefs ecosystem stressed by trophic modelling approach: Case study in the Bay of Biscay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Raoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pezy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Génie écologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 65, pp.103100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rsma.2023.103100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.51257/a-v1-ge1024⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04982148v1</w:t>
+                <w:t xml:space="preserve">hal-04248150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offset sizing tools: A review of practices used in the field and their operationality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Écoconception des ouvrages maritimes : de la théorie aux exemples appliqués</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Cluchier</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Génie écologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51257/a-v1-ge1024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2023.118990⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04982080v1</w:t>
+                <w:t xml:space="preserve">hal-04982148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Improve the Bioreceptivity of Concrete Infrastructure Used in Marine Ecosystems? Literature Review for Mechanisms, Key Factors, and Colonization Effects</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Offset sizing tools: A review of practices used in the field and their operationality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Salgues</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
+                <w:t xml:space="preserve">Agnès Mechin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaartje de Weerdt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Pioch</w:t>
+                <w:t xml:space="preserve">Alexandre Cluchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 39 (3), pp.553-568. </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 346, pp.118990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2112/JCOASTRES-D-21-00158.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2023.118990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04051748v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04982080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des films de géographie dans la prise de parole des citoyens lors des projets d'aménagement</w:t>
               </w:r>
@@ -2305,503 +2305,503 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04982122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les récifs artificiels, un outil évolutif pour l’aménagement du milieu marin : approche géographique en France métropolitaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jessica Salaün</w:t>
+                <w:t xml:space="preserve">Sites naturels de compensation : quels freins et perspectives ? - Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Gaucherand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Spiegelberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/norois.12029⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38, pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03876908v1</w:t>
+                <w:t xml:space="preserve">hal-03621756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sites naturels de compensation : quels freins et perspectives ? - Avant-propos</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brian Padilla</w:t>
+                <w:t xml:space="preserve">Les récifs artificiels, un outil évolutif pour l’aménagement du milieu marin : approche géographique en France métropolitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 38, pp.3. </w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.7 - 29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.01⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/norois.12029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621756v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03876908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sites naturels de compensation en mer : état de l'art et perspectives d’application contextualisées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Place des sites naturels de compensation dans la séquence « Éviter-Réduire-Compenser » et panorama des problématiques associées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Gaucherand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Jacob</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Sites naturels de compensation : quels freins et perspectives ?, 38, pp.48-55. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.07⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 38, pp.4-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03631323v1</w:t>
+                <w:t xml:space="preserve">hal-03624230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place des sites naturels de compensation dans la séquence « Éviter-Réduire-Compenser » et panorama des problématiques associées</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sites naturels de compensation en mer : état de l'art et perspectives d’application contextualisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maria Ruyssen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 38, pp.4-9. </w:t>
+              <w:t xml:space="preserve">, 2022, Sites naturels de compensation : quels freins et perspectives ?, 38, pp.48-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.02⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2022.1.07⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03624230v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacite de la restauration ecologique en milieu marin tropical : revue critique dans l’Océan indien</w:t>
               </w:r>
@@ -2898,728 +2898,728 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04382220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concertation numérique et aménagement du territoire : coconstruction d’un outil expérimental d’e-débat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficacité de la restauration écologique en milieu marin tropical : revue critique dans l'Océan indien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Léocadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pinault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert David</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Études Caribéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629071v1</w:t>
+                <w:t xml:space="preserve">hal-04402089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-Ecological Analysis to Assess the Success of Artificial Reef Projects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 38 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2112/JCOASTRES-D-21-00072.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04982188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacité de la restauration écologique en milieu marin tropical : revue critique dans l'Océan indien</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Concertation numérique et aménagement du territoire : coconstruction d’un outil expérimental d’e-débat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rey Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Richebourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ollagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études Caribéennes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.19683⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402089v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03629071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-ecological analysis to assess the success of artificial reef projects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 38 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2112/JCOASTRES-D-21-00072.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives on the Use of Coral Reef Restoration as a Strategy to Support and Improve Reef Ecosystem Services</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elizabeth Shaver</w:t>
+                <w:t xml:space="preserve">Discussion on “Living on the rocks: substrate mineralogy and the structure of subtidal rocky substrate communities in the Mediterranean Sea”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Salgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Hayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2021.618303⟩</w:t>
+              <w:t xml:space="preserve">Academia Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.Article 2905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20935/AL2905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04982199v1</w:t>
+                <w:t xml:space="preserve">hal-03372690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion on “Living on the rocks: substrate mineralogy and the structure of subtidal rocky substrate communities in the Mediterranean Sea”</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
+                <w:t xml:space="preserve">Perspectives on the Use of Coral Reef Restoration as a Strategy to Support and Improve Reef Ecosystem Services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Hein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tali Vardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Shaver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Boström-Einarsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academia Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.Article 2905. </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20935/AL2905⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.618303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03372690v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04982199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'artificialisation du littoral</w:t>
               </w:r>
@@ -3677,594 +3677,594 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04982115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategic landscape-scale planning to improve mitigation hierarchy implementation: An empirical case study in Mediterranean France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’influence de la carbonatation sur la biocolonisation de matériaux cimentaires dans le milieu marin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Hayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Salgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Bigard</w:t>
+                <w:t xml:space="preserve">Frédéric Habouzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Thiriet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sandrine Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land Use Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.landusepol.2019.104286⟩</w:t>
+              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 108 (2), pp.202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/mattech/2020020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02448992v1</w:t>
+                <w:t xml:space="preserve">hal-02915252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’écoconception maritime : une révolution pour les maitres d’ouvrages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Salgues</w:t>
+                <w:t xml:space="preserve">Environmental assessment of an offshore infrastructure using a beltline of concrete caissons and impact of logistical decisions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Junqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Klaartje de Weerdt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Paralia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 13, pp.n01.1-n01.18. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5150/revue-paralia.2020.n01⟩</w:t>
+              <w:t xml:space="preserve">, 2020, pp.451-458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5150/jngcgc.2020.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02506978v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03219372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’influence de la carbonatation sur la biocolonisation de matériaux cimentaires dans le milieu marin</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">L’écoconception maritime : une révolution pour les maitres d’ouvrages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pioch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaartje de Weerdt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/mattech/2020020⟩</w:t>
+              <w:t xml:space="preserve">Revue Paralia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, pp.n01.1-n01.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5150/revue-paralia.2020.n01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02915252v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02506978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental assessment of an offshore infrastructure using a beltline of concrete caissons and impact of logistical decisions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strategic landscape-scale planning to improve mitigation hierarchy implementation: An empirical case study in Mediterranean France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bigard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Langlois</w:t>
+                <w:t xml:space="preserve">Pierre Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Junqua</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Pioch</w:t>
+                <w:t xml:space="preserve">John Thompson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Paralia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.451-458. </w:t>
+              <w:t xml:space="preserve">Land Use Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 90, pp.104286. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5150/jngcgc.2020.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.landusepol.2019.104286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03219372v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02448992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro and in situ tests to evaluate the bacterial colonization of cementitious materials in the marine environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Hayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Habouzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 113, </w:t>
@@ -4302,77 +4302,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description of a theoretical social-ecological approach to manage artificial reefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 70 (3-4), pp.129-135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4397,51 +4397,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux d'une approche territorialisée de la séquence ERC : dialogue autour de quelques questions clés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Gaucherand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4527,103 +4527,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioreceptivity of cementitious materials in seawater: mechanisms, acting factors and consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Hayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Habouzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Paralia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 13, pp.n03.1-n03.22. </w:t>
@@ -4661,51 +4661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De La Théorie à La Pratique de La Séquence Éviter-Réduire-Compenser (ERC) : Éviter Ou Légitimer La Perte de Biodiversité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bigard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Regnery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4778,90 +4778,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la conception à l’éco-conception des ouvrages maritimes : intégrer la nature au projet d’aménagement maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaartje de Weerdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4912,51 +4912,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séquence ERC : comment améliorer l’utilisation des méthodes de dimensionnement de la compensation écologique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Mechin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4997,278 +4997,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04098584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la théorie à la pratique de la séquence Éviter-Réduire-Compenser (ERC) : éviter ou légitimer la perte de biodiversité ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing eco-engineering of coastal infrastructure with eco-design: Moving from mitigation to integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Relini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jc Souche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M J F Stive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D de Monbrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.12032⟩</w:t>
+              <w:t xml:space="preserve">Ecological Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120, pp.574-584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2018.05.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02448898v1</w:t>
+                <w:t xml:space="preserve">hal-02884809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing eco-engineering of coastal infrastructure with eco-design: Moving from mitigation to integration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la théorie à la pratique de la séquence Éviter-Réduire-Compenser (ERC) : éviter ou légitimer la perte de biodiversité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bigard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Regnery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 120, pp.574-584. </w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Vol. 9, n°1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2018.05.034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.12032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02884809v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02448898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine biodiversity offsetting: An analysis of the emergence of an environmental governance system in California</w:t>
               </w:r>
@@ -5352,541 +5352,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial Reefs as Juvenile Fish Habitat in a Marina</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An update of the Visual_HEA software to improve the implementation of the Habitat Equivalency Analysis method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pioch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allison Patranella</w:t>
+                <w:t xml:space="preserve">Matthew Johnston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirk Kilfoyle</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fanny Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2112/JCOASTRES-D-16-00145.1⟩</w:t>
+              <w:t xml:space="preserve">Ecological Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 105, pp.276-283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2017.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063598v1</w:t>
+                <w:t xml:space="preserve">hal-03063597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An update of the Visual_HEA software to improve the implementation of the Habitat Equivalency Analysis method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Artificial Reefs as Juvenile Fish Habitat in a Marina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Patranella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirk Kilfoyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Berger</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Richard E. Spieler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 105, pp.276-283. </w:t>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33 (6), pp.1341-1351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2017.05.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2112/JCOASTRES-D-16-00145.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03063597v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de bétons bio-actifs sur la colonisation marine en environnement méditerranéen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
+                <w:t xml:space="preserve">The inclusion of biodiversity in impact assessment for urban development: policy-related progress limited by gaps and semantic confusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bigard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Le Saout</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Pioch</w:t>
+                <w:t xml:space="preserve">John D Thompson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 104 (5), </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 200, pp.35-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/mattech/2016033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2017.05.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-01665628v1</w:t>
+                <w:t xml:space="preserve">hal-02448719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The inclusion of biodiversity in impact assessment for urban development: policy-related progress limited by gaps and semantic confusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Bigard</w:t>
+                <w:t xml:space="preserve">Effets de bétons bio-actifs sur la colonisation marine en environnement méditerranéen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Le Saout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">John D Thompson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 104 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/mattech/2016033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2017.05.057⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02448719v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01665628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wetland mitigation banking: Negotiations with stakeholders in a zone of ecological-economic viability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Levrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5940,377 +5940,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse comparée à l’échelle mondiale des techniques d’ingénierie écologiques adaptées à la restauration des récifs coralliens</w:t>
+                <w:t xml:space="preserve">A comparative study of the accuracy and effectiveness of Line and Point Intercept Transect methods for coral reef monitoring in the southwestern Indian Ocean islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Chipeaux</w:t>
+                <w:t xml:space="preserve">Mathilde Facon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pascal</w:t>
+                <w:t xml:space="preserve">David Obura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Pothin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 60, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.09.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03533289v1</w:t>
+                <w:t xml:space="preserve">hal-01211778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse comparée à l’échelle mondiale des techniques d’ingénierie écologiques adaptées à la restauration des récifs coralliens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 71 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01270634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of the accuracy and effectiveness of Line and Point Intercept Transect methods for coral reef monitoring in the southwestern Indian Ocean islands</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Facon</w:t>
+                <w:t xml:space="preserve">Analyse comparée à l’échelle mondiale des techniques d’ingénierie écologiques adaptées à la restauration des récifs coralliens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Obura</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 71 (2), pp.99-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.09.005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01211778v1</w:t>
+                <w:t xml:space="preserve">hal-03533289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effectiveness of the mitigation hierarchy in environmental impact studies on marine ecosystems: A case study in France</w:t>
               </w:r>
@@ -6554,51 +6554,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversity offsets for offshore wind farm projects: The current situation in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Levrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7285,51 +7285,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Saussola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirk Kilfoyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Spieler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7389,51 +7389,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Green Marine Construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirk Kilfoyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Levrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8061,103 +8061,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influent Parameters on the Early Biocolonization of Cementitous Materials in Seawater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Hayek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaartje de Weerdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th Ecocity World Summit 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2022, En ligne, France</w:t>
@@ -8363,64 +8363,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-design marine construction with a bio-mimetic approach: first experience with artificial reef in Corsica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Closed Cycles and Circular Society Symposium - the Power of Ecological Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEES, Sep 2020, Zürich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8445,77 +8445,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial reef along the French Mediterranean coastline: toward innovative integrated biodiversity management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eighth International Symposium “Monitoring of Mediterranean Coastal Areas. Problems and Measurement Techniques”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Livorno, Italy. pp.309-315, </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8683,51 +8683,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Estival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ollagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rey-Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8977,90 +8977,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ÉCOCONCEPTION MARITIME : LE PARAMÈTRE MATÉRIAUX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaartje de Weerdt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NOMAD 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9729,51 +9729,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écoconception des infrastructures maritimes : vers un aménagement intégré à l’environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 286 p., 2021, 9781784057640</w:t>
             </w:r>
           </w:p>
@@ -9813,51 +9813,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco‐design of Marine Infrastructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wiley, 1, 2021, 9781786307118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119865957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10116,64 +10116,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction des ouvrages avec leur environnement. Le milieu maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10555,77 +10555,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial Reef Stakeholders in France: A Social-Network Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Dauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impact of Artificial Reefs on the Environment and Communities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IGI Global, pp.21-47, 2022, Practice, Progress, and Proficiency in Sustainability, </w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10897,51 +10897,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écoconception des ouvrages marins : comment réconcilier aménagements et écosystèmes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11242,90 +11242,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écoconception d’ouvrages maritimes en Corse dans la baie d’Ajaccio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pioch Sylvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Le Saout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11380,51 +11380,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éco-conception maritime : une nouvelle approche de l’ingénierie maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pioch Sylvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Souche Jean-Claude; Salgues Marie; Pioch Sylvain; Ienny Patrick; Le Saout Gwenn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interaction des ouvrages avec leur environnement. Le milieu maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses des Mines, p. 55-68, 2018, 978-2-35671-510-4</w:t>
@@ -11453,77 +11453,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éco-conception maritime : le paramètre matériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaartje de Weerdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pioch Sylvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11578,64 +11578,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de substrats en béton sur la colonisation marine en environnement méditerranéen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenn Le Saout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pioch Sylvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12411,51 +12411,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524819v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Banton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Banton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Jouannic" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15chl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060957v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Salauen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pezy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vivier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Navon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2024.103890" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829033v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Texier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233;e Gelot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120704" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832890v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouzereau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Steuckardt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor&#233;lia Voiseux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829042v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Firth" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Bartholomew" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bishop" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bugnot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jmaen.2023.003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829017v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Patterson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-024-01284-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984231v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04690273v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Loot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Planes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10807" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978624v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Miossec" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468247v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Beck" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651362v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Macera" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Deslarzes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver-James Crook" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1210m" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04248150v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sala&#252;n" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dauvin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2023.103100" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982148v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Souche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-ge1024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982080v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mechin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cluchier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.118990" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04051748v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hayek" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Salgues" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaartje de Weerdt" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-21-00158.1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141568v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.10521" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217118v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.13224" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982122v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Hardy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.27628" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03876908v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.12029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03621756v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Aubry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gaucherand" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Padilla" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Spiegelberger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.01" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631323v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jacob" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ruyssen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.07" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624230v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.02" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382220v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore L&#233;ocadie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pinault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.26364" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629071v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey Valette" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Richebourg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ollagnon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.19683" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982188v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-21-00072.1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402089v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03681340v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982199v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Hein" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tali Vardi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Shaver" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bostr&#246;m-Einarsson" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.618303" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03372690v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20935/AL2905" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982115v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/futur.442.0063" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448992v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bigard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Thompson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2019.104286" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02506978v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2020.n01" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915252v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Habouzit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bayle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2020020" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03219372v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Langlois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Junqua" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2020.051" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02913606v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2020.103748" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342433v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610170v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Qu&#233;tier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barillier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Olivereau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.1.11" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03010032v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2020.n03" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04958247v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Regnery" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D. Thompson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17488" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02428260v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Agostini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2019.n01" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04098584v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.27310" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448898v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12032" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884809v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Relini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Souche" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M J F Stive" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D de Monbrison" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2018.05.034" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939744v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thorin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.04.007" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063598v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Patranella" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk Kilfoyle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E. Spieler" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-16-00145.1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063597v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Johnston" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Berger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2017.05.008" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01665628v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Saout" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2016033" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/937EB33573681D8B5353AF17C88ADCDDE64F0B7F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448719v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Thompson" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2017.05.057" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692264v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2017.09.049" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533289v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chipeaux" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pascal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01270634v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01211778v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Facon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Obura" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pothin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.09.005" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063599v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eiar.2016.04.001" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7S3CQGLG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01940422v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hay" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.03.027" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X7P9M0Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692356v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Carlier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.03.023" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692354v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Quetier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Aronson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.15385" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985757v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gastineau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756771v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Spieler" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2012.03.004" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JQ2CZKX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756787v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2012003" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068112v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacroix" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2011135" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068110v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Saussola" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proenv.2011.11.023" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725554v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI61-001.24" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838374v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2010048" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138074v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Auger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lett" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Moussaoui" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/F09-188" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982018v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532186v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628122v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620867v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barniaudy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Biancofiore" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03880352v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982029v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651973v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982043v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02999919v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/978-88-5518-147-1.31" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107150v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Monfort" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106698v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Estival" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651448v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070120v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bitoun" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-136.1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914067v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650270v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070139v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328486v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#233;tier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaucherand" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Isselin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lavorel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622232v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Vo-Hoang" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brendl&#233;-Nicolas" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Masnou" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gu&#233;rois" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-a29016" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04871681v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delavaud" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Doisy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Geslin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03262030v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/lecoconception-des-infrastructures-maritimes/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981844v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119865957" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140124v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alaric" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson C&#233;lestin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Diaz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Failler" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions.ird.fr/produit/660/9782709929202/la-peche-artisanale-en-haiti" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.46536" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382268v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914080v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Le Saout" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ienny" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01562076v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nicolas" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01320322v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria-Lacoste" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles J. Martin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981976v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781788974912.E.5" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982251v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-6684-2344-8.ch002" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982266v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gilbert" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Alaric" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981982v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David De Monbrison" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Simard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429328039-4" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04964485v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agropolis.fr/dossier-agropolis-sciences-marines" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04964483v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152857v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Vaissi&#233;re" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#232;tier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calvet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72581-9_7" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915326v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pioch Sylvain" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915321v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915331v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915329v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057930v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156134v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470441v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982287v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982292v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01971993v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524819v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Banton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Banton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Jouannic" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15chl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829033v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Texier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233;e Gelot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120704" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060957v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Raoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Salauen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pezy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vivier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Navon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2024.103890" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832890v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouzereau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Steuckardt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nor&#233;lia Voiseux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829042v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Firth" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Bartholomew" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bishop" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bugnot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jmaen.2023.003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829017v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Patterson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-024-01284-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984231v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04690273v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Loot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Planes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10807" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978624v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Miossec" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468247v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Beck" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651362v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Macera" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Deslarzes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver-James Crook" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1210m" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04051748v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hayek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Salgues" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Souche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaartje de Weerdt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-21-00158.1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04248150v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sala&#252;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dauvin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2023.103100" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982148v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-ge1024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982080v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mechin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cluchier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.118990" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141568v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.10521" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217118v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.13224" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982122v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Hardy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.27628" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03621756v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Aubry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gaucherand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Padilla" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Spiegelberger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.01" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03876908v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.12029" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624230v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.02" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631323v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jacob" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ruyssen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2022.1.07" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382220v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore L&#233;ocadie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pinault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.26364" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402089v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982188v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-21-00072.1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629071v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey Valette" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Richebourg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ollagnon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.19683" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03681340v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03372690v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20935/AL2905" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982199v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Hein" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tali Vardi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Shaver" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bostr&#246;m-Einarsson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.618303" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982115v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/futur.442.0063" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915252v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Habouzit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bayle" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2020020" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03219372v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Langlois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Junqua" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2020.051" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02506978v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2020.n01" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448992v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bigard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Thompson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2019.104286" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02913606v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2020.103748" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03342433v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610170v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Qu&#233;tier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barillier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Olivereau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.1.11" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03010032v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2020.n03" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04958247v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Regnery" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D. Thompson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17488" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02428260v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Agostini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2019.n01" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04098584v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.27310" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884809v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Relini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Souche" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M J F Stive" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D de Monbrison" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2018.05.034" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448898v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12032" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939744v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thorin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.04.007" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063597v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Johnston" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Berger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2017.05.008" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063598v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Patranella" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk Kilfoyle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E. Spieler" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-16-00145.1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448719v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Thompson" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2017.05.057" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01665628v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Saout" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2016033" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/937EB33573681D8B5353AF17C88ADCDDE64F0B7F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692264v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2017.09.049" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01211778v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Facon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Obura" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pothin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.09.005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01270634v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chipeaux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pascal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533289v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063599v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eiar.2016.04.001" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7S3CQGLG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01940422v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hay" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2016.03.027" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X7P9M0Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692356v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Carlier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.03.023" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692354v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Quetier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Aronson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.15385" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985757v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gastineau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756771v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Spieler" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2012.03.004" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JQ2CZKX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756787v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2012003" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068112v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacroix" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2011135" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068110v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Saussola" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proenv.2011.11.023" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725554v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI61-001.24" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838374v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2010048" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138074v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Auger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lett" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Moussaoui" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/F09-188" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982018v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532186v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628122v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620867v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barniaudy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Biancofiore" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03880352v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982029v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651973v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982043v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02999919v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/978-88-5518-147-1.31" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107150v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Monfort" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106698v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Estival" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651448v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070120v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bitoun" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-136.1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914067v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650270v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070139v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328486v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#233;tier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaucherand" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Isselin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lavorel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622232v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen Vo-Hoang" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brendl&#233;-Nicolas" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Masnou" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gu&#233;rois" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-a29016" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04871681v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delavaud" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Doisy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Geslin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03262030v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/lecoconception-des-infrastructures-maritimes/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981844v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119865957" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140124v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alaric" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson C&#233;lestin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Diaz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Failler" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions.ird.fr/produit/660/9782709929202/la-peche-artisanale-en-haiti" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.46536" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382268v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914080v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Le Saout" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ienny" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01562076v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nicolas" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01320322v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria-Lacoste" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles J. Martin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981976v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781788974912.E.5" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982251v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-6684-2344-8.ch002" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982266v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gilbert" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Alaric" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981982v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David De Monbrison" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Simard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429328039-4" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04964485v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agropolis.fr/dossier-agropolis-sciences-marines" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04964483v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152857v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Vaissi&#233;re" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#232;tier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calvet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-72581-9_7" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915326v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pioch Sylvain" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915321v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915331v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915329v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057930v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156134v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470441v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982287v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982292v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01971993v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>