--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -476,295 +476,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of Local Earthquakes in Haiti Using Low-Cost, Citizen-Hosted Seismometers and Regional Broadband Stations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rupture Segmentation of the 14 August 2021 Mw 7.2 Nippes, Haiti, Earthquake Using Aftershock Relocation from a Local Seismic Deployment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roby Douilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Calais</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1785/0220230059⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.58-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0120220128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04198104v1</w:t>
+                <w:t xml:space="preserve">hal-03814347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rupture Segmentation of the 14 August 2021 Mw 7.2 Nippes, Haiti, Earthquake Using Aftershock Relocation from a Local Seismic Deployment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring of Local Earthquakes in Haiti Using Low-Cost, Citizen-Hosted Seismometers and Regional Broadband Stations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Deschamps</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Ambrois</w:t>
+                <w:t xml:space="preserve">Jérôme Chèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.58-72. </w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 94 (6), pp.2725-2739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0120220128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1785/0220230059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03814347v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citizen seismology helps decipher the 2021 Haiti earthquake</w:t>
               </w:r>
@@ -910,286 +910,286 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How citizens enable seismic monitoring in a country like Haiti, where the institutional system has trouble functioning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Haïti : Malgré la crise que traverse le pays, la surveillance sismique continue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Monfret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Courboulex</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Calais</w:t>
+                <w:t xml:space="preserve">Steeve Symithe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Steeve Symithe</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESC 2024 - 39th General assembly of the European Seismological Commission</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées d’étude ‘Failles haïtiennes’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alice Corbet, Nov 2023, Bordeaux, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.14892064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748378v1</w:t>
+                <w:t xml:space="preserve">hal-05194940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haïti : Malgré la crise que traverse le pays, la surveillance sismique continue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+                <w:t xml:space="preserve">How citizens enable seismic monitoring in a country like Haiti, where the institutional system has trouble functioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Calais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Symithe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’étude ‘Failles haïtiennes’</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ESC 2024 - 39th General assembly of the European Seismological Commission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESC, Sep 2024, Corfou, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05194940v1</w:t>
+                <w:t xml:space="preserve">hal-04748378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayiti-séismes : une plateforme sismologique citoyenne pour une meilleure estimation de l'aléa sismique en Haïti</w:t>
               </w:r>
@@ -1214,64 +1214,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Colloque de l'AFPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFPS, Nov 2023, Gosier (Guadeloupe), France. </w:t>
@@ -1361,51 +1361,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (AUT), Austria. </w:t>
@@ -1443,103 +1443,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rupture Segmentation of the August 14, 2021 Mw7.2 Haiti Earthquake Using Aftershock Relocation from a Local Seismic Deployment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roby Douilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Monfret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Chicago, United States</w:t>
@@ -1719,277 +1719,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability of HV on noise and earthquake during the seismic sequence of Mw 7.2 Nippes, Haiti, earthquake (August 14th, 2021)</w:t>
+                <w:t xml:space="preserve">Combining denoising and matched filter detection to enhance Haiti's earthquake catalog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanna Cultrera</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Miguel C. Neves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bletery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Steeve Symithe</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ambrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th General assembly of the European Seismological Commission</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Corfou, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748519v1</w:t>
+                <w:t xml:space="preserve">hal-04748457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining denoising and matched filter detection to enhance Haiti's earthquake catalog</w:t>
+                <w:t xml:space="preserve">Variability of HV on noise and earthquake during the seismic sequence of Mw 7.2 Nippes, Haiti, earthquake (August 14th, 2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel C. Neves</w:t>
+                <w:t xml:space="preserve">Giovanna Cultrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Courboulex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bletery</w:t>
+                <w:t xml:space="preserve">Bernard Mercier de Lépinay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Courboulex</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Ambrois</w:t>
+                <w:t xml:space="preserve">Steeve Symithe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th General assembly of the European Seismological Commission</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Corfou, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748457v1</w:t>
+                <w:t xml:space="preserve">hal-04748519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le réseau de sismologie citoyenne en Haïti face au séisme de Nippes (Mw 7.2) du 14 Aout 2021</w:t>
               </w:r>
@@ -2027,51 +2027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Symithe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres Scientifiques et Techniques Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Obernai (67210), France</w:t>
@@ -2394,51 +2394,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438311v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2025.230982" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907358v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirel C Col&#243;n Useche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Ioualalen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2025.103497" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816367v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1446181124000129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198104v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230059" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814347v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roby Douilly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220128" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609866v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calais" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Symithe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lomax" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abn1045" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748378v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Courboulex" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Symithe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194940v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14892064" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802368v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7914/SN/HY" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089201v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13526" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939248v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558654v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lomax" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748519v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Cultrera" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mercier de L&#233;pinay" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748457v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C. Neves" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bletery" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482549v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538773v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadrac St Fleur" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438311v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Calais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2025.230982" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907358v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirel C Col&#243;n Useche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Ioualalen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2025.103497" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816367v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1446181124000129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814347v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roby Douilly" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ambrois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220128" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198104v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ch&#232;ze" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230059" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609866v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calais" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Symithe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lomax" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abn1045" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194940v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Symithe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14892064" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748378v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Courboulex" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802368v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7914/SN/HY" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089201v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13526" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939248v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558654v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lomax" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C. Neves" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bletery" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748519v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Cultrera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mercier de L&#233;pinay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482549v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538773v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadrac St Fleur" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>